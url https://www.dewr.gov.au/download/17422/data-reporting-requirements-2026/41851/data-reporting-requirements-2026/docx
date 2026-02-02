--- v0 (2025-12-19)
+++ v1 (2026-02-02)
@@ -156,52 +156,53 @@
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="first" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="709" w:right="1418" w:bottom="1418" w:left="1418" w:header="0" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="679E44B3" w14:textId="24A514DF" w:rsidR="006D154E" w:rsidRPr="00E36EF8" w:rsidRDefault="00D741F0" w:rsidP="00E36EF8">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Data reporting requirements for 202</w:t>
       </w:r>
       <w:r w:rsidR="006B69E9">
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47222960" w14:textId="54310DD4" w:rsidR="00D741F0" w:rsidRDefault="00D741F0" w:rsidP="00417738">
-      <w:pPr>
+    <w:p w14:paraId="47222960" w14:textId="54310DD4" w:rsidR="00D741F0" w:rsidRDefault="00D741F0" w:rsidP="00D6681F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc30065223"/>
       <w:r w:rsidRPr="00D741F0">
         <w:t>This fact sheet assists you in submitting complete, accurate and timely ‘real time’ data under the VET Student Loans</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (VSL)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D741F0">
         <w:t xml:space="preserve"> program</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D741F0">
         <w:t xml:space="preserve">The fact sheet should be read in conjunction with the latest Notice issued by the Secretary under subsection 53(1) of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D741F0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -337,65 +338,51 @@
     </w:p>
     <w:p w14:paraId="7F3F2653" w14:textId="4C5B5560" w:rsidR="00D741F0" w:rsidRPr="00D741F0" w:rsidRDefault="00D741F0" w:rsidP="00D741F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D741F0">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Calibri"/>
         </w:rPr>
         <w:t>Please note the following common issues with data provision:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34AE4121" w14:textId="2872BBD2" w:rsidR="00D741F0" w:rsidRPr="00E11C64" w:rsidRDefault="00D741F0" w:rsidP="00E11C64">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E11C64">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
-        <w:t xml:space="preserve">course codes in </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and TCSI systems must match the course codes as recorded on </w:t>
+        <w:t xml:space="preserve">course codes in eCAFs and TCSI systems must match the course codes as recorded on </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="006B69E9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>training.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E11C64">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
         </w:rPr>
         <w:t xml:space="preserve"> and those in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="006B69E9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>VET Student Loans (Courses and Loan Caps) Determination 2016</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00506C65" w:rsidRPr="00E11C64">
         <w:t>.</w:t>
@@ -481,61 +468,70 @@
     <w:p w14:paraId="69A05F43" w14:textId="77777777" w:rsidR="006B69E9" w:rsidRPr="005A03AC" w:rsidRDefault="006B69E9" w:rsidP="006B69E9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="005A03AC">
         <w:t>Reporting students’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> information for non-VSL</w:t>
       </w:r>
       <w:r w:rsidRPr="005A03AC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>students (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Full-fee</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> paying)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0914DFD9" w14:textId="2D7AFD82" w:rsidR="006B69E9" w:rsidRDefault="006B69E9" w:rsidP="006B69E9">
+    <w:p w14:paraId="0914DFD9" w14:textId="5DBDB376" w:rsidR="006B69E9" w:rsidRDefault="006B69E9" w:rsidP="006B69E9">
       <w:r>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>full-fee</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> paying students without a VSL debt, student information should be reported even where a TFN has not been notified by a student. This is part of broader departmental information requirements for reporting of students in VET.</w:t>
+        <w:t xml:space="preserve"> paying students without a VSL debt, student information</w:t>
+      </w:r>
+      <w:r w:rsidR="00975867">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D137E4">
+        <w:t>can</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> be reported even where a TFN has not been notified by a student. This is part of broader departmental information requirements for reporting of students in VET.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44647990" w14:textId="00EA1C2B" w:rsidR="00D741F0" w:rsidRPr="00D741F0" w:rsidRDefault="00D741F0" w:rsidP="00D741F0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t>Contact officer information in HITS for CEO/CFO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CBA38CD" w14:textId="77777777" w:rsidR="006B69E9" w:rsidRDefault="006B69E9" w:rsidP="006B69E9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk98860962"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -721,146 +717,149 @@
       </w:r>
       <w:r w:rsidR="000F6A38">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="005A0472">
         <w:t xml:space="preserve">act </w:t>
       </w:r>
       <w:r w:rsidR="000F6A38">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="005A0472">
         <w:t xml:space="preserve">heet is to provide an overview of some known data collection issues. It is not an exhaustive summary of all data submissions requirements. You should also access </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="005A0472">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>User guides &amp; fact sheets | TCSI Support</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005A0472">
         <w:t xml:space="preserve"> to support your compliant reporting.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01B3AF46" w14:textId="36B434D2" w:rsidR="009C35C5" w:rsidRDefault="005A0472" w:rsidP="005A0472">
+    <w:p w14:paraId="01B3AF46" w14:textId="484E8433" w:rsidR="009C35C5" w:rsidRDefault="005A0472" w:rsidP="005A0472">
       <w:r w:rsidRPr="005A0472">
         <w:t xml:space="preserve">Updated: </w:t>
       </w:r>
-      <w:r w:rsidR="0034449F">
-        <w:t>December</w:t>
+      <w:r w:rsidR="00B17FF8">
+        <w:t>January</w:t>
       </w:r>
       <w:r w:rsidR="009B128C">
-        <w:t xml:space="preserve"> 2025</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17FF8">
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F6FFD3E" w14:textId="1E77035A" w:rsidR="005A0472" w:rsidRDefault="009C35C5" w:rsidP="009C35C5">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="491AF52F" w14:textId="77777777" w:rsidR="005A0472" w:rsidRPr="005A0472" w:rsidRDefault="005A0472" w:rsidP="005A0472">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="005A0472">
         <w:lastRenderedPageBreak/>
         <w:t>Attachment A </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A3CDBE0" w14:textId="2314679B" w:rsidR="005A0472" w:rsidRPr="005A0472" w:rsidRDefault="005A0472" w:rsidP="005A0472">
       <w:r w:rsidRPr="005A0472">
         <w:t xml:space="preserve">Error Codes </w:t>
       </w:r>
       <w:r w:rsidR="00CD71D6" w:rsidRPr="00506C65">
         <w:t>applied under</w:t>
       </w:r>
       <w:r w:rsidRPr="005A0472">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidRPr="005A0472">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>VET Student Loans Act 2016</w:t>
       </w:r>
       <w:r w:rsidRPr="005A0472">
         <w:t xml:space="preserve"> (the Act) and the VET Student Loans Rules 201</w:t>
       </w:r>
       <w:r w:rsidR="00CD71D6" w:rsidRPr="00506C65">
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005A0472">
         <w:t xml:space="preserve"> (the Rules)</w:t>
       </w:r>
       <w:r w:rsidR="00CD71D6" w:rsidRPr="00506C65">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A6BBA07" w14:textId="514B2087" w:rsidR="00CD71D6" w:rsidRPr="00506C65" w:rsidRDefault="00CD71D6" w:rsidP="00506C65">
+    <w:p w14:paraId="0A6BBA07" w14:textId="3FA43C10" w:rsidR="00CD71D6" w:rsidRPr="00506C65" w:rsidRDefault="00CD71D6" w:rsidP="00506C65">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00506C65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidRPr="00506C65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00506C65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Table \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00506C65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CD3922">
+      <w:r w:rsidR="00E11DE7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00506C65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00506C65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>: Error codes</w:t>
       </w:r>
       <w:r w:rsidR="003F0CD2" w:rsidRPr="00506C65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1154,59 +1153,51 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005A0472">
               <w:t xml:space="preserve">The student did not submit their VSL application until after the census date for the unit for which </w:t>
             </w:r>
             <w:r w:rsidR="001139B6">
               <w:t xml:space="preserve">you are </w:t>
             </w:r>
             <w:r w:rsidRPr="005A0472">
               <w:t>requesting payment. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4025" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FEDC08C" w14:textId="7AE75B2D" w:rsidR="005A0472" w:rsidRPr="005A0472" w:rsidRDefault="005A0472" w:rsidP="006E73E3">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005A0472">
-              <w:t xml:space="preserve">VSL </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> must be submitted on or before the census date for a unit of study [Rules</w:t>
+              <w:t>VSL eCAFs must be submitted on or before the census date for a unit of study [Rules</w:t>
             </w:r>
             <w:r w:rsidRPr="005A0472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A0472">
               <w:t>paragraph</w:t>
             </w:r>
             <w:r w:rsidRPr="005A0472">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A0472">
               <w:t xml:space="preserve">10(2)]. Data for subsequent census days may be </w:t>
             </w:r>
             <w:r w:rsidR="00E80981" w:rsidRPr="005A0472">
               <w:t>paid but</w:t>
             </w:r>
             <w:r w:rsidRPr="005A0472">
               <w:t xml:space="preserve"> not census days prior to submission.</w:t>
             </w:r>
@@ -2775,83 +2766,51 @@
       <w:tr w:rsidR="008B78AB" w:rsidRPr="00506C65" w14:paraId="09E157C3" w14:textId="77777777" w:rsidTr="00C949DE">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="2775"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16D49A07" w14:textId="14EB4F4E" w:rsidR="008B78AB" w:rsidRPr="00C662CB" w:rsidRDefault="008B78AB" w:rsidP="002636A9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C662CB">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">No Matching </w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> In</w:t>
+              <w:t>No Matching eCAF/Opt In</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7525A9EC" w14:textId="630E3E2E" w:rsidR="008B78AB" w:rsidRPr="005A0472" w:rsidRDefault="008B78AB" w:rsidP="002636A9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005A0472">
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidR="008F7CE5">
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="005A0472">
               <w:t>epartment has not been able to find a VSL eCAF in any status that matches the Provider, Course and Student ID or CHESSN on the unit of study record</w:t>
             </w:r>
             <w:r w:rsidR="005D5203">
               <w:t xml:space="preserve"> in TCSI</w:t>
             </w:r>
@@ -3482,132 +3441,63 @@
               </w:rPr>
               <w:t>Student TFN marked as invalid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="73F01DD3" w14:textId="7C52ACE4" w:rsidR="008B78AB" w:rsidRPr="005A0472" w:rsidRDefault="008B78AB" w:rsidP="002636A9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005A0472">
               <w:t>Student Tax File Number (TFN) details could not be verified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4025" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DB52F0C" w14:textId="3C54F693" w:rsidR="008B78AB" w:rsidRPr="00C46936" w:rsidRDefault="008F7CE5" w:rsidP="002636A9">
+          <w:p w14:paraId="5DB52F0C" w14:textId="1FDB543D" w:rsidR="00351C0B" w:rsidRPr="00C46936" w:rsidRDefault="00351C0B" w:rsidP="002636A9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> the TFN held at the ATO matches the one they </w:t>
+            <w:r w:rsidRPr="00351C0B">
+              <w:t xml:space="preserve">Providers should regularly check the TFN Verification Report in TCSI. Confirm student details match ATO records. Request student to confirm details with ATO (via myGov) and update provider records as needed. See TCSI Support for </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00526DF6" w:rsidRPr="00C46936">
-[...3 lines deleted...]
-              <w:t>to</w:t>
+            <w:r w:rsidRPr="00351C0B">
+              <w:t>FAQs.‘</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00526DF6" w:rsidRPr="00C46936">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B78AB" w:rsidRPr="00506C65" w14:paraId="062A9D24" w14:textId="77777777" w:rsidTr="00C949DE">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2192" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="054D1C34" w14:textId="67288A4D" w:rsidR="008B78AB" w:rsidRPr="00C662CB" w:rsidRDefault="008B78AB" w:rsidP="002636A9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C662CB">
               <w:rPr>
                 <w:b w:val="0"/>
@@ -3758,61 +3648,61 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2B77BC5E" w14:textId="77777777" w:rsidR="00A56FC7" w:rsidRPr="00A56FC7" w:rsidRDefault="00A56FC7" w:rsidP="003F0CD2">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A56FC7" w:rsidRPr="00A56FC7" w:rsidSect="00EC6A53">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="0" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77D0B7F5" w14:textId="77777777" w:rsidR="00175315" w:rsidRDefault="00175315" w:rsidP="0051352E">
+    <w:p w14:paraId="251DCFE7" w14:textId="77777777" w:rsidR="00373DBE" w:rsidRDefault="00373DBE" w:rsidP="0051352E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D0D1240" w14:textId="77777777" w:rsidR="00175315" w:rsidRDefault="00175315" w:rsidP="0051352E">
+    <w:p w14:paraId="18DD64BF" w14:textId="77777777" w:rsidR="00373DBE" w:rsidRDefault="00373DBE" w:rsidP="0051352E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4047,61 +3937,61 @@
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:rect w14:anchorId="3B327299" id="Rectangle 4" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:32.75pt;width:595.3pt;height:15.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/sm3fdQIAAF4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X50EfQZ1iqBFhwFF&#10;W6wdelZlqRYgixqlxMl+/SjJcdqu2GGYDzIpkh8fInl+seksWysMBlzNpwcTzpST0Bj3UvMfj9df&#10;TjkLUbhGWHCq5lsV+MXi86fz3s/VDFqwjUJGIC7Me1/zNkY/r6ogW9WJcABeORJqwE5EYvGlalD0&#10;hN7ZajaZHFc9YOMRpAqBbq+KkC8yvtZKxjutg4rM1pxii/nEfD6ns1qci/kLCt8aOYQh/iGKThhH&#10;TkeoKxEFW6H5A6ozEiGAjgcSugq0NlLlHCib6eRdNg+t8CrnQsUJfixT+H+w8nb94O+RytD7MA9E&#10;piw2Grv0p/jYJhdrOxZLbSKTdHlydDyhjzNJsunZaaIJptpbewzxq4KOJaLmSI+RayTWNyEW1Z1K&#10;chbAmubaWJuZ1ADq0iJbC3q6uJkN4G+0rEu6DpJVAUw31T6VTMWtVUnPuu9KM9NQ8LMcSO6yvRMh&#10;pXJxWkStaFTxfZTTLPCjRU40AyZkTf5H7AHgbQI77AIz6CdTlZt0NJ78LbBiPFpkz+DiaNwZB/gR&#10;gKWsBs9Ff1ekUppUpWdotvfIEMqIBC+vDT3bjQjxXiDNBL00zXm8o0Nb6GsOA8VZC/jro/ukT61K&#10;Us56mrGah58rgYoz+81RE59NDw/TUGbm8OhkRgy+ljy/lrhVdwnUC1PaKF5mMulHuyM1QvdE62CZ&#10;vJJIOEm+ay4j7pjLWGafFopUy2VWo0H0It64By8TeKpqasvHzZNAP/RupK6/hd08ivm7Fi66ydLB&#10;chVBm9zf+7oO9aYhzo0zLJy0JV7zWWu/Fhe/AQAA//8DAFBLAwQUAAYACAAAACEAbl5zGN8AAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCN7tpodGkeSkieBARsS1ib5vsMxub&#10;fRuy2yb6692e9DjMMPNNsZ5sJ040+NYxwnyWgCCunW65QdhtH2/uQPigWKvOMSF8k4d1eXlRqFy7&#10;kd/otAmNiCXsc4VgQuhzKX1tyCo/cz1x9D7dYFWIcmikHtQYy20nF0mSSqtajgtG9fRgqD5sjhbB&#10;ff1ku+fx5VBtTVa/7xfNx9PriHh9Nd2vQASawl8YzvgRHcrIVLkjay86hHgkIKTLJYizO8+SFESF&#10;kKW3IMtC/ucvfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC/sm3fdQIAAF4FAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBuXnMY3wAAAAcBAAAP&#10;AAAAAAAAAAAAAAAAAM8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" fillcolor="#009ee3 [3215]" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06B2AC56" w14:textId="77777777" w:rsidR="00175315" w:rsidRDefault="00175315" w:rsidP="0051352E">
+    <w:p w14:paraId="50F6BBB8" w14:textId="77777777" w:rsidR="00373DBE" w:rsidRDefault="00373DBE" w:rsidP="0051352E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E089982" w14:textId="77777777" w:rsidR="00175315" w:rsidRDefault="00175315" w:rsidP="0051352E">
+    <w:p w14:paraId="3A693A6F" w14:textId="77777777" w:rsidR="00373DBE" w:rsidRDefault="00373DBE" w:rsidP="0051352E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B41E899C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
@@ -5852,270 +5742,289 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D741F0"/>
     <w:rsid w:val="000163D2"/>
     <w:rsid w:val="00023396"/>
     <w:rsid w:val="00026E57"/>
     <w:rsid w:val="0003403D"/>
     <w:rsid w:val="00052BBC"/>
     <w:rsid w:val="00067075"/>
     <w:rsid w:val="000733A2"/>
     <w:rsid w:val="0009703F"/>
     <w:rsid w:val="000A1FD6"/>
     <w:rsid w:val="000A453D"/>
     <w:rsid w:val="000A7084"/>
     <w:rsid w:val="000D60F1"/>
-    <w:rsid w:val="000D79B5"/>
     <w:rsid w:val="000F6A38"/>
     <w:rsid w:val="00111085"/>
     <w:rsid w:val="00111757"/>
     <w:rsid w:val="00112261"/>
     <w:rsid w:val="001139B6"/>
     <w:rsid w:val="0012392A"/>
     <w:rsid w:val="00125925"/>
     <w:rsid w:val="00132BD9"/>
+    <w:rsid w:val="00146AD4"/>
     <w:rsid w:val="00157F35"/>
     <w:rsid w:val="00174917"/>
     <w:rsid w:val="00175315"/>
     <w:rsid w:val="001A0F37"/>
+    <w:rsid w:val="001D3000"/>
     <w:rsid w:val="002058BD"/>
     <w:rsid w:val="002137B4"/>
     <w:rsid w:val="00217EAB"/>
     <w:rsid w:val="0022498C"/>
     <w:rsid w:val="0022626C"/>
     <w:rsid w:val="002317A4"/>
     <w:rsid w:val="00234097"/>
     <w:rsid w:val="00235FAF"/>
     <w:rsid w:val="002447C9"/>
     <w:rsid w:val="00246EB4"/>
     <w:rsid w:val="002636A9"/>
     <w:rsid w:val="002724D0"/>
+    <w:rsid w:val="002809C3"/>
     <w:rsid w:val="00281985"/>
     <w:rsid w:val="002855CD"/>
     <w:rsid w:val="002A7840"/>
     <w:rsid w:val="002B1CE5"/>
+    <w:rsid w:val="002C65D5"/>
     <w:rsid w:val="002F0F1B"/>
     <w:rsid w:val="002F4DB3"/>
+    <w:rsid w:val="002F5DF8"/>
     <w:rsid w:val="00302526"/>
-    <w:rsid w:val="00302F7E"/>
     <w:rsid w:val="00325D8B"/>
     <w:rsid w:val="00337575"/>
     <w:rsid w:val="00337F9D"/>
-    <w:rsid w:val="0034449F"/>
     <w:rsid w:val="00350FFA"/>
+    <w:rsid w:val="00351C0B"/>
     <w:rsid w:val="0037315B"/>
+    <w:rsid w:val="00373DBE"/>
     <w:rsid w:val="003811AA"/>
     <w:rsid w:val="00382F07"/>
     <w:rsid w:val="00390E6D"/>
     <w:rsid w:val="003A2EFF"/>
     <w:rsid w:val="003C77A5"/>
     <w:rsid w:val="003E0E09"/>
     <w:rsid w:val="003E7B07"/>
     <w:rsid w:val="003F0CD2"/>
     <w:rsid w:val="00412F37"/>
     <w:rsid w:val="00414677"/>
-    <w:rsid w:val="00417738"/>
     <w:rsid w:val="004269C0"/>
     <w:rsid w:val="00453C04"/>
+    <w:rsid w:val="00465B6C"/>
     <w:rsid w:val="004746C2"/>
     <w:rsid w:val="00486D57"/>
     <w:rsid w:val="00497764"/>
     <w:rsid w:val="004E6A3C"/>
     <w:rsid w:val="004F23B5"/>
     <w:rsid w:val="004F511B"/>
     <w:rsid w:val="00501665"/>
     <w:rsid w:val="00506C65"/>
     <w:rsid w:val="0051352E"/>
     <w:rsid w:val="00517DA7"/>
     <w:rsid w:val="00520A33"/>
     <w:rsid w:val="00526DF6"/>
     <w:rsid w:val="00527AE4"/>
     <w:rsid w:val="00551E76"/>
     <w:rsid w:val="0055569D"/>
     <w:rsid w:val="00567EFE"/>
     <w:rsid w:val="00596A88"/>
     <w:rsid w:val="005A0472"/>
     <w:rsid w:val="005A4086"/>
     <w:rsid w:val="005A7954"/>
     <w:rsid w:val="005C4633"/>
     <w:rsid w:val="005D1140"/>
     <w:rsid w:val="005D5203"/>
     <w:rsid w:val="005D7CE7"/>
     <w:rsid w:val="005F767A"/>
     <w:rsid w:val="006068C7"/>
     <w:rsid w:val="00610A38"/>
     <w:rsid w:val="00630DDF"/>
     <w:rsid w:val="006340F2"/>
     <w:rsid w:val="006432C2"/>
     <w:rsid w:val="00643737"/>
     <w:rsid w:val="00643D41"/>
     <w:rsid w:val="00647055"/>
     <w:rsid w:val="00662484"/>
     <w:rsid w:val="00662A42"/>
     <w:rsid w:val="00662D1B"/>
     <w:rsid w:val="00671842"/>
     <w:rsid w:val="00672AE9"/>
     <w:rsid w:val="006802DE"/>
     <w:rsid w:val="0069630B"/>
     <w:rsid w:val="006B0B39"/>
     <w:rsid w:val="006B1B97"/>
     <w:rsid w:val="006B69E9"/>
     <w:rsid w:val="006C1764"/>
     <w:rsid w:val="006D154E"/>
     <w:rsid w:val="006D7C9F"/>
     <w:rsid w:val="006E5D6E"/>
     <w:rsid w:val="006E73E3"/>
     <w:rsid w:val="006F3AA7"/>
     <w:rsid w:val="007043A5"/>
+    <w:rsid w:val="00711E1E"/>
     <w:rsid w:val="0071770B"/>
     <w:rsid w:val="00721B03"/>
     <w:rsid w:val="007302AD"/>
     <w:rsid w:val="00730762"/>
     <w:rsid w:val="00735DE6"/>
     <w:rsid w:val="007570DC"/>
+    <w:rsid w:val="00760BAF"/>
     <w:rsid w:val="00774E76"/>
     <w:rsid w:val="007962C8"/>
     <w:rsid w:val="007A5653"/>
+    <w:rsid w:val="007A5BFF"/>
     <w:rsid w:val="007B1ABA"/>
+    <w:rsid w:val="007B381C"/>
     <w:rsid w:val="007B74C5"/>
     <w:rsid w:val="007E22D3"/>
     <w:rsid w:val="007F1C52"/>
     <w:rsid w:val="0081503C"/>
     <w:rsid w:val="008204DA"/>
     <w:rsid w:val="00826618"/>
     <w:rsid w:val="00842C50"/>
     <w:rsid w:val="00845672"/>
     <w:rsid w:val="008507C1"/>
     <w:rsid w:val="00861934"/>
     <w:rsid w:val="00893E0D"/>
     <w:rsid w:val="008B78AB"/>
     <w:rsid w:val="008D2705"/>
     <w:rsid w:val="008E22BA"/>
     <w:rsid w:val="008F0AC9"/>
     <w:rsid w:val="008F7CE5"/>
     <w:rsid w:val="00900F7F"/>
     <w:rsid w:val="0093473D"/>
     <w:rsid w:val="009403DF"/>
     <w:rsid w:val="00940487"/>
     <w:rsid w:val="00943244"/>
     <w:rsid w:val="00944ECC"/>
     <w:rsid w:val="00961342"/>
     <w:rsid w:val="00972F57"/>
     <w:rsid w:val="00973B24"/>
+    <w:rsid w:val="00975867"/>
     <w:rsid w:val="0097587F"/>
     <w:rsid w:val="00995280"/>
     <w:rsid w:val="00996CF9"/>
     <w:rsid w:val="009A7F80"/>
     <w:rsid w:val="009B128C"/>
     <w:rsid w:val="009C35C5"/>
     <w:rsid w:val="009D1D79"/>
     <w:rsid w:val="009D4530"/>
     <w:rsid w:val="009D6A63"/>
     <w:rsid w:val="00A06D47"/>
     <w:rsid w:val="00A24E6E"/>
     <w:rsid w:val="00A43694"/>
     <w:rsid w:val="00A56FC7"/>
     <w:rsid w:val="00A668BF"/>
     <w:rsid w:val="00A71A68"/>
     <w:rsid w:val="00A72575"/>
     <w:rsid w:val="00A74071"/>
     <w:rsid w:val="00A754E4"/>
     <w:rsid w:val="00AA124A"/>
     <w:rsid w:val="00AA2A96"/>
     <w:rsid w:val="00AC2925"/>
     <w:rsid w:val="00AC35FA"/>
+    <w:rsid w:val="00AE3470"/>
+    <w:rsid w:val="00AF3A6A"/>
     <w:rsid w:val="00B100CC"/>
+    <w:rsid w:val="00B17FF8"/>
+    <w:rsid w:val="00B25844"/>
     <w:rsid w:val="00B43AA2"/>
     <w:rsid w:val="00B456C5"/>
     <w:rsid w:val="00B60068"/>
     <w:rsid w:val="00B6689D"/>
     <w:rsid w:val="00B72368"/>
+    <w:rsid w:val="00B7374C"/>
     <w:rsid w:val="00B91390"/>
     <w:rsid w:val="00BD0DBF"/>
     <w:rsid w:val="00BD4127"/>
     <w:rsid w:val="00BE2B71"/>
+    <w:rsid w:val="00C20827"/>
     <w:rsid w:val="00C24A63"/>
     <w:rsid w:val="00C26A6B"/>
+    <w:rsid w:val="00C324A7"/>
     <w:rsid w:val="00C46936"/>
     <w:rsid w:val="00C52C8C"/>
     <w:rsid w:val="00C54D58"/>
     <w:rsid w:val="00C573E1"/>
+    <w:rsid w:val="00C57527"/>
     <w:rsid w:val="00C60222"/>
     <w:rsid w:val="00C662CB"/>
     <w:rsid w:val="00C715B9"/>
     <w:rsid w:val="00C736D3"/>
     <w:rsid w:val="00C93CC8"/>
     <w:rsid w:val="00C949DE"/>
     <w:rsid w:val="00C95DF6"/>
     <w:rsid w:val="00CB0F04"/>
     <w:rsid w:val="00CC3BA4"/>
     <w:rsid w:val="00CC46DE"/>
-    <w:rsid w:val="00CD3922"/>
     <w:rsid w:val="00CD71D6"/>
-    <w:rsid w:val="00CF006C"/>
     <w:rsid w:val="00D003C9"/>
+    <w:rsid w:val="00D137E4"/>
     <w:rsid w:val="00D36960"/>
     <w:rsid w:val="00D44D3C"/>
+    <w:rsid w:val="00D6681F"/>
     <w:rsid w:val="00D741F0"/>
     <w:rsid w:val="00D86799"/>
+    <w:rsid w:val="00D91DD5"/>
     <w:rsid w:val="00DA1B7B"/>
     <w:rsid w:val="00DB4554"/>
     <w:rsid w:val="00DB79DF"/>
     <w:rsid w:val="00DC5102"/>
     <w:rsid w:val="00DD5E57"/>
     <w:rsid w:val="00DE0402"/>
     <w:rsid w:val="00DE18DB"/>
     <w:rsid w:val="00DE1D12"/>
     <w:rsid w:val="00DF003A"/>
     <w:rsid w:val="00DF49DE"/>
     <w:rsid w:val="00E02099"/>
     <w:rsid w:val="00E11C64"/>
+    <w:rsid w:val="00E11DE7"/>
     <w:rsid w:val="00E36EF8"/>
     <w:rsid w:val="00E61F24"/>
     <w:rsid w:val="00E67289"/>
     <w:rsid w:val="00E7292A"/>
     <w:rsid w:val="00E80981"/>
     <w:rsid w:val="00E918E5"/>
     <w:rsid w:val="00EA10CE"/>
     <w:rsid w:val="00EA32F7"/>
     <w:rsid w:val="00EB30F9"/>
-    <w:rsid w:val="00EC4153"/>
     <w:rsid w:val="00EC6A53"/>
     <w:rsid w:val="00EE5EEB"/>
     <w:rsid w:val="00EF576D"/>
     <w:rsid w:val="00F04138"/>
     <w:rsid w:val="00F230CD"/>
+    <w:rsid w:val="00F35ACE"/>
     <w:rsid w:val="00F51C18"/>
     <w:rsid w:val="00F80EC4"/>
     <w:rsid w:val="00F84EF2"/>
     <w:rsid w:val="00F93C8D"/>
     <w:rsid w:val="00FA1B5B"/>
     <w:rsid w:val="00FA31E2"/>
     <w:rsid w:val="00FB3DE1"/>
     <w:rsid w:val="00FB6477"/>
     <w:rsid w:val="00FD39C2"/>
     <w:rsid w:val="00FD67BD"/>
     <w:rsid w:val="00FD6D69"/>
     <w:rsid w:val="00FE1E9E"/>
     <w:rsid w:val="00FF5B70"/>
     <w:rsid w:val="00FF5BB9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -10236,98 +10145,98 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2715</Words>
-  <Characters>13575</Characters>
+  <Words>2663</Words>
+  <Characters>13315</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>502</Lines>
-  <Paragraphs>167</Paragraphs>
+  <Lines>493</Lines>
+  <Paragraphs>168</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16123</CharactersWithSpaces>
+  <CharactersWithSpaces>15810</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Data Reporting Requirements for 2026</dc:title>
+  <dc:title>Data reporting requirements for 2026</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SetDate">
-    <vt:lpwstr>2025-12-16T06:52:32Z</vt:lpwstr>
+    <vt:lpwstr>2026-01-13T03:56:59Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Name">
     <vt:lpwstr>79d889eb-932f-4752-8739-64d25806ef64</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SiteId">
     <vt:lpwstr>dd0cfd15-4558-4b12-8bad-ea26984fc417</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ActionId">
-    <vt:lpwstr>7edf7639-68bd-478e-bed7-1650c0e42a3a</vt:lpwstr>
+    <vt:lpwstr>ac0fc635-bc62-4f64-8223-b29952bd4e77</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>