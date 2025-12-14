--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -1,36 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="70D2C79D" w14:textId="77777777" w:rsidR="006E5D6E" w:rsidRDefault="00EC3468" w:rsidP="00B0724C">
@@ -40,51 +37,51 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08DFB7E1" wp14:editId="6A9736A3">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-797560</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-951230</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7541260" cy="10775950"/>
             <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
             <wp:wrapNone/>
             <wp:docPr id="3" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Picture 3"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7541553" cy="10776369"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -94,51 +91,51 @@
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B086CF9" wp14:editId="5D4944F4">
             <wp:extent cx="1395987" cy="716281"/>
             <wp:effectExtent l="0" t="0" r="0" b="7620"/>
             <wp:docPr id="1954862961" name="Picture 1" descr="A logo with kangaroos and a shield&#10;&#10;Description automatically generated"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1954862961" name="Picture 1" descr="A logo with kangaroos and a shield&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12"/>
+                    <a:blip r:embed="rId9"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1395987" cy="716281"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BEB8139" w14:textId="77777777" w:rsidR="000E2E6B" w:rsidRDefault="000E2E6B" w:rsidP="00B0724C">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
@@ -161,51 +158,51 @@
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000C24AF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5EE71CD4" wp14:editId="6349E933">
             <wp:extent cx="3491827" cy="572535"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1139317021" name="Picture 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1139317021" name="Picture 3"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13"/>
+                    <a:blip r:embed="rId10"/>
                     <a:srcRect t="12392" b="12392"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3491827" cy="572535"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -266,171 +263,172 @@
     </w:p>
     <w:p w14:paraId="242CAB3B" w14:textId="77777777" w:rsidR="003B00B7" w:rsidRDefault="003B00B7" w:rsidP="00B0724C">
       <w:bookmarkStart w:id="0" w:name="_Toc30065222"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="258430DB" wp14:editId="5B53078A">
             <wp:extent cx="848360" cy="284480"/>
             <wp:effectExtent l="0" t="0" r="8890" b="1270"/>
             <wp:docPr id="6" name="Picture 6" descr="Creative Commons"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="Creative Commons"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" r:link="rId15">
+                    <a:blip r:embed="rId11" r:link="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="848360" cy="284480"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="60B1BCA4" w14:textId="77777777" w:rsidR="003B00B7" w:rsidRDefault="003B00B7" w:rsidP="00B0724C">
       <w:r>
         <w:t xml:space="preserve">With the exception of the Commonwealth Coat of Arms, the Department’s logo, any material protected by a trade mark and where otherwise noted all material presented in this document is provided under a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Creative Commons Attribution 4.0 International</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (https://creativecommons.org/licenses/by/4.0/) licence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D9EC0FD" w14:textId="77777777" w:rsidR="003B00B7" w:rsidRDefault="003B00B7" w:rsidP="00B0724C">
       <w:r>
         <w:t xml:space="preserve">The details of the relevant licence conditions are available on the Creative Commons website (accessible using the links provided) as is the full legal code for the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>CC BY 4.0 International</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> (https://creativecommons.org/licenses/by/4.0/legalcode)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E5E627B" w14:textId="3E8B92A1" w:rsidR="00EA67FC" w:rsidRDefault="003B00B7" w:rsidP="00B0724C">
       <w:r>
         <w:t>The document must be attributed as the (</w:t>
       </w:r>
       <w:r w:rsidR="00DA1CDC">
         <w:t>VET Student Loan</w:t>
       </w:r>
       <w:r w:rsidR="0062040C">
         <w:t>s Student Manual</w:t>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00EA67FC">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F4E7D8" w14:textId="77777777" w:rsidR="007855CC" w:rsidRDefault="007855CC" w:rsidP="00B0724C">
       <w:pPr>
         <w:sectPr w:rsidR="007855CC" w:rsidSect="00EA67FC">
-          <w:footerReference w:type="default" r:id="rId18"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1440" w:bottom="1560" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="-2031563257"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="2A00C71D" w14:textId="642390BD" w:rsidR="008E40E0" w:rsidRDefault="008E40E0">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="04EC8BBF" w14:textId="0A638B07" w:rsidR="00346280" w:rsidRDefault="00A047C3">
+        <w:p w14:paraId="04EC8BBF" w14:textId="141F705A" w:rsidR="00346280" w:rsidRDefault="00A047C3">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText xml:space="preserve"> TOC \o "1-1" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
@@ -454,67 +452,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00346280">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396722 \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00346280">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00346280">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00346280">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="01B9C6A1" w14:textId="32BCFEF2" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="01B9C6A1" w14:textId="1AEF8B51" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396723" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2. Who’s eligible for a VET Student Loan?</w:t>
             </w:r>
             <w:r>
@@ -529,67 +527,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396723 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4F05B05B" w14:textId="220E44C4" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="4F05B05B" w14:textId="56DA7A08" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396724" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3. What is a VET Student Loan approved course?</w:t>
             </w:r>
             <w:r>
@@ -604,67 +602,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396724 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="284B70CC" w14:textId="3E59BB25" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="284B70CC" w14:textId="07B0622F" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396725" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4. What is a VET Student Loan approved course provider?</w:t>
             </w:r>
             <w:r>
@@ -679,67 +677,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396725 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="71331580" w14:textId="627E1464" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="71331580" w14:textId="40A65BE5" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396726" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5. Citizenship and visas</w:t>
             </w:r>
             <w:r>
@@ -754,67 +752,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396726 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4FCCD612" w14:textId="6C1A50C4" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="4FCCD612" w14:textId="71A775DF" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396727" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6. Academic suitability</w:t>
             </w:r>
             <w:r>
@@ -829,67 +827,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396727 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="003D5313" w14:textId="3CE44D8A" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="003D5313" w14:textId="0798CCC4" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396728" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7. HELP loan limit and HELP balance</w:t>
             </w:r>
             <w:r>
@@ -904,67 +902,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396728 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4BA8ADE8" w14:textId="3C2DE88A" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="4BA8ADE8" w14:textId="31DAB8F2" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396729" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8. Checking your HELP balance</w:t>
             </w:r>
             <w:r>
@@ -979,67 +977,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396729 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="21248B5B" w14:textId="2C1F3C3E" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="21248B5B" w14:textId="294CC80B" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396730" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9. Loan caps</w:t>
             </w:r>
             <w:r>
@@ -1054,67 +1052,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396730 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1202DD68" w14:textId="32B79850" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="1202DD68" w14:textId="66F4DFAF" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396731" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10. Loan fee</w:t>
             </w:r>
             <w:r>
@@ -1129,67 +1127,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396731 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="12F48CDD" w14:textId="6682FAAB" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="12F48CDD" w14:textId="4A4AE0FD" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396732" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>11. Repaying your loan</w:t>
             </w:r>
             <w:r>
@@ -1204,67 +1202,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396732 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4ACCC8F6" w14:textId="6666ED0F" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="4ACCC8F6" w14:textId="4400B40A" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396733" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>12. Indexation of VET Student Loans</w:t>
             </w:r>
             <w:r>
@@ -1279,67 +1277,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396733 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2D465491" w14:textId="677FCB1C" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="2D465491" w14:textId="4669D7B7" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396734" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>13. Your Tax File Number</w:t>
             </w:r>
             <w:r>
@@ -1354,67 +1352,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396734 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7E271849" w14:textId="0A8694E5" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="7E271849" w14:textId="48695EAB" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396735" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>14. Your Unique Student Identifier</w:t>
             </w:r>
             <w:r>
@@ -1429,67 +1427,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396735 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CDBB203" w14:textId="7EA791F9" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="3CDBB203" w14:textId="76172877" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396736" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>15. Census day</w:t>
             </w:r>
             <w:r>
@@ -1504,67 +1502,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396736 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="534902EB" w14:textId="4B5B292C" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="534902EB" w14:textId="31DEBA7C" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396737" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>16. Applying for a VET Student Loan</w:t>
             </w:r>
             <w:r>
@@ -1579,67 +1577,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396737 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3301C571" w14:textId="63CC2375" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="3301C571" w14:textId="7D425495" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396738" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>17. Applying through the eCAF</w:t>
             </w:r>
             <w:r>
@@ -1654,67 +1652,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396738 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6600523F" w14:textId="2B5A2DC2" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="6600523F" w14:textId="30C45A8B" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396739" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>18. eCAF common questions</w:t>
             </w:r>
             <w:r>
@@ -1729,67 +1727,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396739 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="35601EB1" w14:textId="60933AEB" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="35601EB1" w14:textId="5B22E7CB" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396740" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>19. Withdrawing from study</w:t>
             </w:r>
             <w:r>
@@ -1804,67 +1802,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396740 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4386440B" w14:textId="6B1C6D89" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="4386440B" w14:textId="15E88FAE" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396741" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>20. Notices from providers</w:t>
             </w:r>
             <w:r>
@@ -1879,67 +1877,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396741 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="10ED2860" w14:textId="55D38934" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="10ED2860" w14:textId="50002448" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396742" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>21. Student engagement and progression</w:t>
             </w:r>
             <w:r>
@@ -1954,67 +1952,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396742 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="75329E33" w14:textId="4C2CEF36" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="75329E33" w14:textId="3BFBFFB0" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396743" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>22. Changing your course or provider</w:t>
             </w:r>
             <w:r>
@@ -2029,67 +2027,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396743 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="31EBF4A1" w14:textId="5BDB5B6C" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="31EBF4A1" w14:textId="2FE1D142" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396744" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>23. Requesting a re-credit</w:t>
             </w:r>
             <w:r>
@@ -2104,67 +2102,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396744 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="44147FC2" w14:textId="3CBCC728" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="44147FC2" w14:textId="1172E176" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396745" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>24. Special circumstances</w:t>
             </w:r>
             <w:r>
@@ -2179,67 +2177,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396745 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="617602F3" w14:textId="4662F6F5" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="617602F3" w14:textId="5D29E02B" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396746" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>25. Provider default</w:t>
             </w:r>
             <w:r>
@@ -2254,67 +2252,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396746 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="075C1D71" w14:textId="35DC9AC3" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="075C1D71" w14:textId="0282F181" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396747" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>26. Complaints</w:t>
             </w:r>
             <w:r>
@@ -2329,67 +2327,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396747 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="73E22082" w14:textId="435637AA" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="73E22082" w14:textId="29334D18" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396748" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>27. Complaints about the department</w:t>
             </w:r>
             <w:r>
@@ -2404,67 +2402,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396748 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="45061EBA" w14:textId="341EB2BE" w:rsidR="00346280" w:rsidRDefault="00346280">
+        <w:p w14:paraId="45061EBA" w14:textId="0A98BC1C" w:rsidR="00346280" w:rsidRDefault="00346280">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:pos="9060"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:color w:val="auto"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc210396749" w:history="1">
             <w:r w:rsidRPr="009237E3">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>28. Help and assistance</w:t>
             </w:r>
             <w:r>
@@ -2479,51 +2477,51 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc210396749 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="004256B3">
+            <w:r w:rsidR="00CE2836">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="7AE35D3A" w14:textId="16D59705" w:rsidR="008E40E0" w:rsidRDefault="00A047C3">
           <w:r>
             <w:rPr>
               <w:color w:val="404246"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
@@ -2928,51 +2926,51 @@
       <w:r w:rsidRPr="003D4AD0">
         <w:t>Under 18? You will need parental consent (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_16._Applying_for" w:history="1">
         <w:r w:rsidRPr="003D4AD0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>part 16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003D4AD0">
         <w:t>) to access a VET Student Loan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D6C4C3" w14:textId="5A76EBD9" w:rsidR="00C85ACF" w:rsidRDefault="00EA0718" w:rsidP="00B0724C">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA0718">
         <w:t xml:space="preserve">You can check your eligibility for a VET Student Loan by using the VET Student Loans Eligibility Tool found at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00EA0718">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>VSL eligibility check | Your Career</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EA0718">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB601FB" w14:textId="1A3158F1" w:rsidR="00EA0718" w:rsidRDefault="00C85ACF" w:rsidP="00B0724C">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C67E0CF" w14:textId="45011471" w:rsidR="00451822" w:rsidRPr="00C85ACF" w:rsidRDefault="006B02BA" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_3._What_is"/>
@@ -2991,68 +2989,68 @@
       <w:r w:rsidRPr="00451822">
         <w:t>A VET Student Loan approved course is a vocational education and training (VET) course that has been approved by the Australian Government to be eligible for VET Student Loans. They are at diploma and above level and align with industry needs and lead to good employment outcomes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="122A906D" w14:textId="2825BF26" w:rsidR="00451822" w:rsidRPr="00451822" w:rsidRDefault="00451822" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00451822">
         <w:t xml:space="preserve">You can only get a VET Student Loan for a </w:t>
       </w:r>
       <w:r w:rsidRPr="00451822" w:rsidDel="00925639">
         <w:t>VET Student Loan</w:t>
       </w:r>
       <w:r w:rsidRPr="00451822">
         <w:t xml:space="preserve"> approved course.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="620C3253" w14:textId="534F9BBE" w:rsidR="00451822" w:rsidRPr="00451822" w:rsidRDefault="00451822" w:rsidP="00B0724C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00451822">
         <w:t xml:space="preserve">A list of approved courses can be found in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00451822">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>VET Student Loans 2025 Course List and Loan Caps (for students)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00451822">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01F46393" w14:textId="6DA45EFD" w:rsidR="00451822" w:rsidRPr="00451822" w:rsidRDefault="00451822" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00451822">
         <w:t xml:space="preserve">You can find VET courses at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="00451822">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           </w:rPr>
           <w:t>Search for training courses | Your Career</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00451822">
         <w:t>. You can filter the list of courses to find VET Student Loan approved courses. You can also search for courses by qualification, course feature, financial assistance and industry sector.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="710D7A29" w14:textId="11E2D18E" w:rsidR="00451822" w:rsidRPr="00451822" w:rsidRDefault="00451822" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00451822">
         <w:t>You can also ask your course provider if the course you intend to study is approved for VET Student Loans.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D146BB6" w14:textId="1AC1FC9B" w:rsidR="00451822" w:rsidRPr="00451822" w:rsidRDefault="607B8529" w:rsidP="00B0724C">
       <w:r w:rsidRPr="06172A6D">
         <w:t xml:space="preserve">If you’re already enrolled in a course that is later </w:t>
       </w:r>
       <w:r w:rsidR="649EDBED" w:rsidRPr="06172A6D">
         <w:t xml:space="preserve">determined to be not approved for VSL, </w:t>
       </w:r>
       <w:r w:rsidRPr="06172A6D">
@@ -3096,51 +3094,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00E30812">
         <w:t>How do I find out if my RTO is an approved course provider?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B4528E" w14:textId="77777777" w:rsidR="00AC205C" w:rsidRPr="00AC205C" w:rsidRDefault="00AC205C" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00AC205C">
         <w:t>You can:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74CFFF5B" w14:textId="6F9C6487" w:rsidR="00AC205C" w:rsidRPr="00AC205C" w:rsidRDefault="00AC205C" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC205C">
         <w:t>ask your RTO directly if they are approved, or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A842F55" w14:textId="77777777" w:rsidR="00AC205C" w:rsidRPr="00AC205C" w:rsidRDefault="00AC205C" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC205C">
         <w:t xml:space="preserve">visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00AC205C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Search for training providers | Your Career</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC205C">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC205C">
         <w:t>and filter the ‘Provider features’ selection by checking the box next to VET Student Loans</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E0BE6D2" w14:textId="32829CA2" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="006B02BA" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_5._Citizenship_and"/>
       <w:bookmarkStart w:id="10" w:name="_Toc210396726"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
@@ -3213,72 +3211,72 @@
       </w:pPr>
       <w:r w:rsidRPr="00F33142">
         <w:t>born overseas, or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09D023F6" w14:textId="77777777" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00F33142">
         <w:t>born in Australia before 20 August 1986, or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BCB089" w14:textId="0839A2AE" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00F33142">
         <w:t>born in Australia on or after 20 August 1986.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48C91372" w14:textId="1758D2EC" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F33142">
         <w:t xml:space="preserve">First Nations applicants not registered at birth by the relevant state or territory authority and without a current Australian passport may submit a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00F33142">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Statutory Declaration Form - citizenship - First Nations student - birth not registered</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F33142">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CF2864E" w14:textId="60B9E985" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F33142">
         <w:t>Ask your course provider what documentation you’ll need to provide to prove your citizenship.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64271DD1" w14:textId="2CA46EBA" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F33142">
         <w:t xml:space="preserve">You can get a citizenship certificate by lodging a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00F33142">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Form 119 Application for Evidence of Australian Citizenship</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F33142">
         <w:t xml:space="preserve"> with the Department of Home Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BAFCED7" w14:textId="77777777" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F33142">
         <w:t>5.2 Qualifying New Zealand citizens</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="329EE7DF" w14:textId="5740856E" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F33142">
         <w:t>A qualifying New Zealand citizen is a New Zealand citizen who:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153220B8" w14:textId="77777777" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
@@ -3319,91 +3317,91 @@
           <w:color w:val="404246"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17774E78" w14:textId="5676CD02" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00F33142">
         <w:t>has been in Australia for periods totalling 18 months during the previous 2 years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="370C8E3A" w14:textId="246917E9" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F33142">
         <w:t xml:space="preserve">If you hold a Special Category </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F33142">
         <w:t>Visa</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F33142">
         <w:t xml:space="preserve"> you will need to show your course provider proof that you have been living in Australia for the qualifying period. If necessary, you can obtain copies of your own international movement records from the Department of Home Affairs by lodging a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
+      <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="00F33142">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Request for international movement records (homeaffairs.gov.au)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F33142">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B92819" w14:textId="77777777" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F33142">
         <w:t>5.3 Permanent humanitarian and Pacific Engagement visa holders</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78BA1E77" w14:textId="564102C0" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F33142">
         <w:t xml:space="preserve">If you are a permanent humanitarian visa holder or a Pacific Engagement visa </w:t>
       </w:r>
       <w:r w:rsidR="000C2EF6" w:rsidRPr="00F33142">
         <w:t>holder,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33142">
         <w:t xml:space="preserve"> you’ll need to show your course provider proof of your visa status.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D338347" w14:textId="623E2865" w:rsidR="00F33142" w:rsidRPr="00F33142" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F33142">
         <w:t>Visa Entitlement Verification Online (VEVO) is a free online service for checking the details and conditions of your visa. With your permission and your passport details, course providers registered with VEVO can check your visa status. Alternatively, you can send your details directly to your course provider using VEVO’s ‘send email’ function.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F6E7A7D" w14:textId="3AFAA969" w:rsidR="004B3FE6" w:rsidRDefault="00F33142" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F33142">
         <w:t xml:space="preserve">To access VEVO, please visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00F33142">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>Check visa details and conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F33142">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="204966D4" w14:textId="0280D785" w:rsidR="00C864FC" w:rsidRDefault="004B3FE6" w:rsidP="00B0724C">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="66BB13DD" w14:textId="0AB1F588" w:rsidR="00C864FC" w:rsidRPr="00C864FC" w:rsidRDefault="006B02BA" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_6._Academic_suitability"/>
       <w:bookmarkStart w:id="12" w:name="_Toc210396727"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
@@ -3506,108 +3504,108 @@
       </w:pPr>
       <w:r w:rsidRPr="00FB4A66">
         <w:t>7.1 HELP loan limit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D934ADE" w14:textId="7DA0FDB1" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="00FB4A66" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00FB4A66">
         <w:t>Your HELP loan limit is the total amount available for you to borrow under the VET Student Loans, FEE-HELP, HECS-HELP and VET FEE-HELP loan programs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61FCF1BD" w14:textId="282E6D7C" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="00FB4A66" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00FB4A66">
         <w:t xml:space="preserve">HECS-HELP debts with </w:t>
       </w:r>
       <w:r w:rsidR="00B820B4">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4A66">
         <w:t>census date prior to 1 January 2020 are not included in your HELP loan limit, neither is SA-HELP, OS-HELP and loan fees.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="146ABAEC" w14:textId="02C2CF80" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="00FB4A66" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00FB4A66">
         <w:t xml:space="preserve">You’ll find the HELP loan limit for this year at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27">
+      <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="00FB4A66">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Combined HELP loan limit – </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00FB4A66">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>StudyAssist</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00FB4A66">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D91AA2D" w14:textId="77777777" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="00FB4A66" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4A66">
         <w:t>7.2 Higher HELP loan limit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="358B081B" w14:textId="08C0024C" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="00FB4A66" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00FB4A66">
         <w:t>A higher HELP loan limit is available to students studying specific courses. For VET Student Loans, students studying eligible aviation courses will have access to the higher HELP loan limit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1713851A" w14:textId="293FA31D" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="00FB4A66" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00FB4A66">
         <w:t>Not all VET Student Loan</w:t>
       </w:r>
       <w:r w:rsidR="00BA4899">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4A66">
         <w:t xml:space="preserve"> approved aviation courses are eligible for the higher HELP loan limit. The list of eligible aviation courses is available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00FB4A66">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>VET Student Loans 2025 Course List and Loan Caps (for students).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2D3FA6E3" w14:textId="160FAB0F" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="00FB4A66" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00FB4A66">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">You’ll find the higher HELP loan limit for this year at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29">
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidRPr="00FB4A66">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Combined HELP loan limit – </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00FB4A66">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>StudyAssist</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00FB4A66">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49DD7495" w14:textId="68C82A67" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="00FB4A66" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FB4A66">
         <w:t>7.3 HELP balance</w:t>
@@ -3618,51 +3616,51 @@
         <w:t>To get a VET Student Loan, you’ll need to have enough HELP balance to cover the tuition fee for the course you’re applying to study. If your tuition fee is greater than your available HELP balance, you will need to pay the outstanding amount to your course provider.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6189F6B2" w14:textId="15AB646D" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="0023140D" w:rsidP="00B0724C">
       <w:r>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidR="00FB4A66" w:rsidRPr="00FB4A66">
         <w:t>A VET Student Loan only covers tuition fees; it does include other expenses such as materials, equipment, textbooks or student services fees.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28B5A2CC" w14:textId="0961554C" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="00FB4A66" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00FB4A66">
         <w:t>Your HELP balance will include anything you’ve borrowed under VET Student Loans, FEE-HELP, HECS-HELP and VET FEE-HELP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56B0C83C" w14:textId="2B054E8D" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="00FB4A66" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00FB4A66">
         <w:t>Your HELP balance is renewable. This means any repayments made towards your HELP or VET Student Loan debt from the 2019-20 income year onwards will credit your HELP balance. You will then be able to reborrow this amount for further study up to the HELP loan limit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56FE98BC" w14:textId="77777777" w:rsidR="00FB4A66" w:rsidRPr="00FB4A66" w:rsidRDefault="00FB4A66" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00FB4A66">
         <w:t xml:space="preserve">You can view your HELP balance by logging into the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00FB4A66">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>myHELPbalance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FB4A66">
         <w:t xml:space="preserve"> portal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0B0C86" w14:textId="118C463E" w:rsidR="00F73362" w:rsidRPr="00F73362" w:rsidRDefault="00347F00" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc210396729"/>
       <w:r>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
       <w:r w:rsidR="00F73362" w:rsidRPr="00F73362">
         <w:t>Checking your HELP balance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="756D361B" w14:textId="0A1A5C13" w:rsidR="00F73362" w:rsidRPr="00F73362" w:rsidRDefault="00F73362" w:rsidP="00B0724C">
@@ -3713,169 +3711,169 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E34955">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="009D1474">
         <w:t>amou</w:t>
       </w:r>
       <w:r w:rsidRPr="00E34955">
         <w:t>nts you’ve borrowed, repayments made and how much you have left to repay</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="167787DD" w14:textId="77777777" w:rsidR="00F73362" w:rsidRDefault="00F73362" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F73362">
         <w:t>8.1 myHELPbalance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D9F279E" w14:textId="381B0612" w:rsidR="003F2902" w:rsidRPr="003F2902" w:rsidRDefault="002B29A5" w:rsidP="003F2902">
       <w:r w:rsidRPr="002B29A5">
         <w:t xml:space="preserve">You can access your HELP balance via </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="002B29A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>myHELPbalance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B29A5">
         <w:t>. You’ll need either your Commonwealth Higher Education Student Support Number (CHESSN) or Unique Student Identifier (USI) (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_14._Your_Unique" w:history="1">
         <w:r w:rsidRPr="002B29A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>part 14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B29A5">
         <w:t>) and the student ID number your course provider has given you. You’ll find these on your VET Student Loans Fee Notice or Commonwealth Assistance Notice (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_21._Notices_from" w:history="1">
         <w:r w:rsidRPr="002B29A5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>part 20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B29A5">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="243A9FFF" w14:textId="77777777" w:rsidR="00F73362" w:rsidRPr="00DE0FC1" w:rsidRDefault="00F73362" w:rsidP="006B0CC4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE0FC1">
         <w:t>Is the information up to date?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="667C5A48" w14:textId="4B8454C2" w:rsidR="00F73362" w:rsidRPr="00F73362" w:rsidRDefault="00F73362" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F73362">
         <w:t xml:space="preserve">If you haven’t previously studied your course provider will have to report your USI before you can log into </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00F73362">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>myHELPbalance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F73362">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BA06C2C" w14:textId="0BE6DA21" w:rsidR="00F73362" w:rsidRPr="00F73362" w:rsidRDefault="00F73362" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F73362">
         <w:t>It will take a bit of time after the census day (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_15._Census_day" w:history="1">
         <w:r w:rsidRPr="00F73362">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>part 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F73362">
         <w:t xml:space="preserve">) for your information on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00F73362">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>myHELPbalance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F73362">
         <w:t xml:space="preserve"> to be updated. Census day</w:t>
       </w:r>
       <w:r w:rsidRPr="00F73362" w:rsidDel="00226972">
         <w:t xml:space="preserve"> happens after the course has already started. If </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73362">
         <w:t>it’s close to c</w:t>
       </w:r>
       <w:r w:rsidRPr="00F73362" w:rsidDel="00226972">
         <w:t xml:space="preserve">ensus </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73362">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00F73362" w:rsidDel="00226972">
         <w:t>ay</w:t>
       </w:r>
       <w:r w:rsidRPr="00F73362">
         <w:t xml:space="preserve"> and you want to work out a total of your current loan amounts, you might need to add any units you’ve recently enrolled in.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE0C4BA" w14:textId="77777777" w:rsidR="00F73362" w:rsidRPr="00F73362" w:rsidRDefault="00F73362" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00F73362">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">8.2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F73362">
         <w:t>myGov</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="38E7DD9A" w14:textId="77777777" w:rsidR="00F73362" w:rsidRPr="00F73362" w:rsidRDefault="00F73362" w:rsidP="00B0724C">
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00F73362">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>myGov</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00F73362">
         <w:t xml:space="preserve"> will show you:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="322D221B" w14:textId="77777777" w:rsidR="00F73362" w:rsidRPr="00F73362" w:rsidRDefault="00F73362" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00F73362">
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidRPr="00F73362" w:rsidDel="00536C61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F73362">
         <w:t>VETSL debt (this is your VET Student Loan debt from 1 July 2019 onwards)</w:t>
@@ -4022,51 +4020,51 @@
     <w:p w14:paraId="5F4B8110" w14:textId="05E21887" w:rsidR="007B709D" w:rsidRPr="007B709D" w:rsidRDefault="007B709D" w:rsidP="00B0724C">
       <w:r w:rsidRPr="007B709D">
         <w:t>The loan cap is different to the tuition fee which is set by the training provider. If the tuition fee is greater than the loan cap, you will be required to pay the difference.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02D6E11C" w14:textId="6A23A9BE" w:rsidR="007B709D" w:rsidRPr="007B709D" w:rsidRDefault="007B709D" w:rsidP="00B0724C">
       <w:r w:rsidRPr="007B709D">
         <w:t xml:space="preserve">You’ll find the loan cap for your course at </w:t>
       </w:r>
       <w:r w:rsidRPr="007B709D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>VET Student Loans 2025 Course List and Loan Caps (for students)</w:t>
       </w:r>
       <w:r w:rsidRPr="007B01C6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="007B709D">
         <w:t xml:space="preserve">This fact sheet is updated in January of each year. Alternatively, you can search for your course at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="007B709D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Search for training courses | Your Career</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007B709D">
         <w:t xml:space="preserve">. Once located, you can navigate to the ‘Financial Support’ </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007B709D">
         <w:t>tab</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007B709D">
         <w:t xml:space="preserve"> and you will be able to see the maximum amount you can borrow for the course.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0886AE57" w14:textId="77777777" w:rsidR="007B709D" w:rsidRPr="007B709D" w:rsidRDefault="007B709D" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="007B709D">
         <w:t>9.1 Indexation of loan caps</w:t>
@@ -4119,51 +4117,51 @@
     </w:p>
     <w:p w14:paraId="56053E65" w14:textId="4A170D16" w:rsidR="000F7C5A" w:rsidRPr="000F7C5A" w:rsidRDefault="52953B24" w:rsidP="00B0724C">
       <w:r w:rsidRPr="06172A6D">
         <w:t>Most students will incur a loan fee with their VET Student Loan. The loan fee is 20% of the loan amount and is added to your VET Student Loan debt automatically. The loan fee doesn’t count towards your HELP loan limit (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_7._HELP_loan">
         <w:r w:rsidRPr="06172A6D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>part 7</w:t>
         </w:r>
         <w:r w:rsidRPr="06172A6D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="48B99482" w14:textId="2C3F3846" w:rsidR="000F7C5A" w:rsidRPr="000F7C5A" w:rsidRDefault="000F7C5A" w:rsidP="00B0724C">
       <w:r w:rsidRPr="000F7C5A">
         <w:t xml:space="preserve">For example, if your course costs $5,000 and you take a VET Student Loan for the full amount, the loan fee will be $1,000 (that is, 20% of $5,000). This means the total amount of your VET Student Loan will be $6,000. However, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="000F7C5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>myHELPbalance</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000F7C5A">
         <w:t xml:space="preserve"> will show a deficit of $5,000.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47F88EC8" w14:textId="00BA5FF9" w:rsidR="000F7C5A" w:rsidRPr="000F7C5A" w:rsidRDefault="000F7C5A" w:rsidP="00B0724C">
       <w:r w:rsidRPr="000F7C5A">
         <w:t xml:space="preserve">The loan fee is not included in your HELP balance </w:t>
       </w:r>
       <w:r w:rsidR="008941A8">
         <w:t>(</w:t>
       </w:r>
       <w:hyperlink w:anchor="_7._HELP_loan" w:history="1">
         <w:r w:rsidRPr="000F7C5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>part 7</w:t>
         </w:r>
@@ -4259,183 +4257,183 @@
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="7FEA164A" w14:textId="5DBDC05A" w:rsidR="00BF6CB2" w:rsidRPr="00BF6CB2" w:rsidRDefault="00BF6CB2" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00BF6CB2">
         <w:t>VET Student Loans are income contingent loans. This means repayment of your loan is managed through the Australian tax system and compulsory repayments are based on your income.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FFEED6E" w14:textId="21045EE8" w:rsidR="00BF6CB2" w:rsidRDefault="00BF6CB2" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00BF6CB2">
         <w:t>The Australian Taxation Office (ATO) manages all VET Student Loan repayments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF4A02F" w14:textId="28B929EA" w:rsidR="006B29C1" w:rsidRPr="00BF6CB2" w:rsidRDefault="00C23D24" w:rsidP="00B0724C">
       <w:r w:rsidRPr="006B29C1">
         <w:t>If you have a VET Student Loan you must notify your employer via a Tax File Number (TFN) declaration or Withholding Tax declaration form. Under the pay as you go (PAYG) withholding system your employer will withhold an additional amount from your pay which will go towards your compulsory repayment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03A441E7" w14:textId="165B563D" w:rsidR="00BF6CB2" w:rsidRPr="00BF6CB2" w:rsidRDefault="75C1075C" w:rsidP="00B0724C">
       <w:r w:rsidRPr="06172A6D">
         <w:t xml:space="preserve">You must start repaying your debt through the tax system once your income is above a certain level. We call this the ‘compulsory repayment threshold’. The compulsory repayment threshold </w:t>
       </w:r>
       <w:r w:rsidRPr="06172A6D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">is adjusted each year. You can view the current and past repayment thresholds at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:anchor="HELPandTSLrepaymentthresholdsandrates201">
+      <w:hyperlink r:id="rId34" w:anchor="HELPandTSLrepaymentthresholdsandrates201">
         <w:r w:rsidRPr="06172A6D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Study and training loan repayment thresholds and rates | Australian Taxation Office (ato.gov.au)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="06172A6D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="192440A8" w14:textId="77777777" w:rsidR="00B6378A" w:rsidRDefault="5BC58F2F" w:rsidP="00B0724C">
       <w:r w:rsidRPr="06172A6D">
         <w:t>The amount you repay each year through your compulsory repayment is a percentage of your income. It increases as your income increases, so the more you earn, the higher your repayment will be.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AD003AF" w14:textId="77777777" w:rsidR="00C23D24" w:rsidRPr="00C23D24" w:rsidRDefault="00C23D24" w:rsidP="00C23D24">
       <w:r w:rsidRPr="00C23D24">
         <w:t xml:space="preserve">The ATO will calculate your compulsory repayment for the year and include it on your income tax notice of assessment. You can work out the amount you’ll need to repay by using the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00C23D24">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Study and Training Loan Repayment Calculator</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C23D24">
         <w:t xml:space="preserve"> and the repayment rates on the ATO website.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F80EF5E" w14:textId="572DF531" w:rsidR="00BF6CB2" w:rsidRPr="00BF6CB2" w:rsidRDefault="00BF6CB2" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00BF6CB2">
         <w:t>Compulsory repayments are calculated annually when you lodge your tax return. You must make compulsory repayments even if:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="206BC8AF" w14:textId="77777777" w:rsidR="00BF6CB2" w:rsidRPr="00BF6CB2" w:rsidRDefault="00BF6CB2" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF6CB2">
         <w:t>you’re still studying</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="020FDE36" w14:textId="53893242" w:rsidR="00BF6CB2" w:rsidRPr="00BF6CB2" w:rsidRDefault="00BF6CB2" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF6CB2">
         <w:t>you’ve moved overseas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01A23A4C" w14:textId="5159E797" w:rsidR="00BF6CB2" w:rsidRDefault="3631C13B" w:rsidP="009D1815">
       <w:r w:rsidRPr="09AC6F40">
         <w:t xml:space="preserve">If you move overseas, you must update your contact details through </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39">
+      <w:hyperlink r:id="rId36">
         <w:r w:rsidRPr="09AC6F40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ATO online services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="09AC6F40">
         <w:t xml:space="preserve"> within 7 days of leaving Australia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B858C0D" w14:textId="290F2CBB" w:rsidR="09AC6F40" w:rsidRDefault="749C3E1B" w:rsidP="00B0724C">
       <w:r w:rsidRPr="09AC6F40">
         <w:t xml:space="preserve">You will </w:t>
       </w:r>
       <w:r w:rsidRPr="00B0724C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="404246"/>
         </w:rPr>
         <w:t>only</w:t>
       </w:r>
       <w:r w:rsidRPr="09AC6F40">
         <w:t xml:space="preserve"> ever be contacted by the Australian Taxation Office regarding the repayment of your loan. See </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:anchor="Makingrepayments" w:history="1">
+      <w:hyperlink r:id="rId37" w:anchor="Makingrepayments" w:history="1">
         <w:r w:rsidRPr="09AC6F40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>When you must repay your loan | Australian Taxation Office (ato.gov.au)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="09AC6F40">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607D63C2" w14:textId="7427BA94" w:rsidR="00BF6CB2" w:rsidRPr="00BF6CB2" w:rsidRDefault="00BF6CB2" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF6CB2">
         <w:t>11.1 Voluntary repayments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A83543" w14:textId="0B3E10A1" w:rsidR="00BF6CB2" w:rsidRPr="00BF6CB2" w:rsidRDefault="75C1075C" w:rsidP="00B0724C">
       <w:r w:rsidRPr="06172A6D">
         <w:t>You can make a voluntary repayment toward your VET Student Loan at any time and for any amount to reduce the balance of your loan. If you make a voluntary repayment, you may still be required to make a compulsory repayment through your tax return. Voluntary repayments are made in addition to, not instead of, a compulsory repayment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40F8CA28" w14:textId="3F01F0BF" w:rsidR="00BF6CB2" w:rsidRPr="00BF6CB2" w:rsidRDefault="00BF6CB2" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00BF6CB2">
         <w:t xml:space="preserve">Voluntary repayments are made to the Australian Taxation Office. There are several ways you can make a voluntary repayment, including BPAY and by credit card. You can also make a repayment through </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00BF6CB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>myGov</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00BF6CB2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23702F48" w14:textId="77777777" w:rsidR="00BF6CB2" w:rsidRPr="00BF6CB2" w:rsidRDefault="00BF6CB2" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00BF6CB2">
         <w:t xml:space="preserve">For more information on making a repayment, see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="00BF6CB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Voluntary repayments | Australian Taxation Office (ato.gov.au)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BF6CB2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C24FEF5" w14:textId="13B7C3DE" w:rsidR="00B07C28" w:rsidRPr="00B07C28" w:rsidRDefault="7C891AF7" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_12._Indexation_of"/>
       <w:bookmarkStart w:id="23" w:name="_Toc210396733"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>12. Indexation of VET Student Loans</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="5255B739" w14:textId="54AC9F4C" w:rsidR="00B07C28" w:rsidRPr="00B07C28" w:rsidRDefault="00B07C28" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00B07C28">
@@ -4549,78 +4547,78 @@
       <w:r w:rsidR="35175E15" w:rsidRPr="00E51F17">
         <w:t xml:space="preserve"> that is over 11 months old</w:t>
       </w:r>
       <w:r w:rsidR="33719BAA" w:rsidRPr="00E51F17">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="694A99D8" w14:textId="3065468F" w:rsidR="00DF1EFB" w:rsidRPr="00E51F17" w:rsidRDefault="065B003C" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00E51F17">
         <w:t xml:space="preserve">1 June each year after – </w:t>
       </w:r>
       <w:r w:rsidR="7BAED97E" w:rsidRPr="00E51F17">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00E51F17">
         <w:t>oan debt is indexed as per the indexation rate each year.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45EEF840" w14:textId="60D51319" w:rsidR="00B07C28" w:rsidRPr="00B07C28" w:rsidRDefault="00B07C28" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00B07C28">
         <w:t xml:space="preserve">You can find current and past indexation rates at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="00B07C28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Study and training loan repayment thresholds and rates | Australian Taxation Office (ato.gov.au)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B07C28">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BB69752" w14:textId="77777777" w:rsidR="00B07C28" w:rsidRPr="00B07C28" w:rsidRDefault="00B07C28" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00B07C28">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00B07C28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>VET Student Loans calculator</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B07C28">
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00B07C28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>VSL Calculator | Your Career</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B07C28">
         <w:t xml:space="preserve"> can help you understand what your initial debt amount will be. It will also show you how it may increase after 5 and 10 years if unpaid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC1290B" w14:textId="278DE908" w:rsidR="00CF23EE" w:rsidRPr="00CF23EE" w:rsidRDefault="35E1D651" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_13._Your_Tax"/>
       <w:bookmarkStart w:id="25" w:name="_Toc210396734"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t>13. Your Tax File Number</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="2CBFFA51" w14:textId="0A2D3D23" w:rsidR="00CF23EE" w:rsidRPr="00CF23EE" w:rsidRDefault="00CF23EE" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00CF23EE">
@@ -4960,93 +4958,93 @@
       <w:r w:rsidRPr="00CF23EE">
         <w:t>) on your debt to the ATO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1292FE0B" w14:textId="52FE3AA3" w:rsidR="00EA48A5" w:rsidRDefault="00EA48A5" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_14._Your_Unique"/>
       <w:bookmarkStart w:id="27" w:name="_Toc210396735"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>14. Your Unique Student Identifier</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="2D01FC10" w14:textId="619931A6" w:rsidR="00EA48A5" w:rsidRDefault="00EA48A5" w:rsidP="00B0724C">
       <w:r>
         <w:t>Your Unique Student Identifier (USI) is your individual education number. You’ll have the same USI through all your studies, even if you change providers, start a new course a few years after completing one or change your name.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="219A9A5B" w14:textId="01529A91" w:rsidR="00B6354E" w:rsidRDefault="00B6354E" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00B6354E">
         <w:t>It also provides access to your government authenticated </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="00B6354E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>USI VET transcript</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B6354E">
         <w:t> which records all nationally recognised training you’ve completed since 2015.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01C4B874" w14:textId="44766AB1" w:rsidR="00EA48A5" w:rsidRDefault="00EA48A5" w:rsidP="00B0724C">
       <w:r>
         <w:t>If you want to access a VET Student Loan, you’ll need a USI.</w:t>
       </w:r>
       <w:r w:rsidR="00792C4B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00792C4B" w:rsidRPr="00792C4B">
         <w:t>We recommend you use the same </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidR="00792C4B" w:rsidRPr="00792C4B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>identification document</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00792C4B" w:rsidRPr="00792C4B">
         <w:t> to create your USI and TFN.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508B79F5" w14:textId="5180DB8E" w:rsidR="00EA48A5" w:rsidRDefault="00EA48A5" w:rsidP="00B0724C">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">You can log in to </w:t>
       </w:r>
       <w:r w:rsidR="001F2BDB" w:rsidRPr="001F2BDB">
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="001F2BDB" w:rsidRPr="001F2BDB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>USI Student Portal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001F2BDB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>for more information, or to check or update your details.</w:t>
       </w:r>
       <w:r w:rsidR="00020285">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00792C4B" w:rsidRPr="00792C4B">
         <w:t>Make sure your account details (first name, last name, and date of birth) are accurate and match the information provided in your eCAF.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52DE92BA" w14:textId="493D9745" w:rsidR="00EA48A5" w:rsidRDefault="00EA48A5" w:rsidP="00B0724C">
       <w:r>
         <w:t>If you studied before 2015, you may have a Commonwealth Higher Education Student Support Number (CHESSN). These numbers are being phased out. Even if you have a CHESSN, you’ll still need a USI.</w:t>
       </w:r>
     </w:p>
@@ -5078,91 +5076,97 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>) system to apply for a VET Student Loan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2EF295" w14:textId="664E2987" w:rsidR="00EA48A5" w:rsidRDefault="00EA48A5" w:rsidP="00500E04">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00500E04">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
         </w:rPr>
         <w:t>How do I get a USI?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EE54E91" w14:textId="18134DA1" w:rsidR="00EA48A5" w:rsidRDefault="00EA48A5" w:rsidP="00B0724C">
       <w:r>
         <w:t xml:space="preserve">If you’ve studied a VET course at any time since 2015, including while at secondary school, you will already have a USI. You can find your USI easily at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="00FB687B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Find your USI | Unique Student Identifier</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433B0151" w14:textId="7C4CD006" w:rsidR="00EA48A5" w:rsidRDefault="00EA48A5" w:rsidP="00B0724C">
+    <w:p w14:paraId="433B0151" w14:textId="5FE055F1" w:rsidR="00EA48A5" w:rsidRDefault="00EA48A5" w:rsidP="00B0724C">
       <w:r>
         <w:t xml:space="preserve">If you need to apply for one, you can get one at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
-[...4 lines deleted...]
-          <w:t>Get a USI | Unique Student Identifier.</w:t>
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidR="007B3343" w:rsidRPr="007B3343">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Create your USI - Unique Student Identifier</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="007B3343">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3343" w:rsidRPr="007B3343">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Applying for a USI is quick and free.</w:t>
+        <w:t>Applying for a USI is quick and free.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49AE4848" w14:textId="41665253" w:rsidR="00EA48A5" w:rsidRDefault="00EA48A5" w:rsidP="00500E04">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Can I have more than one USI?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6567B925" w14:textId="108D5D6F" w:rsidR="000F7C5A" w:rsidRDefault="00EA48A5" w:rsidP="00B0724C">
       <w:r>
         <w:t xml:space="preserve">You should not have more than one USI. If you have more than one USI, you might exceed the HELP loan limit. This is because each USI has a separate HELP loan limit. If you exceed your HELP loan limit, you may have to repay the excess loan amount to your provider. If you discover you have more than one USI, call 1300 857 536 to report it. For more information, please see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="00575079">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Contact us: Students | Unique Student Identifier (usi.gov.au)</w:t>
         </w:r>
         <w:r w:rsidRPr="00575079">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3D4F3694" w14:textId="4C47E15D" w:rsidR="00D0064E" w:rsidRPr="009E010E" w:rsidRDefault="564D6F56" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_15._Census_day"/>
       <w:bookmarkStart w:id="29" w:name="_Toc210396736"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="009E010E">
         <w:t>15</w:t>
       </w:r>
@@ -5575,91 +5579,91 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="06C1889E" w14:textId="7EC821F5" w:rsidR="005F1880" w:rsidRPr="005F1880" w:rsidRDefault="06A824CD" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="06172A6D">
         <w:t>16.</w:t>
       </w:r>
       <w:r w:rsidR="4DBA32E6" w:rsidRPr="06172A6D">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="06172A6D">
         <w:t xml:space="preserve"> Parental consent (under 18 years of age)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07513069" w14:textId="04BCE1C9" w:rsidR="005F1880" w:rsidRPr="005F1880" w:rsidRDefault="005F1880" w:rsidP="00B0724C">
       <w:r w:rsidRPr="005F1880">
         <w:t>If you’re under 18 years of age, you need your parent or guardian to complete and sign a parental consent form. You need to give your course provider the completed parental consent form before they’ll give you login details for your eCAF application.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B52B1BF" w14:textId="48C6ECA6" w:rsidR="005F1880" w:rsidRPr="005F1880" w:rsidRDefault="005F1880" w:rsidP="00B0724C">
       <w:r w:rsidRPr="005F1880">
         <w:t xml:space="preserve">Your provider can give you the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidRPr="005F1880">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>VET Student Loans Parental Consent Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005F1880">
         <w:t xml:space="preserve"> or you can find it the on the VET Student Loans webpage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F1E431B" w14:textId="2712E179" w:rsidR="005F1880" w:rsidRPr="005F1880" w:rsidRDefault="005F1880" w:rsidP="00B0724C">
       <w:r w:rsidRPr="005F1880">
         <w:t xml:space="preserve">You won’t need a parental consent form if Centrelink has assessed you at the independent rate of Youth Allowance. You’ll need to give your provider your Centrelink Income Statement, which you can request by logging into </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="005F1880">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>myGov</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="005F1880">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005F1880">
         <w:t>and selecting your Centrelink online account.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="070145F1" w14:textId="1A609642" w:rsidR="005F1880" w:rsidRPr="005F1880" w:rsidRDefault="005F1880" w:rsidP="00B0724C">
       <w:r w:rsidRPr="005F1880">
         <w:t xml:space="preserve">For more information, visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="005F1880">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Centrelink online account help - Request a document</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005F1880">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78DC1646" w14:textId="6DCD367D" w:rsidR="00F24DA8" w:rsidRPr="009D3E4C" w:rsidRDefault="00A37A75" w:rsidP="009D3E4C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_18._Applying_through"/>
       <w:bookmarkStart w:id="33" w:name="_17._Applying_through"/>
       <w:bookmarkStart w:id="34" w:name="_Toc210396738"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="009D3E4C">
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="005010F2" w:rsidRPr="009D3E4C">
         <w:t>.</w:t>
@@ -5709,51 +5713,51 @@
       <w:r w:rsidRPr="00F24DA8">
         <w:t>fill out your Progression Forms (</w:t>
       </w:r>
       <w:hyperlink w:anchor="_21._Showing_your" w:history="1">
         <w:r w:rsidRPr="007A754B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>part 2</w:t>
         </w:r>
         <w:r w:rsidR="007A754B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F24DA8">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2133B901" w14:textId="6C2054F2" w:rsidR="00F24DA8" w:rsidRPr="00F24DA8" w:rsidRDefault="00F24DA8" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F24DA8">
         <w:t xml:space="preserve">Your course provider will upload your information to eCAF. eCAF will then send you an invitation email to get you started. The email will come from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="00F24DA8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>eCAFsystem@education.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F24DA8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FC639B4" w14:textId="47A42D4F" w:rsidR="00F24DA8" w:rsidRPr="00F24DA8" w:rsidRDefault="00F24DA8" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F24DA8">
         <w:t>Your invitation email will include your passkey and a link to the eCAF system.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7E3755" w14:textId="150B22BD" w:rsidR="00F24DA8" w:rsidRPr="00F24DA8" w:rsidRDefault="00F24DA8" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00F24DA8">
         <w:t xml:space="preserve">If you can’t locate the email or did not receive it, check your junk/spam folder </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F24DA8">
         <w:t>before  asking</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -7573,75 +7577,75 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B7476">
         <w:t>The VET Student Loans Ombudsman (VSLO), in the Office of the Commonwealth Ombudsman, is the primary contact point for any person who has a complaint about their VET Student Loan debt which they have been unable to resolve with their course provider.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E111E04" w14:textId="2B08B548" w:rsidR="007B7476" w:rsidRPr="007B7476" w:rsidRDefault="007B7476" w:rsidP="00B0724C">
       <w:r w:rsidRPr="007B7476">
         <w:t>If your course provider is still operating and you are unable to resolve your concern or complaint with them, you can contact the VET Student Loans Ombudsman.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E69E681" w14:textId="4CDFFDAB" w:rsidR="00271CDD" w:rsidRDefault="007B7476" w:rsidP="00B0724C">
       <w:r w:rsidRPr="007B7476">
         <w:t>More information about the VET Student Loans Ombudsman can be found at</w:t>
       </w:r>
       <w:r w:rsidR="000726A7" w:rsidRPr="000726A7">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56" w:history="1">
+      <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidR="000726A7" w:rsidRPr="000726A7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>VET student loan complaints | Commonwealth Ombudsman</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000726A7" w:rsidRPr="000726A7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FBCC1F2" w14:textId="77777777" w:rsidR="007B7476" w:rsidRPr="00B0724C" w:rsidRDefault="007B7476" w:rsidP="00CE22D0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B0724C">
         <w:t>What if my course provider is closed?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DE28E8C" w14:textId="687C6D18" w:rsidR="007B7476" w:rsidRPr="007B7476" w:rsidRDefault="007B7476" w:rsidP="00B0724C">
       <w:r w:rsidRPr="007B7476">
         <w:t xml:space="preserve">If you have concerns with your VET Student Loan debt and the course provider you studied with is closed or no longer operating, we may be able to assist. Write to us via our online enquiry form at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57" w:history="1">
+      <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidRPr="00425DAB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Student Enquiries</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00425DAB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3783794F" w14:textId="70107D50" w:rsidR="007B7476" w:rsidRPr="00B0724C" w:rsidRDefault="007B7476" w:rsidP="00CE22D0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B0724C">
         <w:t>What i</w:t>
       </w:r>
       <w:r w:rsidR="006F1504" w:rsidRPr="00B0724C">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00B0724C">
         <w:t xml:space="preserve"> my course provider engaged in Unacceptable Conduct?</w:t>
       </w:r>
     </w:p>
@@ -7751,51 +7755,51 @@
       <w:r w:rsidR="6E078FF2" w:rsidRPr="06172A6D">
         <w:t>contact</w:t>
       </w:r>
       <w:r w:rsidRPr="06172A6D">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="1686E6A9" w:rsidRPr="06172A6D">
         <w:t xml:space="preserve"> VET Student Loans Ombudsman.</w:t>
       </w:r>
       <w:r w:rsidRPr="06172A6D">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="1B09F9FC" w:rsidRPr="06172A6D">
         <w:t>More information about the VET Student Loans Ombudsman can be found at</w:t>
       </w:r>
       <w:r w:rsidR="1B09F9FC" w:rsidRPr="06172A6D">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:eastAsia="Times New Roman" w:hAnsi="Roboto" w:cs="Times New Roman"/>
           <w:color w:val="0563C1"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58" w:history="1">
+      <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidR="1B09F9FC" w:rsidRPr="06172A6D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>VET student loan complaints | Commonwealth Ombudsman</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="1B09F9FC" w:rsidRPr="06172A6D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5509F0B0" w14:textId="5D2474B3" w:rsidR="007B7476" w:rsidRPr="00B0724C" w:rsidRDefault="007B7476" w:rsidP="00CE22D0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B0724C">
         <w:t>My VET Student Loan is being re-credited, what now?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76C97E5B" w14:textId="4A5880E9" w:rsidR="007B7476" w:rsidRPr="007B7476" w:rsidRDefault="007B7476" w:rsidP="00B0724C">
       <w:r w:rsidRPr="007B7476">
         <w:t>When a course provider re-credits your VET Student Loan, the course provider must first tell the department. The department advises the Australian Taxation Office, which then applies the re-credit to your tax records.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71387530" w14:textId="6C27D7A0" w:rsidR="007B7476" w:rsidRPr="007B7476" w:rsidRDefault="007B7476" w:rsidP="00B0724C">
@@ -7960,86 +7964,86 @@
       <w:r w:rsidRPr="00B0724C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="404246"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E5FAA8" w14:textId="77777777" w:rsidR="00590412" w:rsidRPr="00AC077A" w:rsidRDefault="00590412" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00AC077A">
         <w:t xml:space="preserve">If you’re not satisfied with how your course provider has dealt with your special circumstances request, you can ask them to review their </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">initial </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC077A">
         <w:t>decision. This is called an internal review. The decision letter given to you by your course provider will have instructions on how to request an internal review.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FCDF378" w14:textId="77777777" w:rsidR="00590412" w:rsidRDefault="00590412" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00AC077A">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If you’re not satisfied with how your course provider has dealt with your internal review, you can then apply to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59" w:history="1">
+      <w:hyperlink r:id="rId56" w:history="1">
         <w:r w:rsidRPr="00AC077A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Administrative Review Tribunal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AC077A">
         <w:t xml:space="preserve"> in your state or territory to have your course provider's decision reviewed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B0226C6" w14:textId="77777777" w:rsidR="00590412" w:rsidRPr="00A105F8" w:rsidRDefault="00590412" w:rsidP="00A105F8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A105F8">
         <w:t xml:space="preserve">My course provider is </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A105F8">
         <w:t>closed,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A105F8">
         <w:t xml:space="preserve"> how can I apply for Special Circumstances?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FA0D6ED" w14:textId="7638D27C" w:rsidR="00590412" w:rsidRPr="007B7476" w:rsidRDefault="00CD7332" w:rsidP="00B0724C">
       <w:r w:rsidRPr="002C5BFF">
         <w:t>We may be able to consider your special circumstances re-credit application only in circumstances where your provider is closed and unable to act, or has failed to act, and we are satisfied the failure is reasonable. For more information you can contact us via the online enquiry form at</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD7332">
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60" w:history="1">
+      <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidRPr="00CD7332">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Student Enquiries</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00CD7332">
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B94D450" w14:textId="1BB689F3" w:rsidR="002031C0" w:rsidRPr="002031C0" w:rsidRDefault="007443AF" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Toc210396746"/>
       <w:r w:rsidRPr="002031C0">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="002031C0" w:rsidRPr="002031C0">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -8085,51 +8089,51 @@
         <w:t>If a provider defaults, and you’ve got a VET Student Loan for your studies, the Tuition Protection Service (TPS) will help you to continue your studies. The TPS will move you to a replacement approved provider offering the same or a similar course.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB7C22">
         <w:t xml:space="preserve"> If there are no suitable replacement courses available, you may receive a loan re-credit for parts of the course you couldn’t complete because of the provider default.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D43F770" w14:textId="31CF72E3" w:rsidR="002031C0" w:rsidRPr="002031C0" w:rsidRDefault="002031C0" w:rsidP="00B0724C">
       <w:r w:rsidRPr="002031C0">
         <w:t>If you’re studying with a public or government-owned provider (such as a TAFE), your provider will move you to a replacement course. If there’s no suitable replacement course, you’ll get a loan re-credit for parts of the course you couldn’t complete.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D6F0149" w14:textId="7E774A06" w:rsidR="002031C0" w:rsidRPr="002031C0" w:rsidRDefault="002031C0" w:rsidP="00B0724C">
       <w:r w:rsidRPr="002031C0">
         <w:t>While you’re studying, you should make sure you keep up-to-date records that show your progression through the course. For example, keep your statements of attainment or other reports which show the competencies you’ve achieved. These records will help you to continue your studies if your provider defaults.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76910197" w14:textId="77777777" w:rsidR="002031C0" w:rsidRPr="002031C0" w:rsidRDefault="002031C0" w:rsidP="00B0724C">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002031C0">
         <w:t xml:space="preserve">Further information about tuition protection is available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61" w:history="1">
+      <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidRPr="002031C0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Tuition Protection Service - Department of Education, Australian Government</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002031C0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64140978" w14:textId="6E9431B7" w:rsidR="00A067A0" w:rsidRPr="00A067A0" w:rsidRDefault="00D76C1E" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="_Toc210396747"/>
       <w:r w:rsidRPr="00A067A0">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00A067A0" w:rsidRPr="00A067A0">
         <w:t>. Complaints</w:t>
       </w:r>
@@ -8213,118 +8217,118 @@
       </w:r>
       <w:r w:rsidR="1230D3E5" w:rsidRPr="09AC6F40">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="003EE8C5" w:rsidRPr="09AC6F40">
         <w:t xml:space="preserve"> appeal, </w:t>
       </w:r>
       <w:r w:rsidRPr="09AC6F40">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="27BF35E1" w:rsidRPr="09AC6F40">
         <w:t xml:space="preserve">or if </w:t>
       </w:r>
       <w:r w:rsidR="230829C8" w:rsidRPr="09AC6F40">
         <w:t>your</w:t>
       </w:r>
       <w:r w:rsidR="27BF35E1" w:rsidRPr="09AC6F40">
         <w:t xml:space="preserve"> provider has closed</w:t>
       </w:r>
       <w:r w:rsidR="0814BE9E" w:rsidRPr="09AC6F40">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="27BF35E1" w:rsidRPr="09AC6F40">
         <w:t xml:space="preserve">you can contact the VET Student Loans Ombudsman at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62">
+      <w:hyperlink r:id="rId59">
         <w:r w:rsidR="27BF35E1" w:rsidRPr="09AC6F40">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>VET student loan complaints | Commonwealth Ombudsman</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="27BF35E1" w:rsidRPr="09AC6F40">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4994EF72" w14:textId="77777777" w:rsidR="00A067A0" w:rsidRPr="00B0724C" w:rsidRDefault="00A067A0" w:rsidP="00E173B7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B0724C">
         <w:t>Complaints about providers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706E9952" w14:textId="317C43F3" w:rsidR="00A067A0" w:rsidRPr="00A067A0" w:rsidRDefault="00A067A0" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00A067A0">
         <w:t xml:space="preserve">If your complaint is about the course provider, you should make the complaint to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
+      <w:hyperlink r:id="rId60" w:history="1">
         <w:r w:rsidRPr="00A067A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Australian Skills Quality Authority</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A067A0">
         <w:t xml:space="preserve"> (ASQA). This includes complaints about the quality of the course, the teachers or the course materials.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="450FB58B" w14:textId="02BBB8C3" w:rsidR="00A067A0" w:rsidRPr="00A067A0" w:rsidRDefault="00A067A0" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00A067A0">
         <w:t xml:space="preserve">To submit a formal complaint, go to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64" w:history="1">
+      <w:hyperlink r:id="rId61" w:history="1">
         <w:r w:rsidRPr="00A067A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ASQA complaints</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A067A0">
         <w:t xml:space="preserve"> page.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53062914" w14:textId="62A5B519" w:rsidR="00A067A0" w:rsidRPr="00A067A0" w:rsidRDefault="00A067A0" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00A067A0">
         <w:t xml:space="preserve">Alternatively, you can contact the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:history="1">
+      <w:hyperlink r:id="rId62" w:history="1">
         <w:r w:rsidRPr="00A067A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>National Training Complaints Hotline</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A067A0">
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:history="1">
+      <w:hyperlink r:id="rId63" w:history="1">
         <w:r w:rsidRPr="00A067A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r w:rsidR="00366BFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00A067A0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>38</w:t>
         </w:r>
         <w:r w:rsidR="00366BFF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00A067A0">
@@ -8341,62 +8345,62 @@
     <w:p w14:paraId="387FD840" w14:textId="6153EF29" w:rsidR="00354640" w:rsidRPr="00354640" w:rsidRDefault="00D76C1E" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="55" w:name="_Toc210396748"/>
       <w:r w:rsidRPr="00354640">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00354640" w:rsidRPr="00354640">
         <w:t>. Complaints about the department</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
     <w:p w14:paraId="2C493AE0" w14:textId="3F6EE2C8" w:rsidR="00354640" w:rsidRPr="00354640" w:rsidRDefault="00354640" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00354640">
         <w:t>The Department of Employment and Workplace Relations has mechanisms in place for receiving feedback on our programs and services. This is integral to our on-going improvement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79108510" w14:textId="2A3B3548" w:rsidR="00354640" w:rsidRPr="00354640" w:rsidRDefault="00354640" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00354640">
         <w:t xml:space="preserve">If you wish to make a complaint about our actions or decisions in relation to your VET Student Loan, please read our </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67" w:history="1">
+      <w:hyperlink r:id="rId64" w:history="1">
         <w:r w:rsidRPr="00354640">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Complaints fact sheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00354640">
         <w:t xml:space="preserve">. The fact sheet provides information on how we manage feedback and complaints. To make a complaint about the department email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68" w:history="1">
+      <w:hyperlink r:id="rId65" w:history="1">
         <w:r w:rsidRPr="00354640">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>complaints@dewr.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00354640">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09CDC28F" w14:textId="77777777" w:rsidR="00354640" w:rsidRPr="00354640" w:rsidRDefault="00354640" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00354640">
         <w:t>Please include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35AD9249" w14:textId="1E19D1EE" w:rsidR="00354640" w:rsidRPr="00354640" w:rsidRDefault="00354640" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00354640">
         <w:t>your first and last name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED1C60C" w14:textId="5F97684F" w:rsidR="00354640" w:rsidRPr="00354640" w:rsidRDefault="00354640" w:rsidP="00B0724C">
@@ -8418,51 +8422,51 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D930254" w14:textId="5231491E" w:rsidR="00354640" w:rsidRPr="00354640" w:rsidRDefault="00354640" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00354640">
         <w:t>This will help us work with you on a suitable outcome.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A2C355E" w14:textId="4E89782A" w:rsidR="00354640" w:rsidRPr="00354640" w:rsidRDefault="00354640" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00354640">
         <w:t>You may wish to make your complaint anonymously. However, this may limit our ability to investigate and respond to your complaint.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BEAC700" w14:textId="0AD3B874" w:rsidR="00354640" w:rsidRPr="00354640" w:rsidRDefault="00354640" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00354640">
         <w:t>The Commonwealth Ombudsman can also investigate complaints about Australian Government agencies. They investigate to see if the agencies' actions and decisions are wrong, unjust, unlawful, discriminatory or unfair.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08E11BB4" w14:textId="77777777" w:rsidR="00354640" w:rsidRPr="00354640" w:rsidRDefault="00354640" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00127324">
         <w:t>However, you must raise your formal complaint with the department first and seek to resolve the complaint with the department. If you are not satisfied with the outcome, you may wish to contact the</w:t>
       </w:r>
       <w:r w:rsidRPr="00354640">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69" w:history="1">
+      <w:hyperlink r:id="rId66" w:history="1">
         <w:r w:rsidRPr="00354640">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>VET student loan complaints | Commonwealth Ombudsman</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00354640">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10AFB29B" w14:textId="3D709465" w:rsidR="00C1333C" w:rsidRPr="00C1333C" w:rsidRDefault="00D76C1E" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="_Toc210396749"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>28</w:t>
       </w:r>
       <w:r w:rsidR="0058238F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C1333C" w:rsidRPr="00C1333C">
         <w:t>Help and assistance</w:t>
@@ -8582,177 +8586,177 @@
     </w:p>
     <w:p w14:paraId="67F28517" w14:textId="40F9187B" w:rsidR="00C1333C" w:rsidRPr="00C1333C" w:rsidRDefault="00D76C1E" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>28</w:t>
       </w:r>
       <w:r w:rsidR="00C1333C" w:rsidRPr="00C1333C">
         <w:t>.2 Student enquiry line</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="450ABD7A" w14:textId="52DC4E90" w:rsidR="00C1333C" w:rsidRPr="00C1333C" w:rsidRDefault="00C1333C" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00C1333C">
         <w:t xml:space="preserve">The Student Enquiry line provides general advice to students about the VET Student Loans program and the </w:t>
       </w:r>
       <w:r w:rsidR="00F035FD">
         <w:t xml:space="preserve">former </w:t>
       </w:r>
       <w:r w:rsidRPr="00C1333C">
         <w:t>VET FEE-HELP scheme. Call</w:t>
       </w:r>
       <w:r w:rsidR="00BD236E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70" w:history="1">
+      <w:hyperlink r:id="rId67" w:history="1">
         <w:r w:rsidRPr="00C1333C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1800</w:t>
         </w:r>
         <w:r w:rsidR="00BD236E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00C1333C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>020</w:t>
         </w:r>
         <w:r w:rsidR="00BD236E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00C1333C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>108</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C1333C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4813BEF2" w14:textId="69EC55F3" w:rsidR="00C1333C" w:rsidRPr="00C1333C" w:rsidRDefault="00D76C1E" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>28</w:t>
       </w:r>
       <w:r w:rsidR="00C1333C" w:rsidRPr="00C1333C">
         <w:t>.3 Student enquiry form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38912AA6" w14:textId="77777777" w:rsidR="00C1333C" w:rsidRDefault="00C1333C" w:rsidP="00B0724C">
       <w:r w:rsidRPr="00C1333C">
         <w:t xml:space="preserve">You can also contact the VET Student Loan team via the online enquiry form at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71" w:history="1">
+      <w:hyperlink r:id="rId68" w:history="1">
         <w:r w:rsidRPr="00C1333C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Student Enquiries</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C1333C">
         <w:t>. We can provide you with details about the VET Student Loan amounts your provider has reported for you and advise you on your rights and responsibilities as a VET Student Loan student.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21F722A4" w14:textId="28C9A33B" w:rsidR="00C3628A" w:rsidRDefault="00D76C1E" w:rsidP="00B0724C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="53D6CD29">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="7A71BD6E" w:rsidRPr="53D6CD29">
         <w:t>.4 ‘What’s new’ for VSL students</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="013B8746" w14:textId="7DC3B684" w:rsidR="00D0064E" w:rsidRPr="00EA0718" w:rsidRDefault="00172239" w:rsidP="00B0724C">
-      <w:hyperlink r:id="rId72" w:history="1">
+      <w:hyperlink r:id="rId69" w:history="1">
         <w:r w:rsidRPr="00172239">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>What’s new</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C529B">
         <w:t xml:space="preserve">on the </w:t>
       </w:r>
       <w:r>
         <w:t>VSL</w:t>
       </w:r>
       <w:r w:rsidR="001C529B">
         <w:t xml:space="preserve"> webpage has n</w:t>
       </w:r>
       <w:r w:rsidR="001C529B" w:rsidRPr="001C529B">
         <w:t>ews and updates for VET Student Loans students, including important changes to your student loan.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sectPr w:rsidR="00D0064E" w:rsidRPr="00EA0718" w:rsidSect="00BE737E">
-      <w:headerReference w:type="default" r:id="rId73"/>
-      <w:footerReference w:type="default" r:id="rId74"/>
+      <w:headerReference w:type="default" r:id="rId70"/>
+      <w:footerReference w:type="default" r:id="rId71"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="0" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3561C961" w14:textId="77777777" w:rsidR="00C35C12" w:rsidRDefault="00C35C12" w:rsidP="00B0724C">
+    <w:p w14:paraId="33DF2361" w14:textId="77777777" w:rsidR="00B516D7" w:rsidRDefault="00B516D7" w:rsidP="00B0724C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="131504A7" w14:textId="77777777" w:rsidR="00C35C12" w:rsidRDefault="00C35C12" w:rsidP="00B0724C">
+    <w:p w14:paraId="19F1D51A" w14:textId="77777777" w:rsidR="00B516D7" w:rsidRDefault="00B516D7" w:rsidP="00B0724C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -8830,50 +8834,51 @@
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r w:rsidRPr="00877EC0">
       <w:t xml:space="preserve">VSL Student Manual – </w:t>
     </w:r>
     <w:r w:rsidR="002D5BEC">
       <w:t>October</w:t>
     </w:r>
     <w:r w:rsidR="002D5BEC" w:rsidRPr="00877EC0">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00877EC0">
       <w:t>2025</w:t>
     </w:r>
     <w:r w:rsidR="00EA67FC" w:rsidRPr="00877EC0">
       <w:t xml:space="preserve"> | </w:t>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1230123552"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00EA67FC" w:rsidRPr="00877EC0">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00EA67FC" w:rsidRPr="00877EC0">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00EA67FC" w:rsidRPr="00877EC0">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00FF61BE" w:rsidRPr="00877EC0">
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00EA67FC" w:rsidRPr="00877EC0">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="19871C20" w14:textId="77777777" w:rsidR="00EA67FC" w:rsidRDefault="00BE737E" w:rsidP="00B0724C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -8948,58 +8953,58 @@
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
           <w:pict w14:anchorId="31F536DF">
             <v:rect id="Rectangle 1" style="position:absolute;margin-left:0;margin-top:19.8pt;width:595.25pt;height:15.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1026" fillcolor="#009ee3 [3215]" stroked="f" strokeweight="1pt" w14:anchorId="75C35B89" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgCWdgewIAAF4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5tECYGIDYpAVJUQ&#10;RYWKs/HarCWvxx072aS/vmPvRyhFPVTNwbE9b97MvJ3xxeW+sWynMBhwJZ+eTDhTTkJl3EvJvz/e&#10;fDrjLEThKmHBqZIfVOCX648fLlq/UjOowVYKGZG4sGp9yesY/aoogqxVI8IJeOXIqAEbEemIL0WF&#10;oiX2xhazyeS0aAErjyBVCHR73Rn5OvNrrWT8qnVQkdmSU24xr5jX57QW6wuxekHhayP7NMQ/ZNEI&#10;4yjoSHUtomBbNH9QNUYiBNDxREJTgNZGqlwDVTOdvKnmoRZe5VpInOBHmcL/o5V3uwd/jyRD68Mq&#10;0DZVsdfYpH/Kj+2zWIdRLLWPTNLlcrE4P10uOJNkm54v52eLpGZx9PYY4mcFDUubkiN9jKyR2N2G&#10;2EEHSAoWwJrqxlibD6kB1JVFthP06eJ+1pP/hrIuYR0kr44w3RTHUvIuHqxKOOu+Kc1MRcnPciK5&#10;y45BhJTKxWlnqkWlutiLCf2G6ENaudBMmJg1xR+5e4IB2ZEM3F2WPT65qtyko/Pkb4l1zqNHjgwu&#10;js6NcYDvEViqqo/c4QeROmmSSs9QHe6RIXQjEry8MfTZbkWI9wJpJmh6aM7jV1q0hbbk0O84qwF/&#10;vnef8NSqZOWspRkrefixFag4s18cNfH5dD5PQ5kP88VyRgd8bXl+bXHb5gqoF6b0oniZtwkf7bDV&#10;CM0TPQebFJVMwkmKXXIZcThcxW726UGRarPJMBpEL+Kte/AykSdVU1s+7p8E+r53I3X9HQzzKFZv&#10;WrjDJk8Hm20EbXJ/H3Xt9aYhzo3TPzjplXh9zqjjs7j+BQAA//8DAFBLAwQUAAYACAAAACEAOfln&#10;5eAAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0vDQBTE74LfYXmCN7vbiq2JeSkieBAR6R+k&#10;vW2SZzY2+zZkt03007s96XGYYeY32XK0rThR7xvHCNOJAkFcuqrhGmG7eb65B+GD5kq3jgnhmzws&#10;88uLTKeVG3hFp3WoRSxhn2oEE0KXSulLQ1b7ieuIo/fpeqtDlH0tq14Psdy2cqbUXFrdcFwwuqMn&#10;Q+VhfbQI7usn2b4Ob4diY5LyYz+rdy/vA+L11fj4ACLQGP7CcMaP6JBHpsIdufKiRYhHAsJtMgdx&#10;dqeJugNRICzUAmSeyf/8+S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoAlnYHsCAABe&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAOfln5eAA&#10;AAAHAQAADwAAAAAAAAAAAAAAAADVBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;">
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FDAF09E" w14:textId="77777777" w:rsidR="00C35C12" w:rsidRDefault="00C35C12" w:rsidP="00B0724C">
+    <w:p w14:paraId="7A7574E7" w14:textId="77777777" w:rsidR="00B516D7" w:rsidRDefault="00B516D7" w:rsidP="00B0724C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A786573" w14:textId="77777777" w:rsidR="00C35C12" w:rsidRDefault="00C35C12" w:rsidP="00B0724C">
+    <w:p w14:paraId="7568F41C" w14:textId="77777777" w:rsidR="00B516D7" w:rsidRDefault="00B516D7" w:rsidP="00B0724C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3368C378" w14:textId="77777777" w:rsidR="00EA67FC" w:rsidRDefault="00EA67FC" w:rsidP="00B0724C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6CEAE2E4"/>
     <w:lvl w:ilvl="0">
@@ -11966,53 +11971,53 @@
   <w:num w:numId="21" w16cid:durableId="1159930078">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="475152201">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="70200194">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="831675961">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1818565216">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="130052955">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="9"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005D2A05"/>
     <w:rsid w:val="00000005"/>
@@ -12044,50 +12049,51 @@
     <w:rsid w:val="000A4C86"/>
     <w:rsid w:val="000C173F"/>
     <w:rsid w:val="000C24AF"/>
     <w:rsid w:val="000C24B5"/>
     <w:rsid w:val="000C2A33"/>
     <w:rsid w:val="000C2EF6"/>
     <w:rsid w:val="000C7C77"/>
     <w:rsid w:val="000D18BB"/>
     <w:rsid w:val="000E1DA0"/>
     <w:rsid w:val="000E26C0"/>
     <w:rsid w:val="000E2E6B"/>
     <w:rsid w:val="000E32ED"/>
     <w:rsid w:val="000E3D80"/>
     <w:rsid w:val="000E4962"/>
     <w:rsid w:val="000E52BD"/>
     <w:rsid w:val="000F1FA6"/>
     <w:rsid w:val="000F7C5A"/>
     <w:rsid w:val="0011434F"/>
     <w:rsid w:val="00116E2B"/>
     <w:rsid w:val="00120A52"/>
     <w:rsid w:val="00122555"/>
     <w:rsid w:val="001225E4"/>
     <w:rsid w:val="00123122"/>
     <w:rsid w:val="00127324"/>
     <w:rsid w:val="001458CC"/>
+    <w:rsid w:val="001467FB"/>
     <w:rsid w:val="00152B03"/>
     <w:rsid w:val="00157F35"/>
     <w:rsid w:val="00165743"/>
     <w:rsid w:val="00172239"/>
     <w:rsid w:val="00174C9A"/>
     <w:rsid w:val="00177372"/>
     <w:rsid w:val="00186723"/>
     <w:rsid w:val="001904A8"/>
     <w:rsid w:val="001922AA"/>
     <w:rsid w:val="001B2FC9"/>
     <w:rsid w:val="001B6546"/>
     <w:rsid w:val="001B6644"/>
     <w:rsid w:val="001C529B"/>
     <w:rsid w:val="001D47CE"/>
     <w:rsid w:val="001D4F9B"/>
     <w:rsid w:val="001E3486"/>
     <w:rsid w:val="001F2BDB"/>
     <w:rsid w:val="001F4130"/>
     <w:rsid w:val="002031C0"/>
     <w:rsid w:val="002137B4"/>
     <w:rsid w:val="00217EAB"/>
     <w:rsid w:val="00223B7B"/>
     <w:rsid w:val="0022498C"/>
     <w:rsid w:val="00224C07"/>
     <w:rsid w:val="00226837"/>
@@ -12140,98 +12146,100 @@
     <w:rsid w:val="00382F07"/>
     <w:rsid w:val="0038346A"/>
     <w:rsid w:val="00387F5F"/>
     <w:rsid w:val="00391A18"/>
     <w:rsid w:val="00394D88"/>
     <w:rsid w:val="00397378"/>
     <w:rsid w:val="003A6A01"/>
     <w:rsid w:val="003A72F3"/>
     <w:rsid w:val="003B00B7"/>
     <w:rsid w:val="003C348E"/>
     <w:rsid w:val="003C5A00"/>
     <w:rsid w:val="003C653E"/>
     <w:rsid w:val="003D2647"/>
     <w:rsid w:val="003D4AD0"/>
     <w:rsid w:val="003E08B0"/>
     <w:rsid w:val="003E78DA"/>
     <w:rsid w:val="003EE8C5"/>
     <w:rsid w:val="003F2902"/>
     <w:rsid w:val="003F308F"/>
     <w:rsid w:val="00406B31"/>
     <w:rsid w:val="00415C38"/>
     <w:rsid w:val="00415F38"/>
     <w:rsid w:val="004256B3"/>
     <w:rsid w:val="00425DAB"/>
     <w:rsid w:val="00427497"/>
+    <w:rsid w:val="00446253"/>
     <w:rsid w:val="004464C9"/>
     <w:rsid w:val="00451822"/>
     <w:rsid w:val="00453C04"/>
     <w:rsid w:val="00456C7D"/>
     <w:rsid w:val="00462677"/>
     <w:rsid w:val="00466427"/>
     <w:rsid w:val="00466DAA"/>
     <w:rsid w:val="00470D48"/>
     <w:rsid w:val="004717FD"/>
     <w:rsid w:val="004736E6"/>
     <w:rsid w:val="00475987"/>
     <w:rsid w:val="004863DF"/>
     <w:rsid w:val="0048752F"/>
     <w:rsid w:val="004903A0"/>
     <w:rsid w:val="00492E1D"/>
     <w:rsid w:val="0049448D"/>
     <w:rsid w:val="00497764"/>
     <w:rsid w:val="00497A07"/>
     <w:rsid w:val="004A6A3D"/>
     <w:rsid w:val="004A7D4E"/>
     <w:rsid w:val="004B2C1F"/>
     <w:rsid w:val="004B30FA"/>
     <w:rsid w:val="004B3FE6"/>
     <w:rsid w:val="004C3053"/>
     <w:rsid w:val="004C30BB"/>
     <w:rsid w:val="004C4FF4"/>
     <w:rsid w:val="004C4FFF"/>
     <w:rsid w:val="004D7FF3"/>
     <w:rsid w:val="004F14E2"/>
     <w:rsid w:val="004F427F"/>
     <w:rsid w:val="004F72E8"/>
     <w:rsid w:val="00500E04"/>
     <w:rsid w:val="005010F2"/>
     <w:rsid w:val="00501EB4"/>
     <w:rsid w:val="005033B6"/>
     <w:rsid w:val="00505985"/>
     <w:rsid w:val="005122AF"/>
     <w:rsid w:val="0051352E"/>
     <w:rsid w:val="00516A4F"/>
     <w:rsid w:val="00517DA7"/>
     <w:rsid w:val="00520A33"/>
     <w:rsid w:val="00520DAF"/>
     <w:rsid w:val="00522599"/>
     <w:rsid w:val="005242E0"/>
     <w:rsid w:val="005259E0"/>
     <w:rsid w:val="00527749"/>
     <w:rsid w:val="00527AE4"/>
     <w:rsid w:val="00530B90"/>
+    <w:rsid w:val="00531450"/>
     <w:rsid w:val="005379D4"/>
     <w:rsid w:val="0054396E"/>
     <w:rsid w:val="005502A4"/>
     <w:rsid w:val="005549EA"/>
     <w:rsid w:val="00554F36"/>
     <w:rsid w:val="005634DD"/>
     <w:rsid w:val="00564CA2"/>
     <w:rsid w:val="00571009"/>
     <w:rsid w:val="00572F84"/>
     <w:rsid w:val="00575079"/>
     <w:rsid w:val="00580231"/>
     <w:rsid w:val="0058238F"/>
     <w:rsid w:val="0058535E"/>
     <w:rsid w:val="005864BF"/>
     <w:rsid w:val="00590412"/>
     <w:rsid w:val="00595876"/>
     <w:rsid w:val="005A0975"/>
     <w:rsid w:val="005A49DD"/>
     <w:rsid w:val="005A66D9"/>
     <w:rsid w:val="005A6A0B"/>
     <w:rsid w:val="005B5279"/>
     <w:rsid w:val="005B786F"/>
     <w:rsid w:val="005C70FC"/>
     <w:rsid w:val="005D028E"/>
     <w:rsid w:val="005D2A05"/>
@@ -12270,59 +12278,61 @@
     <w:rsid w:val="006D65F1"/>
     <w:rsid w:val="006D7FBF"/>
     <w:rsid w:val="006E1F9F"/>
     <w:rsid w:val="006E5D6E"/>
     <w:rsid w:val="006F1504"/>
     <w:rsid w:val="00705653"/>
     <w:rsid w:val="00721B03"/>
     <w:rsid w:val="00724E81"/>
     <w:rsid w:val="00727A94"/>
     <w:rsid w:val="00732EA8"/>
     <w:rsid w:val="007340B8"/>
     <w:rsid w:val="007420E0"/>
     <w:rsid w:val="007443AF"/>
     <w:rsid w:val="00744C43"/>
     <w:rsid w:val="00746707"/>
     <w:rsid w:val="00750547"/>
     <w:rsid w:val="00755FDB"/>
     <w:rsid w:val="00756FC9"/>
     <w:rsid w:val="00776565"/>
     <w:rsid w:val="00776605"/>
     <w:rsid w:val="007810E4"/>
     <w:rsid w:val="00782658"/>
     <w:rsid w:val="007855CC"/>
     <w:rsid w:val="007866DA"/>
     <w:rsid w:val="0078671B"/>
+    <w:rsid w:val="007873A2"/>
     <w:rsid w:val="00792C4B"/>
     <w:rsid w:val="00793892"/>
     <w:rsid w:val="00794551"/>
     <w:rsid w:val="00796CCE"/>
     <w:rsid w:val="007A3416"/>
     <w:rsid w:val="007A5BC6"/>
     <w:rsid w:val="007A754B"/>
     <w:rsid w:val="007B01C6"/>
     <w:rsid w:val="007B1ABA"/>
+    <w:rsid w:val="007B3343"/>
     <w:rsid w:val="007B709D"/>
     <w:rsid w:val="007B7476"/>
     <w:rsid w:val="007B74C5"/>
     <w:rsid w:val="007C2758"/>
     <w:rsid w:val="007C54D1"/>
     <w:rsid w:val="007C5D09"/>
     <w:rsid w:val="007E5134"/>
     <w:rsid w:val="007E77A5"/>
     <w:rsid w:val="007E7835"/>
     <w:rsid w:val="007F4849"/>
     <w:rsid w:val="007F5212"/>
     <w:rsid w:val="00801715"/>
     <w:rsid w:val="00812793"/>
     <w:rsid w:val="0082744E"/>
     <w:rsid w:val="00830E8A"/>
     <w:rsid w:val="00835C1B"/>
     <w:rsid w:val="00840F68"/>
     <w:rsid w:val="00844232"/>
     <w:rsid w:val="008462F1"/>
     <w:rsid w:val="008507C1"/>
     <w:rsid w:val="00850B4E"/>
     <w:rsid w:val="00857AD2"/>
     <w:rsid w:val="00860AEC"/>
     <w:rsid w:val="00861934"/>
     <w:rsid w:val="00863EDE"/>
@@ -12370,94 +12380,96 @@
     <w:rsid w:val="0095636C"/>
     <w:rsid w:val="0096015F"/>
     <w:rsid w:val="00960C05"/>
     <w:rsid w:val="00972F57"/>
     <w:rsid w:val="00973FE3"/>
     <w:rsid w:val="00975AD4"/>
     <w:rsid w:val="00976DFE"/>
     <w:rsid w:val="0098015A"/>
     <w:rsid w:val="0099189C"/>
     <w:rsid w:val="00995280"/>
     <w:rsid w:val="009B25B6"/>
     <w:rsid w:val="009C4F37"/>
     <w:rsid w:val="009D1474"/>
     <w:rsid w:val="009D1815"/>
     <w:rsid w:val="009D3E4C"/>
     <w:rsid w:val="009D4359"/>
     <w:rsid w:val="009E010E"/>
     <w:rsid w:val="009F05AC"/>
     <w:rsid w:val="009F4B79"/>
     <w:rsid w:val="009F67B1"/>
     <w:rsid w:val="00A03D79"/>
     <w:rsid w:val="00A047C3"/>
     <w:rsid w:val="00A067A0"/>
     <w:rsid w:val="00A105F8"/>
     <w:rsid w:val="00A1334E"/>
+    <w:rsid w:val="00A14DCB"/>
     <w:rsid w:val="00A22849"/>
     <w:rsid w:val="00A23218"/>
     <w:rsid w:val="00A24E6E"/>
     <w:rsid w:val="00A33415"/>
     <w:rsid w:val="00A341B1"/>
     <w:rsid w:val="00A37A75"/>
     <w:rsid w:val="00A43694"/>
     <w:rsid w:val="00A45E38"/>
     <w:rsid w:val="00A56083"/>
     <w:rsid w:val="00A56FC7"/>
     <w:rsid w:val="00A62A72"/>
     <w:rsid w:val="00A72575"/>
     <w:rsid w:val="00A74071"/>
     <w:rsid w:val="00A74074"/>
     <w:rsid w:val="00AA124A"/>
     <w:rsid w:val="00AA2A96"/>
     <w:rsid w:val="00AA6CCD"/>
     <w:rsid w:val="00AB5AB4"/>
     <w:rsid w:val="00AC077A"/>
     <w:rsid w:val="00AC205C"/>
     <w:rsid w:val="00AD043F"/>
     <w:rsid w:val="00AD1D01"/>
     <w:rsid w:val="00AD2D59"/>
     <w:rsid w:val="00AD448E"/>
     <w:rsid w:val="00AD4F78"/>
     <w:rsid w:val="00AD551F"/>
     <w:rsid w:val="00AE18A9"/>
     <w:rsid w:val="00AE35C3"/>
     <w:rsid w:val="00AF7E76"/>
     <w:rsid w:val="00B010D9"/>
     <w:rsid w:val="00B01216"/>
     <w:rsid w:val="00B05D18"/>
     <w:rsid w:val="00B0724C"/>
     <w:rsid w:val="00B07A3E"/>
     <w:rsid w:val="00B07C28"/>
     <w:rsid w:val="00B100CC"/>
     <w:rsid w:val="00B11A2F"/>
     <w:rsid w:val="00B11E82"/>
     <w:rsid w:val="00B14B2B"/>
     <w:rsid w:val="00B158A7"/>
     <w:rsid w:val="00B2076F"/>
     <w:rsid w:val="00B20B71"/>
     <w:rsid w:val="00B23BDD"/>
     <w:rsid w:val="00B50F4C"/>
+    <w:rsid w:val="00B516D7"/>
     <w:rsid w:val="00B552B6"/>
     <w:rsid w:val="00B557AB"/>
     <w:rsid w:val="00B578CF"/>
     <w:rsid w:val="00B62042"/>
     <w:rsid w:val="00B6354E"/>
     <w:rsid w:val="00B6378A"/>
     <w:rsid w:val="00B66808"/>
     <w:rsid w:val="00B6689D"/>
     <w:rsid w:val="00B72368"/>
     <w:rsid w:val="00B7709E"/>
     <w:rsid w:val="00B800BC"/>
     <w:rsid w:val="00B80160"/>
     <w:rsid w:val="00B820B4"/>
     <w:rsid w:val="00B86353"/>
     <w:rsid w:val="00B92A8A"/>
     <w:rsid w:val="00BA0B9A"/>
     <w:rsid w:val="00BA3409"/>
     <w:rsid w:val="00BA4899"/>
     <w:rsid w:val="00BB2285"/>
     <w:rsid w:val="00BB480B"/>
     <w:rsid w:val="00BB4A43"/>
     <w:rsid w:val="00BB5CC1"/>
     <w:rsid w:val="00BB7C22"/>
     <w:rsid w:val="00BD19F0"/>
     <w:rsid w:val="00BD236E"/>
@@ -12480,50 +12492,51 @@
     <w:rsid w:val="00C3628A"/>
     <w:rsid w:val="00C37140"/>
     <w:rsid w:val="00C441E2"/>
     <w:rsid w:val="00C546C2"/>
     <w:rsid w:val="00C54D58"/>
     <w:rsid w:val="00C573E1"/>
     <w:rsid w:val="00C67990"/>
     <w:rsid w:val="00C67A65"/>
     <w:rsid w:val="00C702F7"/>
     <w:rsid w:val="00C74B9B"/>
     <w:rsid w:val="00C7506A"/>
     <w:rsid w:val="00C80CE0"/>
     <w:rsid w:val="00C85ACF"/>
     <w:rsid w:val="00C864FC"/>
     <w:rsid w:val="00C918AC"/>
     <w:rsid w:val="00C95DF6"/>
     <w:rsid w:val="00C97A66"/>
     <w:rsid w:val="00CB0A06"/>
     <w:rsid w:val="00CB2137"/>
     <w:rsid w:val="00CC1425"/>
     <w:rsid w:val="00CC4108"/>
     <w:rsid w:val="00CC5A23"/>
     <w:rsid w:val="00CD408E"/>
     <w:rsid w:val="00CD7332"/>
     <w:rsid w:val="00CE22D0"/>
+    <w:rsid w:val="00CE2836"/>
     <w:rsid w:val="00CE6650"/>
     <w:rsid w:val="00CF23EE"/>
     <w:rsid w:val="00CF48AB"/>
     <w:rsid w:val="00CF60FF"/>
     <w:rsid w:val="00D0064E"/>
     <w:rsid w:val="00D023D0"/>
     <w:rsid w:val="00D07A7E"/>
     <w:rsid w:val="00D102EE"/>
     <w:rsid w:val="00D16F09"/>
     <w:rsid w:val="00D201BA"/>
     <w:rsid w:val="00D248AC"/>
     <w:rsid w:val="00D26E36"/>
     <w:rsid w:val="00D3393A"/>
     <w:rsid w:val="00D5038A"/>
     <w:rsid w:val="00D5507E"/>
     <w:rsid w:val="00D63EB8"/>
     <w:rsid w:val="00D67995"/>
     <w:rsid w:val="00D74107"/>
     <w:rsid w:val="00D76C1E"/>
     <w:rsid w:val="00D77075"/>
     <w:rsid w:val="00D8227A"/>
     <w:rsid w:val="00D86440"/>
     <w:rsid w:val="00D9075F"/>
     <w:rsid w:val="00D927F0"/>
     <w:rsid w:val="00D97520"/>
@@ -12534,99 +12547,101 @@
     <w:rsid w:val="00DB7E40"/>
     <w:rsid w:val="00DC795A"/>
     <w:rsid w:val="00DD7983"/>
     <w:rsid w:val="00DE0FC1"/>
     <w:rsid w:val="00DE4697"/>
     <w:rsid w:val="00DE61C8"/>
     <w:rsid w:val="00DF153F"/>
     <w:rsid w:val="00DF1EFB"/>
     <w:rsid w:val="00DF3319"/>
     <w:rsid w:val="00DF362C"/>
     <w:rsid w:val="00DF7A31"/>
     <w:rsid w:val="00E0682B"/>
     <w:rsid w:val="00E07E86"/>
     <w:rsid w:val="00E1236E"/>
     <w:rsid w:val="00E173B7"/>
     <w:rsid w:val="00E21422"/>
     <w:rsid w:val="00E27602"/>
     <w:rsid w:val="00E30812"/>
     <w:rsid w:val="00E33C54"/>
     <w:rsid w:val="00E34955"/>
     <w:rsid w:val="00E35893"/>
     <w:rsid w:val="00E51F17"/>
     <w:rsid w:val="00E5771B"/>
     <w:rsid w:val="00E6627D"/>
     <w:rsid w:val="00E77BAB"/>
+    <w:rsid w:val="00E845E5"/>
     <w:rsid w:val="00E85451"/>
     <w:rsid w:val="00E866AC"/>
     <w:rsid w:val="00E8732B"/>
     <w:rsid w:val="00E878BB"/>
     <w:rsid w:val="00E96BE7"/>
     <w:rsid w:val="00EA0718"/>
     <w:rsid w:val="00EA2AB7"/>
     <w:rsid w:val="00EA2ADD"/>
     <w:rsid w:val="00EA323A"/>
     <w:rsid w:val="00EA32F7"/>
     <w:rsid w:val="00EA48A5"/>
     <w:rsid w:val="00EA67FC"/>
     <w:rsid w:val="00EB30F9"/>
     <w:rsid w:val="00EB5E24"/>
     <w:rsid w:val="00EC3468"/>
     <w:rsid w:val="00ED2882"/>
     <w:rsid w:val="00ED3309"/>
     <w:rsid w:val="00ED3B46"/>
     <w:rsid w:val="00EE5C21"/>
     <w:rsid w:val="00EF17B5"/>
     <w:rsid w:val="00EF3A6B"/>
     <w:rsid w:val="00EF3F5A"/>
     <w:rsid w:val="00EF484A"/>
     <w:rsid w:val="00F02787"/>
     <w:rsid w:val="00F035FD"/>
     <w:rsid w:val="00F079E7"/>
     <w:rsid w:val="00F14726"/>
     <w:rsid w:val="00F160CE"/>
     <w:rsid w:val="00F2077C"/>
     <w:rsid w:val="00F230CD"/>
     <w:rsid w:val="00F24DA8"/>
     <w:rsid w:val="00F30637"/>
     <w:rsid w:val="00F308E3"/>
     <w:rsid w:val="00F31A69"/>
     <w:rsid w:val="00F33142"/>
     <w:rsid w:val="00F36F7E"/>
     <w:rsid w:val="00F37DF2"/>
     <w:rsid w:val="00F417F8"/>
     <w:rsid w:val="00F51467"/>
     <w:rsid w:val="00F51C18"/>
     <w:rsid w:val="00F611F7"/>
     <w:rsid w:val="00F6122B"/>
     <w:rsid w:val="00F633F3"/>
     <w:rsid w:val="00F73362"/>
     <w:rsid w:val="00F80337"/>
     <w:rsid w:val="00F84A44"/>
     <w:rsid w:val="00F91493"/>
     <w:rsid w:val="00F9343F"/>
     <w:rsid w:val="00F97626"/>
+    <w:rsid w:val="00FA2D42"/>
     <w:rsid w:val="00FA31E2"/>
     <w:rsid w:val="00FA5158"/>
     <w:rsid w:val="00FA7C96"/>
     <w:rsid w:val="00FB34AA"/>
     <w:rsid w:val="00FB4A66"/>
     <w:rsid w:val="00FB687B"/>
     <w:rsid w:val="00FC3DC8"/>
     <w:rsid w:val="00FC6375"/>
     <w:rsid w:val="00FC7D6D"/>
     <w:rsid w:val="00FD0C1E"/>
     <w:rsid w:val="00FD19AF"/>
     <w:rsid w:val="00FE655D"/>
     <w:rsid w:val="00FF5B70"/>
     <w:rsid w:val="00FF5BB9"/>
     <w:rsid w:val="00FF61BE"/>
     <w:rsid w:val="0119DB6B"/>
     <w:rsid w:val="016DFA21"/>
     <w:rsid w:val="017BE489"/>
     <w:rsid w:val="018D987C"/>
     <w:rsid w:val="01B38688"/>
     <w:rsid w:val="024869D1"/>
     <w:rsid w:val="03126BEF"/>
     <w:rsid w:val="033E7F59"/>
     <w:rsid w:val="039B5117"/>
     <w:rsid w:val="03A14493"/>
@@ -12989,51 +13004,50 @@
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0E27599D"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{9396EAED-84FD-49BA-B51E-157D9E08F50C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14312,55 +14326,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1798378953">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.homeaffairs.gov.au/busi/visas-and-migration/visa-entitlement-verification-online-(vevo)" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/learn-and-train/courses" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/Individuals/Study-and-training-support-loans/Voluntary-repayments/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usi.gov.au/students/create-your-usi/verifying-your-identity" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asqa.gov.au/complaints" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:complaints@dewr.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.studyassist.gov.au/help-loans/combined-help-loan-limit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://immi.homeaffairs.gov.au/citizenship/certificate/get-a-certificate" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myhelpbalance.gov.au/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/tax-rates-and-codes/study-and-training-support-loans-rates-and-repayment-thresholds" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/Individuals/Study-and-training-support-loans/When-you-must-repay-your-loan/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/support/financial-assistance/assistance-for-vet-students/vsl-calculator" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.gov.au/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman.gov.au/complaints/vet-student-loan-complaints" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:133873" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.gov.au/tps" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/support/financial-assistance/assistance-for-vet-students/vsl-eligibility-check" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/learn-and-train/training-providers?providerFeatureIds%5B0%5D=2&amp;pageNumber=1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.studyassist.gov.au/help-loans/combined-help-loan-limit" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myhelpbalance.gov.au/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/learn-and-train/courses" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/Rates/HELP,-TSL-and-SFSS-repayment-thresholds-and-rates/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.usi.gov.au/student/?_gl=1*10qwh99*_ga*MjkwODE1MDU4LjE3NTE5NDA4OTA.*_ga_JQP9YEEYRY*czE3NTM0MjQ2MzUkbzQ3JGcxJHQxNzUzNDI1NDIyJGo1NyRsMCRoMA.." TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman.gov.au/complaints/vet-student-loan-complaints" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asqa.gov.au/complaints" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman.gov.au/complaints/vet-student-loan-complaints" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usi.gov.au/contact-us/students" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/whats-new" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/legalcode" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://immi.homeaffairs.gov.au/help-support/departmental-forms/online-forms/request-international-movement-records" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myhelpbalance.gov.au/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/Calculators-and-tools/Study-and-training-loan-repayment-calculator/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usi.gov.au/usi-vet-transcripts/students-and-their-vet-transcripts" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.art.gov.au/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/about-department/resources/complaints-factsheet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/resources/vet-student-loans-2025-course-list-and-loan-caps-students" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.gov.au/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.humanservices.gov.au/customer/enablers/request-document-using-your-centrelink-online-account" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman.gov.au/complaints/vet-student-loan-complaints" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:1800020108" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image001.png@01CC5B5E.C6C84990" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/resources/statutory-declaration-form-citizenship-first-nations-student-birth-not-registered" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/resources/vet-student-loans-2025-course-list-and-loan-caps-students" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myhelpbalance.gov.au/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usi.gov.au/students/find-your-usi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/vet-information-students/student-enquiries" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myhelpbalance.gov.au/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/support/financial-assistance/assistance-for-vet-students/vsl-calculator" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/resources/vet-student-loans-parental-consent-form" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/vet-information-students/student-enquiries" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/national-training-complaints-hotline" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/General/Online-services/Online-services-for-individuals-and-sole-traders/ATO-online-services-and-myGov/Using-ATO-online-services/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.gov.au/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../Get%20a%20USI%20|%20Unique%20Student%20Identifier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eCAFsystem@education.gov.au" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/student-enquiries" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\FB2616\Downloads\3440%20VET%20Student%20Loans%20A4%20Report%20template%20-%20Portrait%20(2).dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.studyassist.gov.au/help-loans/combined-help-loan-limit" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://immi.homeaffairs.gov.au/citizenship/certificate/get-a-certificate" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/support/financial-assistance/assistance-for-vet-students/vsl-calculator" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usi.gov.au/students/create-your-usi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:133873" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/student-enquiries" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/support/financial-assistance/assistance-for-vet-students/vsl-eligibility-check" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myhelpbalance.gov.au/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.studyassist.gov.au/help-loans/combined-help-loan-limit" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/learn-and-train/courses" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/Individuals/Study-and-training-support-loans/When-you-must-repay-your-loan/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/Rates/HELP,-TSL-and-SFSS-repayment-thresholds-and-rates/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.usi.gov.au/student/?_gl=1*10qwh99*_ga*MjkwODE1MDU4LjE3NTE5NDA4OTA.*_ga_JQP9YEEYRY*czE3NTM0MjQ2MzUkbzQ3JGcxJHQxNzUzNDI1NDIyJGo1NyRsMCRoMA.." TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman.gov.au/complaints/vet-student-loan-complaints" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.education.gov.au/tps" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman.gov.au/complaints/vet-student-loan-complaints" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asqa.gov.au/complaints" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/learn-and-train/training-providers?providerFeatureIds%5B0%5D=2&amp;pageNumber=1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/legalcode" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://immi.homeaffairs.gov.au/help-support/departmental-forms/online-forms/request-international-movement-records" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myhelpbalance.gov.au/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myhelpbalance.gov.au/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/Calculators-and-tools/Study-and-training-loan-repayment-calculator/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usi.gov.au/usi-vet-transcripts/students-and-their-vet-transcripts" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usi.gov.au/contact-us/students" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.art.gov.au/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/about-department/resources/complaints-factsheet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/whats-new" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.humanservices.gov.au/customer/enablers/request-document-using-your-centrelink-online-account" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image001.png@01CC5B5E.C6C84990" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/resources/vet-student-loans-2025-course-list-and-loan-caps-students" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/resources/vet-student-loans-2025-course-list-and-loan-caps-students" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myhelpbalance.gov.au/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.gov.au/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usi.gov.au/students/find-your-usi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman.gov.au/complaints/vet-student-loan-complaints" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="tel:1800020108" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/resources/statutory-declaration-form-citizenship-first-nations-student-birth-not-registered" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/support/financial-assistance/assistance-for-vet-students/vsl-calculator" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/vet-information-students/student-enquiries" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/national-training-complaints-hotline" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.homeaffairs.gov.au/busi/visas-and-migration/visa-entitlement-verification-online-(vevo)" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myhelpbalance.gov.au/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/General/Online-services/Online-services-for-individuals-and-sole-traders/ATO-online-services-and-myGov/Using-ATO-online-services/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/resources/vet-student-loans-parental-consent-form" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/vet-student-loans/vet-information-students/student-enquiries" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.gov.au/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usi.gov.au/students/create-your-usi/verifying-your-identity" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eCAFsystem@education.gov.au" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asqa.gov.au/complaints" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:complaints@dewr.gov.au" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.yourcareer.gov.au/learn-and-train/courses" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/Individuals/Study-and-training-support-loans/Voluntary-repayments/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ato.gov.au/tax-rates-and-codes/study-and-training-support-loans-rates-and-repayment-thresholds" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.gov.au/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman.gov.au/complaints/vet-student-loan-complaints" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Custom 6">
       <a:dk1>
         <a:srgbClr val="292065"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="009EE3"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="C9EEFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="F2555C"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="8D87C9"/>
       </a:accent2>
       <a:accent3>
@@ -14524,448 +14534,115 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-</file>
-[...253 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BCFBAE4-E725-4DF2-B706-BFF2534F0859}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...36 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>3440 VET Student Loans A4 Report template - Portrait (2).dotx</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>28</Pages>
-  <Words>9628</Words>
-  <Characters>46715</Characters>
+  <Words>11174</Words>
+  <Characters>54198</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>870</Lines>
-  <Paragraphs>494</Paragraphs>
+  <Lines>1022</Lines>
+  <Paragraphs>688</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>VSL A4 Report template</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>55994</CharactersWithSpaces>
+  <CharactersWithSpaces>64684</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>VSL A4 Report template</dc:title>
+  <dc:title>VET Student Loans – October 2025</dc:title>
   <dc:subject/>
-  <dc:creator>BARLING,Fiona</dc:creator>
-  <cp:keywords>VSL A4 Report template</cp:keywords>
+  <dc:creator/>
+  <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_5f877481-9e35-4b68-b667-876a73c6db41_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_5f877481-9e35-4b68-b667-876a73c6db41_SetDate">
-    <vt:lpwstr>2022-06-10T09:07:07Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SetDate">
+    <vt:lpwstr>2025-10-29T01:29:04Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_5f877481-9e35-4b68-b667-876a73c6db41_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5f877481-9e35-4b68-b667-876a73c6db41_Name">
-    <vt:lpwstr>5f877481-9e35-4b68-b667-876a73c6db41</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Name">
+    <vt:lpwstr>79d889eb-932f-4752-8739-64d25806ef64</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5f877481-9e35-4b68-b667-876a73c6db41_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SiteId">
     <vt:lpwstr>dd0cfd15-4558-4b12-8bad-ea26984fc417</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5f877481-9e35-4b68-b667-876a73c6db41_ActionId">
-    <vt:lpwstr>8954ec76-2a94-4114-b14b-903fdc821a05</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ActionId">
+    <vt:lpwstr>1ddcc506-5959-4d91-a54f-4f5afc273e44</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_5f877481-9e35-4b68-b667-876a73c6db41_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ItemKeywords">
-[...24 lines deleted...]
-    <vt:lpwstr/>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>