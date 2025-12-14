--- v0 (2025-10-27)
+++ v1 (2025-12-14)
@@ -394,129 +394,129 @@
       </w:r>
       <w:r w:rsidR="007E4A35">
         <w:t>Work Health and Safety</w:t>
       </w:r>
       <w:r w:rsidR="001238B1">
         <w:t xml:space="preserve"> Laws</w:t>
       </w:r>
       <w:r w:rsidRPr="006449F1">
         <w:t xml:space="preserve"> or any other legislation or laws relevant to the respective jurisdictions in which Providers operate, the relevant legislation </w:t>
       </w:r>
       <w:r w:rsidR="001238B1">
         <w:t xml:space="preserve">or laws </w:t>
       </w:r>
       <w:r w:rsidRPr="006449F1">
         <w:t xml:space="preserve">will prevail. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CD6CA13" w14:textId="49620509" w:rsidR="000F7631" w:rsidRDefault="000F7631" w:rsidP="00E6295F">
       <w:pPr>
         <w:pStyle w:val="FrontPageHeading"/>
       </w:pPr>
       <w:r>
         <w:t>Version History</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="316E8938" w14:textId="78BBB237" w:rsidR="00CA41FB" w:rsidRPr="00726FC7" w:rsidRDefault="00CA41FB" w:rsidP="00EE7C9C">
+    <w:p w14:paraId="316E8938" w14:textId="782BAFED" w:rsidR="00CA41FB" w:rsidRPr="00726FC7" w:rsidRDefault="00CA41FB" w:rsidP="00EE7C9C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="5529"/>
         </w:tabs>
         <w:ind w:right="-330"/>
       </w:pPr>
       <w:r w:rsidRPr="00726FC7">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
       <w:r w:rsidR="00F61D68" w:rsidRPr="00726FC7">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007538AA" w:rsidRPr="00726FC7">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002807C9">
+      <w:r w:rsidR="007F66C5">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00EE7C9C">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005E7C2C" w:rsidRPr="00726FC7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Published on: </w:t>
       </w:r>
-      <w:r w:rsidR="005B4169">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> September 2025</w:t>
+      <w:r w:rsidR="00410A31">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="007F66C5">
+        <w:t xml:space="preserve"> October 2025</w:t>
       </w:r>
       <w:r w:rsidR="00EE7C9C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00726FC7">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>Effective from:</w:t>
       </w:r>
       <w:r w:rsidRPr="00726FC7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00726FC7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002807C9">
-        <w:t>1 October 2025</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> has been updated. </w:t>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="007F66C5">
+        <w:t xml:space="preserve">November </w:t>
+      </w:r>
+      <w:r w:rsidR="002807C9">
+        <w:t>2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD7FB6A" w14:textId="0FD39412" w:rsidR="007F2AE3" w:rsidRDefault="007F2AE3" w:rsidP="007F2AE3">
+      <w:r>
+        <w:t xml:space="preserve">In this version of the Guideline, the Operational Requirements Chapter has been updated. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E31F38C" w14:textId="576EB41B" w:rsidR="00EE7C9C" w:rsidRDefault="00EE7C9C" w:rsidP="00EE7C9C">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="1AllTextNormalCharacter"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A full version history of this Guideline can be found on </w:t>
       </w:r>
       <w:r w:rsidRPr="00E41A79">
         <w:rPr>
           <w:rStyle w:val="1AllTextNormalCharacter"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00F160F2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Archived Guidelines</w:t>
         </w:r>
       </w:hyperlink>
@@ -573,51 +573,51 @@
           <w:rFonts w:ascii="Aptos SemiBold" w:hAnsi="Aptos SemiBold" w:cstheme="majorBidi"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="5A1E35" w:themeColor="text2"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="6F51BD4B" w14:textId="26623E63" w:rsidR="00DD5D50" w:rsidRDefault="00DD5D50" w:rsidP="00AC3673">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:noProof/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="2A663341" w14:textId="4A3DD19D" w:rsidR="00E56C6E" w:rsidRDefault="00591776">
+    <w:p w14:paraId="2A663341" w14:textId="42424946" w:rsidR="00E56C6E" w:rsidRDefault="00591776">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9465"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-1" \h \z \t "Heading 2,2,Attachment Heading,2,Glossary Heading,2,Heading 2 - Numbered,2,Heading 2 - Numbered Chapter,2,Chapters Numbered,2" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
@@ -645,67 +645,67 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00E56C6E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184805565 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00E56C6E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00E56C6E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00820B50">
+        <w:r w:rsidR="00422D2E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00E56C6E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2DC9014E" w14:textId="0612354C" w:rsidR="00E56C6E" w:rsidRDefault="00E56C6E">
+    <w:p w14:paraId="2DC9014E" w14:textId="54135525" w:rsidR="00E56C6E" w:rsidRDefault="00E56C6E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9465"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184805566" w:history="1">
         <w:r w:rsidRPr="00AE3EB8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Chapter 1.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
@@ -731,67 +731,67 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184805566 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00820B50">
+        <w:r w:rsidR="00422D2E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1343EC20" w14:textId="468A56F5" w:rsidR="00E56C6E" w:rsidRDefault="00E56C6E">
+    <w:p w14:paraId="1343EC20" w14:textId="60CCBD27" w:rsidR="00E56C6E" w:rsidRDefault="00E56C6E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9465"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184805567" w:history="1">
         <w:r w:rsidRPr="00AE3EB8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Chapter 2.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
@@ -817,67 +817,67 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184805567 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00820B50">
+        <w:r w:rsidR="00422D2E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FC6327C" w14:textId="06060202" w:rsidR="00E56C6E" w:rsidRDefault="00E56C6E">
+    <w:p w14:paraId="2FC6327C" w14:textId="65338EE0" w:rsidR="00E56C6E" w:rsidRDefault="00E56C6E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9465"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184805568" w:history="1">
         <w:r w:rsidRPr="00AE3EB8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Chapter 3.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
@@ -903,67 +903,67 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184805568 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00820B50">
+        <w:r w:rsidR="00422D2E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>23</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="618B94FD" w14:textId="026A0C50" w:rsidR="00E56C6E" w:rsidRDefault="00E56C6E">
+    <w:p w14:paraId="618B94FD" w14:textId="59CD827E" w:rsidR="00E56C6E" w:rsidRDefault="00E56C6E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9465"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184805569" w:history="1">
         <w:r w:rsidRPr="00AE3EB8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Chapter 4.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
@@ -989,67 +989,67 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184805569 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00820B50">
+        <w:r w:rsidR="00422D2E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>41</w:t>
+          <w:t>36</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42DF94DD" w14:textId="3F986FFB" w:rsidR="00E56C6E" w:rsidRDefault="00E56C6E">
+    <w:p w14:paraId="42DF94DD" w14:textId="64945BC6" w:rsidR="00E56C6E" w:rsidRDefault="00E56C6E">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1540"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9465"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:noProof/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184805570" w:history="1">
         <w:r w:rsidRPr="00AE3EB8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Chapter 5.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
@@ -1075,56 +1075,56 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184805570 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00820B50">
+        <w:r w:rsidR="00422D2E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>63</w:t>
+          <w:t>55</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3D8C93CB" w14:textId="165EABCB" w:rsidR="00AC3673" w:rsidRPr="00AC3673" w:rsidRDefault="00591776" w:rsidP="00AC3673">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29EAE53F" w14:textId="649AA0A0" w:rsidR="00CA3C48" w:rsidRDefault="00CA3C48" w:rsidP="000F7631">
       <w:r>
@@ -2187,79 +2187,95 @@
       </w:r>
       <w:r w:rsidR="00C933E7">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6921">
         <w:t>epartment’s IT Systems, the Provider acknowledges and agrees that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F315363" w14:textId="68385071" w:rsidR="00FD6070" w:rsidRPr="00BF6921" w:rsidRDefault="00FD6070" w:rsidP="00FD6070">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF6921">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00C933E7">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6921">
         <w:t xml:space="preserve">epartment can issue an RCTI to the Provider for the delivery of those </w:t>
       </w:r>
       <w:r w:rsidR="004F097D">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6921">
-        <w:t xml:space="preserve">ervices under the Deed; </w:t>
+        <w:t xml:space="preserve">ervices under the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF6921">
+        <w:t>Deed;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF6921">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5258F320" w14:textId="78E329E4" w:rsidR="00FD6070" w:rsidRPr="00BF6921" w:rsidRDefault="00FD6070" w:rsidP="00FD6070">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF6921">
         <w:t xml:space="preserve">it will not render a Tax Invoice to the </w:t>
       </w:r>
       <w:r w:rsidR="00C933E7">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6921">
         <w:t xml:space="preserve">epartment for the delivery of </w:t>
       </w:r>
       <w:r w:rsidR="004F097D">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6921">
         <w:t xml:space="preserve">ervices under the Deed for which the RCTI relates; and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3973FDB3" w14:textId="14C412C6" w:rsidR="00FD6070" w:rsidRPr="00BF6921" w:rsidRDefault="00FD6070" w:rsidP="00FD6070">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF6921">
-        <w:t xml:space="preserve">it is registered for GST and it will notify the </w:t>
+        <w:t xml:space="preserve">it is registered for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF6921">
+        <w:t>GST</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF6921">
+        <w:t xml:space="preserve"> and it will notify the </w:t>
       </w:r>
       <w:r w:rsidR="00C933E7">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6921">
         <w:t xml:space="preserve">epartment if it ceases to be registered for GST. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D88529" w14:textId="0CA035CA" w:rsidR="00FD6070" w:rsidRDefault="00FD6070" w:rsidP="00FD6070">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF6921">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00C933E7">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF6921">
         <w:t>epartment acknowledges that it is registered for GST and will notify the Provider if it ceases to be registered for GST.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p w14:paraId="5C94B20D" w14:textId="33204266" w:rsidR="00FD6070" w:rsidRDefault="00FD6070" w:rsidP="001E6D15">
       <w:pPr>
@@ -3187,51 +3203,59 @@
       </w:r>
       <w:r w:rsidR="00A367F0">
         <w:t>or Corruption</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DBCB8D7" w14:textId="374E36EF" w:rsidR="00FD6070" w:rsidRDefault="00FD6070" w:rsidP="00FD6070">
       <w:r>
         <w:t xml:space="preserve">All current and former Personnel of a Provider who suspect </w:t>
       </w:r>
       <w:r w:rsidR="00B51CD5">
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">raud </w:t>
       </w:r>
       <w:r w:rsidR="00A367F0">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00B51CD5">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00A367F0">
         <w:t xml:space="preserve">orruption </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">should report their concerts to the Department's tip off line at </w:t>
+        <w:t xml:space="preserve">should report their concerts to the Department's tip </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>off line</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00E53C46" w:rsidRPr="00E53C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ESTipOff@dewr.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C0189CB" w14:textId="3280E794" w:rsidR="00FD6070" w:rsidRDefault="00FD6070" w:rsidP="00436D09">
       <w:r>
         <w:t xml:space="preserve">Anyone wanting to </w:t>
       </w:r>
       <w:r w:rsidRPr="00111183">
         <w:t xml:space="preserve">anonymously report </w:t>
       </w:r>
       <w:r w:rsidR="00B51CD5">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00111183">
         <w:t xml:space="preserve">raud </w:t>
@@ -3486,51 +3510,59 @@
         <w:t xml:space="preserve">Any dispute or problem that cannot be resolved through this informal resolution process will be managed through the formal dispute resolution process set out in the Deed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EFA5B99" w14:textId="653FD9A7" w:rsidR="00913FB0" w:rsidRDefault="00913FB0" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading3-Numbered"/>
       </w:pPr>
       <w:r>
         <w:t>Commonwealth Child Safety Framework</w:t>
       </w:r>
       <w:r w:rsidR="00604D0A">
         <w:t xml:space="preserve"> (CCSF)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C7EB72" w14:textId="08238C92" w:rsidR="00A84103" w:rsidRPr="00A84103" w:rsidRDefault="00A84103" w:rsidP="00A84103">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00A84103">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
       <w:r w:rsidRPr="00A84103">
-        <w:t>In response to the Royal Commission into Institutional Responses to Child Sexual Abuse, the Australian Government developed the Commonwealth Child Safe Framework (CCSF) as a whole of government policy that sets out the minimum standards for child safe practices within Commonwealth entities. The Commonwealth response includes a commitment to require any institution it funds to undertake child-related work to adopt the </w:t>
+        <w:t xml:space="preserve">In response to the Royal Commission into Institutional Responses to Child Sexual Abuse, the Australian Government developed the Commonwealth Child Safe Framework (CCSF) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A84103">
+        <w:t>as a whole of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A84103">
+        <w:t xml:space="preserve"> government policy that sets out the minimum standards for child safe practices within Commonwealth entities. The Commonwealth response includes a commitment to require any institution it funds to undertake child-related work to adopt the </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="000930F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>National Principles for Child Safe Organisations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EC3F35">
         <w:t xml:space="preserve"> (National Principles)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A84103">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E452D5B" w14:textId="1D8F7AA9" w:rsidR="00963171" w:rsidRDefault="00723D74" w:rsidP="00A84103">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Where </w:t>
       </w:r>
       <w:r w:rsidR="0064354D">
         <w:t xml:space="preserve">the CCSF is </w:t>
@@ -3879,52 +3911,57 @@
       </w:r>
       <w:hyperlink r:id="rId28">
         <w:r w:rsidR="00487D70" w:rsidRPr="32A04880">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>AHRC's Child Safe Organisations website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DC64CB">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77153185" w14:textId="77777777" w:rsidR="0057387E" w:rsidRDefault="0057387E" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:r>
         <w:t>Reporting of Incidents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C77BB96" w14:textId="0F507E3F" w:rsidR="001A271C" w:rsidRDefault="00EF2574" w:rsidP="006B713C">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
-      <w:r>
-        <w:t>In the course of delivering Services, Providers may</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>In the course of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> delivering Services, Providers may</w:t>
       </w:r>
       <w:r w:rsidR="003E6F86">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00802658">
         <w:t>identify</w:t>
       </w:r>
       <w:r w:rsidR="003E6F86">
         <w:t xml:space="preserve"> concerns </w:t>
       </w:r>
       <w:r w:rsidR="00802658">
         <w:t>they have about a Child or Children</w:t>
       </w:r>
       <w:r w:rsidR="00EE4EB4">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00802658">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE4EB4">
         <w:t xml:space="preserve">whether they are </w:t>
       </w:r>
       <w:r w:rsidR="00E44F5A">
         <w:t>a Participant</w:t>
       </w:r>
@@ -4065,79 +4102,99 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC5D92E" w14:textId="52FD1EB0" w:rsidR="00423BFB" w:rsidRPr="00504111" w:rsidRDefault="00423BFB" w:rsidP="00423BFB">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00504111">
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="0095090A">
         <w:t xml:space="preserve">child friendly and </w:t>
       </w:r>
       <w:r w:rsidRPr="00504111">
         <w:t xml:space="preserve">accessible for </w:t>
       </w:r>
       <w:r w:rsidR="0095090A">
         <w:t xml:space="preserve">parents, including </w:t>
       </w:r>
       <w:r w:rsidRPr="00504111">
         <w:t>people with a disability</w:t>
       </w:r>
       <w:r w:rsidR="0095090A">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00F577F5">
-        <w:t>/or their children with a disability</w:t>
+        <w:t xml:space="preserve">/or their children with a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F577F5">
+        <w:t>disability</w:t>
       </w:r>
       <w:r w:rsidRPr="00504111">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3D297D86" w14:textId="56B766DB" w:rsidR="00423BFB" w:rsidRPr="00504111" w:rsidRDefault="00423BFB" w:rsidP="00423BFB">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00504111">
-        <w:t>are presented in a manner that upholds and maintains the good reputation of Services as determined by the Department;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">are presented in a manner that upholds and maintains the good reputation of Services as determined by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00504111">
+        <w:t>Department;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7BC13FEA" w14:textId="77777777" w:rsidR="00423BFB" w:rsidRPr="00504111" w:rsidRDefault="00423BFB" w:rsidP="00423BFB">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00504111">
-        <w:t>facilities and protocols are in place to ensure security of personal information and privacy for Participants;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">facilities and protocols are in place to ensure security of personal information and privacy for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00504111">
+        <w:t>Participants;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3FBDE3BA" w14:textId="58F3DAEE" w:rsidR="00423BFB" w:rsidRDefault="00423BFB" w:rsidP="00423BFB">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00504111">
-        <w:t>have a welcoming environment to cater for the needs of Participants and are culturally appropriate;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">have a welcoming environment to cater for the needs of Participants and are culturally </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00504111">
+        <w:t>appropriate;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="72D629D0" w14:textId="42ED436F" w:rsidR="00423BFB" w:rsidRPr="00504111" w:rsidRDefault="00423BFB" w:rsidP="00423BFB">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00504111">
         <w:t xml:space="preserve">Personnel must have experience in delivering services to the </w:t>
       </w:r>
       <w:r w:rsidR="00460B85">
         <w:t>diverse</w:t>
       </w:r>
       <w:r w:rsidRPr="00504111">
         <w:t xml:space="preserve"> participant cohorts that are being serviced at the Site, including access to </w:t>
       </w:r>
       <w:r w:rsidR="00187396">
         <w:t>suitably qualified or experience staff</w:t>
       </w:r>
       <w:r w:rsidRPr="00504111">
         <w:t xml:space="preserve"> where required; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D0F0933" w14:textId="590D0F8A" w:rsidR="00423BFB" w:rsidRPr="00504111" w:rsidRDefault="00423BFB" w:rsidP="00423BFB">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
@@ -4186,93 +4243,106 @@
         <w:t>articipants at a single Site with any shared space, including reception, waiting areas, servicing areas, and meeting rooms.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26AAC2BD" w14:textId="77777777" w:rsidR="00526293" w:rsidRPr="00504111" w:rsidRDefault="00526293" w:rsidP="00894308">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00B2705E">
         <w:t xml:space="preserve">In addition to the minimum general requirements for a Site as mentioned above, where multiple Services, specialisations, Providers and/or third-party </w:t>
       </w:r>
       <w:r w:rsidRPr="00504111">
         <w:t>organisations are co-located at a single Site, the Department requires Providers to</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> at the very least</w:t>
       </w:r>
       <w:r w:rsidRPr="00504111">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D0382DA" w14:textId="77777777" w:rsidR="00423BFB" w:rsidRPr="00504111" w:rsidRDefault="00423BFB" w:rsidP="00423BFB">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00504111">
-        <w:t xml:space="preserve">assist Participants or potential service recipients visiting the Site with clear advice about the services delivered at the Site; </w:t>
+        <w:t xml:space="preserve">assist Participants or potential service recipients visiting the Site with clear advice about the services delivered at the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00504111">
+        <w:t>Site;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00504111">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ABFB3A4" w14:textId="7C4E501E" w:rsidR="00423BFB" w:rsidRPr="00504111" w:rsidRDefault="00423BFB" w:rsidP="00423BFB">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00504111">
-        <w:t>make it clear to individual Participants at the Site what Provider and service they have been referred to;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">make it clear to individual Participants at the Site what Provider and service they have been referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00504111">
+        <w:t>to;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="275BA19A" w14:textId="70204808" w:rsidR="00423BFB" w:rsidRDefault="00423BFB" w:rsidP="00423BFB">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">use </w:t>
       </w:r>
       <w:r w:rsidRPr="00504111">
         <w:t>clear signage</w:t>
       </w:r>
       <w:r w:rsidR="00C9081B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00504111">
         <w:t xml:space="preserve">at reception and the broader workspace aligned with the services being delivered to enable Participants to </w:t>
       </w:r>
       <w:r w:rsidR="000D5F78">
         <w:t>help them</w:t>
       </w:r>
       <w:r w:rsidRPr="00504111">
         <w:t xml:space="preserve"> identify where they need to go and who they should talk to upon entry; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49ACA9AB" w14:textId="57D0C13A" w:rsidR="007452D0" w:rsidRDefault="00423BFB" w:rsidP="00B92472">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00504111">
         <w:t>have clear protocols and accountabilities established about the use of shared space and facilities (for example, use of printers, copiers, private rooms and storage).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC2C21B" w14:textId="211DB91D" w:rsidR="007452D0" w:rsidRPr="000C5073" w:rsidRDefault="2D65DDD1" w:rsidP="007452D0">
+    <w:p w14:paraId="5FC2C21B" w14:textId="5804544F" w:rsidR="007452D0" w:rsidRPr="000C5073" w:rsidRDefault="2D65DDD1" w:rsidP="007452D0">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">It is also important for Providers to note that in accordance with the Deed and </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00914318">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Part B</w:t>
         </w:r>
         <w:r w:rsidR="543F25C3" w:rsidRPr="00914318">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="008527C2" w:rsidRPr="00914318">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">of the </w:t>
         </w:r>
@@ -4301,51 +4371,57 @@
       <w:r w:rsidR="10431791">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="22EEBFF5">
         <w:t>Parent Pathways Provider</w:t>
       </w:r>
       <w:r w:rsidR="00652B27" w:rsidDel="22EEBFF5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="08452788">
         <w:t xml:space="preserve">is also an </w:t>
       </w:r>
       <w:r w:rsidR="22EEBFF5">
         <w:t>employment service</w:t>
       </w:r>
       <w:r w:rsidR="767123B7">
         <w:t xml:space="preserve"> provider</w:t>
       </w:r>
       <w:r w:rsidR="22EEBFF5">
         <w:t xml:space="preserve">), for example but not limited to Workforce Australia </w:t>
       </w:r>
       <w:r w:rsidR="74747E7B">
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidR="22EEBFF5">
-        <w:t xml:space="preserve"> and/or Disability Employment Services, a separate entrance, reception and waiting area is required.</w:t>
+        <w:t xml:space="preserve"> and/or </w:t>
+      </w:r>
+      <w:r w:rsidR="006B433F" w:rsidRPr="006B433F">
+        <w:t>Inclusive Employment Australia</w:t>
+      </w:r>
+      <w:r w:rsidR="22EEBFF5">
+        <w:t>, a separate entrance, reception and waiting area is required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D195EFA" w14:textId="7A00DDBE" w:rsidR="007452D0" w:rsidRPr="007452D0" w:rsidRDefault="22EEBFF5" w:rsidP="44C93764">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
         <w:rPr>
           <w:rStyle w:val="1AllTextNormalParagraphChar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Where a Site is co-located with a support service such as family and children support service </w:t>
       </w:r>
       <w:r w:rsidRPr="44C93764">
         <w:rPr>
           <w:rStyle w:val="1AllTextNormalParagraphChar"/>
         </w:rPr>
         <w:t>consideration should be given to the availability of a separate entrance, reception and waiting areas that supports the Participant</w:t>
       </w:r>
       <w:r w:rsidR="4A3B829E" w:rsidRPr="44C93764">
         <w:rPr>
           <w:rStyle w:val="1AllTextNormalParagraphChar"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
@@ -4496,138 +4572,208 @@
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>articipants. At a minimum, such arrangements should include</w:t>
       </w:r>
       <w:r w:rsidR="00B435D3">
         <w:t xml:space="preserve"> processes to</w:t>
       </w:r>
       <w:r w:rsidRPr="00E80F2C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B6995AA" w14:textId="6A9B261D" w:rsidR="00E80F2C" w:rsidRPr="00E80F2C" w:rsidRDefault="00E80F2C" w:rsidP="00391C17">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80F2C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>contact affected Participants, if required; </w:t>
+        <w:t xml:space="preserve">contact affected Participants, if </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80F2C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>required;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80F2C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30CF4F49" w14:textId="04158A77" w:rsidR="00E80F2C" w:rsidRPr="00E80F2C" w:rsidRDefault="00E80F2C" w:rsidP="00391C17">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80F2C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>arrange alternative servicing options for Participants; </w:t>
+        <w:t xml:space="preserve">arrange alternative servicing options for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80F2C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Participants;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80F2C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C217FAF" w14:textId="6D554E91" w:rsidR="00E80F2C" w:rsidRPr="00E80F2C" w:rsidRDefault="00E80F2C" w:rsidP="00391C17">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80F2C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>reschedule activities or appointments, including contacting employers, host organisations, or support services; </w:t>
+        <w:t xml:space="preserve">reschedule activities or appointments, including contacting employers, host organisations, or support </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80F2C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>services;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80F2C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C2C2016" w14:textId="274449C6" w:rsidR="00E80F2C" w:rsidRPr="00E80F2C" w:rsidRDefault="00E80F2C" w:rsidP="00391C17">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80F2C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">manage </w:t>
       </w:r>
       <w:r w:rsidR="004C3DEC">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00E80F2C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>ite safety and security, including lockdowns or evacuations; </w:t>
+        <w:t xml:space="preserve">ite safety and security, including lockdowns or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80F2C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>evacuations;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80F2C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D7B8B8" w14:textId="4BB5E2B8" w:rsidR="00E80F2C" w:rsidRPr="00E80F2C" w:rsidRDefault="00E80F2C" w:rsidP="00391C17">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80F2C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">manage the security and integrity of </w:t>
       </w:r>
       <w:r w:rsidR="00055AFB">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00E80F2C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">rovider IT </w:t>
       </w:r>
       <w:r w:rsidR="005127D8">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00E80F2C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>ystems, including containment and notification to the Department of cyber incidents; </w:t>
+        <w:t xml:space="preserve">ystems, including containment and notification to the Department of cyber </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E80F2C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>incidents;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E80F2C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D644B0" w14:textId="28E4AA71" w:rsidR="00E80F2C" w:rsidRPr="00E80F2C" w:rsidRDefault="00E80F2C" w:rsidP="00391C17">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E80F2C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>secure records and filing systems; </w:t>
       </w:r>
       <w:r w:rsidR="00B47DA1">
         <w:t>and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5815BF3F" w14:textId="5480C94F" w:rsidR="00E80F2C" w:rsidRPr="00E80F2C" w:rsidRDefault="00E80F2C" w:rsidP="00391C17">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
@@ -4902,52 +5048,57 @@
       <w:r>
         <w:t>Records</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve"> Framework</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="7E52367E" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00E76E13" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Under the relevant Deed, ‘</w:t>
       </w:r>
       <w:r w:rsidRPr="003B636A">
         <w:t xml:space="preserve">Records’ </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">means documents, information and data stored by any means and all copies and extracts of the same. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E76E13">
         <w:t xml:space="preserve">Records </w:t>
       </w:r>
-      <w:r>
-        <w:t>includes 3 categories</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>includes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 3 categories</w:t>
       </w:r>
       <w:r w:rsidRPr="00E76E13">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33018BF7" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="005679AC" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF7B2D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Commonwealth Records</w:t>
       </w:r>
       <w:r w:rsidRPr="005679AC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF7B2D">
         <w:t xml:space="preserve">Records provided by the Department to Providers </w:t>
       </w:r>
@@ -5234,51 +5385,59 @@
       <w:r w:rsidRPr="002F35B4">
         <w:t xml:space="preserve">custody of </w:t>
       </w:r>
       <w:r>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="002F35B4">
         <w:t xml:space="preserve">ecords </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidRPr="002F35B4">
         <w:t>temporarily reside</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="002F35B4">
         <w:t xml:space="preserve"> with the Provider, ownership of the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">relevant </w:t>
       </w:r>
       <w:r w:rsidRPr="002F35B4">
-        <w:t xml:space="preserve">records remain with the Australian Government.  </w:t>
+        <w:t xml:space="preserve">records </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F35B4">
+        <w:t>remain</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F35B4">
+        <w:t xml:space="preserve"> with the Australian Government.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BDDB962" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="000C303A" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="6B0BCD97">
         <w:t xml:space="preserve">Further </w:t>
       </w:r>
       <w:r>
         <w:t>information</w:t>
       </w:r>
       <w:r w:rsidRPr="6B0BCD97">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidRPr="6B0BCD97">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">relevant application and conditions of </w:t>
       </w:r>
       <w:r w:rsidRPr="6B0BCD97">
@@ -6505,51 +6664,59 @@
       </w:r>
       <w:r w:rsidRPr="00FC093C">
         <w:t>are able to be located and retrieved efficiently. This includes being able to retrieve email Records and Records created by, or sent to, individuals who have ceased working for Providers.</w:t>
       </w:r>
       <w:r w:rsidRPr="003C17C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76489758" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="0016353F" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:r w:rsidRPr="0016353F">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Records </w:t>
       </w:r>
       <w:r>
         <w:t>Register</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E31031" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r>
-        <w:t>The Provider must maintain an up-to-date register of the Records (digital and physical) held by the Provider and any Third Party IT Vendor and make this register available to the Department upon request. The register should contain sufficient information to clearly identify the content and location of a Record.</w:t>
+        <w:t xml:space="preserve">The Provider must maintain an up-to-date register of the Records (digital and physical) held by the Provider and any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Third Party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> IT Vendor and make this register available to the Department upon request. The register should contain sufficient information to clearly identify the content and location of a Record.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76F10023" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="0016353F" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Records register </w:t>
       </w:r>
       <w:r w:rsidRPr="0016353F">
         <w:t>must be created and managed in a digital format (ideally Microsoft Excel or equivalent or a comma or tab limited format) that the Department’s IT Systems can read.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0016353F">
         <w:t xml:space="preserve">Providers may wish to identify on the Records </w:t>
       </w:r>
       <w:r>
         <w:t>register</w:t>
       </w:r>
       <w:r w:rsidRPr="0016353F">
         <w:t xml:space="preserve"> whether Records are:</w:t>
       </w:r>
     </w:p>
@@ -8207,51 +8374,75 @@
         <w:t>NAA</w:t>
       </w:r>
       <w:r w:rsidRPr="1EBED65B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> accredited records authorities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78795D80" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Toc95896768"/>
       <w:r>
         <w:t>Digital Records</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="6304DE73" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00BC002E" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC002E">
-        <w:t xml:space="preserve">Where a Third Party IT Vendor is in possession of Records as a result of assisting a Provider to provide Services under the relevant Deed, the Third Party IT Vendor may only dispose of those Records in accordance with Records Retention Periods with prior agreement of the Provider. </w:t>
+        <w:t xml:space="preserve">Where a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC002E">
+        <w:t>Third Party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC002E">
+        <w:t xml:space="preserve"> IT Vendor is in possession of Records </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC002E">
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC002E">
+        <w:t xml:space="preserve"> assisting a Provider to provide Services under the relevant Deed, the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC002E">
+        <w:t>Third Party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC002E">
+        <w:t xml:space="preserve"> IT Vendor may only dispose of those Records in accordance with Records Retention Periods with prior agreement of the Provider. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CD6D1CB" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00BC002E" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC002E">
         <w:t xml:space="preserve">For purposes of determining the applicable retention period, a scanned version of a paper Record would have the same creation date as the original source document. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="683B47CA" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00BC002E" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC002E">
         <w:t>Information in the Department’s IT Systems will be retained by the Department for the appropriate retention periods.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="453DF191" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00BC002E" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Toc95896769"/>
       <w:r>
         <w:t>P</w:t>
@@ -9847,51 +10038,59 @@
       </w:r>
       <w:r w:rsidRPr="4A4AA0B3">
         <w:t>sexual orientation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="4A4AA0B3">
         <w:t>criminal record</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidRPr="4A4AA0B3">
         <w:t>membership of a political association, professional or trade association or trade union.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60878889" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t>When handling personal information, Providers must ensure they are assessing whether the information is also sensitive information, as there are higher standards and additional requirements for collecting, using and disclosing sensitive information.</w:t>
       </w:r>
       <w:r w:rsidDel="005535E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>For example, an individual’s consent is not required for a Provider (as an APP entity) to collect personal information but will be required for a Provider to collect sensitive information. Inappropriate handling of sensitive information is particularly serious and can result in, amongst other things a requirement to pay compensation or to enter into enforceable undertaking</w:t>
+        <w:t xml:space="preserve">For example, an individual’s consent is not required for a Provider (as an APP entity) to collect personal information but will be required for a Provider to collect sensitive information. Inappropriate handling of sensitive information is particularly serious and can result in, amongst other things a requirement to pay compensation or to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>enter into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> enforceable undertaking</w:t>
       </w:r>
       <w:r w:rsidRPr="4A4AA0B3">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E5D78E2" w14:textId="57589787" w:rsidR="00B96B7A" w:rsidRDefault="00B96B7A" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="144" w:name="_Consent_and_the"/>
       <w:bookmarkEnd w:id="144"/>
       <w:r>
         <w:t>Consent and the APPs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E29595D" w14:textId="7CBFD83C" w:rsidR="00007AF9" w:rsidRPr="00007AF9" w:rsidRDefault="00007AF9" w:rsidP="00007AF9">
       <w:r w:rsidRPr="00007AF9">
         <w:t xml:space="preserve">In complying with the </w:t>
       </w:r>
       <w:r w:rsidRPr="005633F0">
         <w:t>Privacy Act,</w:t>
       </w:r>
@@ -10663,51 +10862,59 @@
       </w:r>
       <w:r w:rsidR="0079108B">
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="00FD7F97">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D3EBDA9" w14:textId="3ADD6B79" w:rsidR="00FD7F97" w:rsidRDefault="00B46E4F" w:rsidP="00FD7F97">
       <w:pPr>
         <w:pStyle w:val="BulletLevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B46E4F">
         <w:t xml:space="preserve">the collection of personal information from Services Australia, the </w:t>
       </w:r>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00B46E4F">
         <w:t xml:space="preserve">epartment and </w:t>
       </w:r>
       <w:r>
         <w:t>their P</w:t>
       </w:r>
       <w:r w:rsidRPr="00B46E4F">
-        <w:t xml:space="preserve">rovider cannot collect any further personal information from Services Australia and </w:t>
+        <w:t xml:space="preserve">rovider cannot collect any further personal information from Services </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B46E4F">
+        <w:t>Australia</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B46E4F">
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t>the Parent</w:t>
       </w:r>
       <w:r w:rsidRPr="00B46E4F">
         <w:t xml:space="preserve"> may no longer be able to participate in the Parent Pathways service</w:t>
       </w:r>
       <w:r w:rsidR="005771A8">
         <w:t xml:space="preserve"> (e.g. if they are a Services Australia customer)</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29477A0D" w14:textId="4EBCD400" w:rsidR="00B46E4F" w:rsidRDefault="0079108B" w:rsidP="00FD7F97">
       <w:pPr>
         <w:pStyle w:val="BulletLevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00B46E4F">
         <w:t xml:space="preserve">the collection of </w:t>
       </w:r>
       <w:r>
         <w:t>sensitive</w:t>
       </w:r>
       <w:r w:rsidRPr="00B46E4F">
@@ -10827,62 +11034,75 @@
         <w:t xml:space="preserve">Where an individual withdraws consent to the collection of their </w:t>
       </w:r>
       <w:r w:rsidR="00092DE5">
         <w:t xml:space="preserve">personal or </w:t>
       </w:r>
       <w:r w:rsidRPr="00597587">
         <w:t xml:space="preserve">sensitive information, the Provider must not destroy the Privacy Notification and Consent Form, except in accordance with the Archives Act, and the Provider must record the withdrawal of the individual’s consent to the collection of their </w:t>
       </w:r>
       <w:r w:rsidR="00092DE5">
         <w:t xml:space="preserve">personal and sensitive </w:t>
       </w:r>
       <w:r w:rsidRPr="00597587">
         <w:t>information on the individual’s record in the Department’s IT Systems.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A5C148F" w14:textId="111C8978" w:rsidR="007D2A28" w:rsidRPr="00954201" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00954201">
         <w:t>Some examples of exceptions which may permit the collection of information without consent include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="498D9B39" w14:textId="34122FA7" w:rsidR="007D2A28" w:rsidRPr="00954201" w:rsidDel="00C6744F" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidDel="00C6744F">
-        <w:t>the collection of the information is required or authorised by or under an Australian law or a court/tribunal order</w:t>
+        <w:t xml:space="preserve">the collection of the information is required or authorised by or under an Australian law or a court/tribunal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidDel="00C6744F">
+        <w:t>order</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5888BB6A" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00954201" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
-        <w:t>it is unreasonable or impracticable to obtain the individual’s consent to the collection and the Provider reasonably believes that the collection is necessary to lessen or prevent a serious threat to the life, health or safety of any individual or to public health or safety; or</w:t>
+        <w:t xml:space="preserve">it is unreasonable or impracticable to obtain the individual’s consent to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>collection</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and the Provider reasonably believes that the collection is necessary to lessen or prevent a serious threat to the life, health or safety of any individual or to public health or safety; or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="108AA5F5" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00954201" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the Provider has reason to suspect that unlawful activity, or misconduct of a serious nature, that relates to the Provider’s functions or activities has been, is being or may be engaged in and the Provider reasonably believes that the collection is necessary </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>in order for</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the Provider to take appropriate action in relation to the matter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="320D5051" w14:textId="0ED28202" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00954201">
         <w:t xml:space="preserve">The above are examples only. Providers should seek their own independent legal advice before collecting </w:t>
       </w:r>
@@ -10939,51 +11159,59 @@
     </w:p>
     <w:p w14:paraId="6A971F2C" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">APP 4 outlines when an APP entity may collect unsolicited personal information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4293C66F" w14:textId="139E5444" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">A Provider may receive personal information it did not ask for. </w:t>
       </w:r>
       <w:r w:rsidDel="00EC5EDD">
         <w:t xml:space="preserve">APP 4 outlines when a Provider may collect unsolicited personal information. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Where a Provider receives unsolicited personal information, it must determine whether it would have been permitted to collect the personal information under APP 3. If not, the Provider must destroy or de-identify the information unless it is a Commonwealth record under the Archives Act. Most records held by Providers in performing the Services will be Commonwealth records. Providers should seek their own independent legal advice prior to destroying unsolicited information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A3055EF" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00B425D5" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">If the Provider determines that </w:t>
       </w:r>
       <w:r w:rsidDel="003F5FD8">
         <w:t xml:space="preserve">it </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">could have collected the personal information under APP 3, or retains the personal information because it is contained in a Commonwealth record, it must handle the information in accordance with the </w:t>
+        <w:t xml:space="preserve">could have collected the personal information under APP </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>3, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> retains the personal information because it is contained in a Commonwealth record, it must handle the information in accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="0084159B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Privacy Act</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B5D81D8" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00905F88" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading3-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="264" w:name="_Toc96000566"/>
       <w:bookmarkStart w:id="265" w:name="_Toc95896782"/>
       <w:r>
         <w:t>APP 5: Notification of the collection of personal information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:r>
@@ -11386,55 +11614,63 @@
     </w:p>
     <w:p w14:paraId="5A4C6A52" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="299" w:name="_Toc95896785"/>
       <w:r>
         <w:t>Tax File Numbers</w:t>
       </w:r>
       <w:bookmarkEnd w:id="299"/>
     </w:p>
     <w:p w14:paraId="40979FC9" w14:textId="4242AB24" w:rsidR="007D2A28" w:rsidRPr="0034021E" w:rsidRDefault="50EF7649" w:rsidP="2C5CC84C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2C5CC84C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers should also note that </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="230AB853" w:rsidRPr="2C5CC84C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t>in regard to a Participant’s</w:t>
+        <w:t>in regard to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="230AB853" w:rsidRPr="2C5CC84C">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a Participant’s</w:t>
       </w:r>
       <w:r w:rsidR="23C47E00" w:rsidRPr="2C5CC84C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="230AB853" w:rsidRPr="2C5CC84C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Tax File Numbers that </w:t>
       </w:r>
       <w:r w:rsidRPr="2C5CC84C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="2C5CC84C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -11498,76 +11734,118 @@
         <w:t xml:space="preserve">is an interference with privacy under the </w:t>
       </w:r>
       <w:r w:rsidRPr="005633F0">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>Privacy Act</w:t>
       </w:r>
       <w:r w:rsidRPr="0034021E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D831D1" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0034021E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Due to the particular sensitivities attached to TFNs, their use and disclosure are governed by secrecy provisions in applicable legislation. Relevantly, subsection 8WB(1) of the </w:t>
+        <w:t xml:space="preserve">Due to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034021E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>particular sensitivities</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034021E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attached to TFNs, their use and disclosure are governed by secrecy provisions in applicable legislation. Relevantly, subsection 8</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034021E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>WB(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034021E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) of the </w:t>
       </w:r>
       <w:r w:rsidRPr="0034021E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:i/>
         </w:rPr>
         <w:t>Taxation Administration Act 1953</w:t>
       </w:r>
       <w:r w:rsidRPr="0034021E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Cth) (TAA) provides that, unless an exception applies, a person must not divulge or communicate another person’s </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>TFN</w:t>
       </w:r>
       <w:r w:rsidRPr="0034021E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to a third person. A breach of subsection 8WB(1) of the TAA may lead to criminal liability.</w:t>
+        <w:t xml:space="preserve"> to a third person. A breach of subsection 8</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0034021E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>WB(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0034021E">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t>1) of the TAA may lead to criminal liability.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51BD7681" w14:textId="417C4469" w:rsidR="00306643" w:rsidRDefault="004C24A2" w:rsidP="00030BED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Unauthorised disclosure of a TFN may also amount to a breach of </w:t>
       </w:r>
       <w:hyperlink w:anchor="_APP_9:_Adoption," w:history="1">
         <w:r w:rsidRPr="004C24A2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>APP 9</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -12493,55 +12771,60 @@
       <w:bookmarkEnd w:id="304"/>
       <w:bookmarkEnd w:id="305"/>
       <w:bookmarkEnd w:id="672"/>
       <w:bookmarkEnd w:id="673"/>
       <w:bookmarkEnd w:id="674"/>
     </w:p>
     <w:p w14:paraId="098778ED" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="002769C4">
         <w:t xml:space="preserve">Under APP 12, </w:t>
       </w:r>
       <w:r>
         <w:t>if an APP entity holds</w:t>
       </w:r>
       <w:r w:rsidRPr="002769C4">
         <w:t xml:space="preserve"> personal information </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">about an individual, the entity must, on request </w:t>
       </w:r>
       <w:r w:rsidRPr="002769C4">
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the individual, give the individual access to the information. APP 12 does not stipulate any formal requirements for making a </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002769C4">
         <w:t>request</w:t>
       </w:r>
       <w:r>
-        <w:t>, or require that a request to access personal information be made in writing or require an individual to state that it is an APP 12 request. Therefore, a verbal request for personal information may be a valid request</w:t>
+        <w:t>, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> require that a request to access personal information be made in writing or require an individual to state that it is an APP 12 request. Therefore, a verbal request for personal information may be a valid request</w:t>
       </w:r>
       <w:r w:rsidRPr="002769C4">
         <w:t xml:space="preserve"> under APP 12</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D36C2B0" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">Under APP 13, if an APP entity holds personal information about an individual and the individual requests the entity to correct the information, the entity must take such steps as are reasonable </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>in the circumstances to correct that information to ensure that, having regard to the purpose for which it is held, the information is accurate, up-to-date, complete, relevant and not misleading.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28D7A252" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="002769C4" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t>Generally, Providers</w:t>
       </w:r>
       <w:r w:rsidRPr="002769C4">
         <w:t xml:space="preserve"> must process </w:t>
       </w:r>
       <w:r>
@@ -12556,51 +12839,67 @@
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="002769C4">
         <w:t xml:space="preserve">ertain requests must be directed to the </w:t>
       </w:r>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="002769C4">
         <w:t>epartment for consideration where they encompass records containing information falling within the following categories:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D4D3E98" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="002769C4" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>records also containing information about another person</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2767373E" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="002769C4" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
-        <w:t>medical/psychiatric records (other than those actually supplied by the individual, or where it is clear that the individual has a copy or has previously sighted a copy of the records)</w:t>
+        <w:t xml:space="preserve">medical/psychiatric records (other than those </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>actually supplied</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> by the individual, or where </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>it is clear that the</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> individual has a copy or has previously sighted a copy of the records)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DBF2030" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="002769C4" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>psychological records, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6842A308" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="002769C4" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>information provided by other third parties.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F7562B0" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="005E27B3">
         <w:t xml:space="preserve">Providers </w:t>
       </w:r>
       <w:r w:rsidRPr="0034021E">
         <w:rPr>
           <w:b/>
@@ -13046,71 +13345,87 @@
       <w:r>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="00061FDE">
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00061FDE">
         <w:t xml:space="preserve">rotected </w:t>
       </w:r>
       <w:r>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00061FDE">
         <w:t xml:space="preserve">nformation as participation </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in Parent Pathways </w:t>
       </w:r>
       <w:r w:rsidRPr="00061FDE">
         <w:t>is voluntary and not</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> required in order to receive a social security benefit or payment</w:t>
+        <w:t xml:space="preserve"> required </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> receive a social security benefit or payment</w:t>
       </w:r>
       <w:r w:rsidRPr="00061FDE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307D5136" w14:textId="7A7801FF" w:rsidR="00602047" w:rsidRDefault="005862F9" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">Information </w:t>
       </w:r>
       <w:r w:rsidR="007B4A05">
         <w:t xml:space="preserve">about </w:t>
       </w:r>
       <w:r w:rsidR="00602047">
         <w:t xml:space="preserve">Participants who are not </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">referred to Parent Pathways via Services Australia and are instead Directly Registered </w:t>
       </w:r>
       <w:r w:rsidR="007B4A05">
-        <w:t xml:space="preserve">to the program will not be Protected Information, but will still be personal information under the </w:t>
+        <w:t xml:space="preserve">to the program will not be Protected </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B4A05">
+        <w:t>Information, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B4A05">
+        <w:t xml:space="preserve"> will still be personal information under the </w:t>
       </w:r>
       <w:r w:rsidR="007B4A05" w:rsidRPr="005633F0">
         <w:t>Privacy Act.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03A7B149" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00B57DC4" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:r w:rsidRPr="00B57DC4">
         <w:t xml:space="preserve">Offences related to </w:t>
       </w:r>
       <w:r>
         <w:t>Protected Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5348F8B6" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">It is an offence under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B86845">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -13175,54 +13490,62 @@
       <w:r>
         <w:t>otherwise use Protected Information where not permitted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5148F20C" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00B57DC4" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:r w:rsidRPr="00B57DC4">
         <w:t xml:space="preserve">Permitted uses of </w:t>
       </w:r>
       <w:r>
         <w:t>Protected Information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="767A8E06" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">Providers are permitted to obtain, make records of, use and disclose Protected Information where this is authorised or required by the Social Security Law, such as: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56A769F3" w14:textId="5F7C95C8" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
-        <w:t>for the purposes of the Social Security Law, such as an individual</w:t>
+        <w:t xml:space="preserve">for the purposes of the Social Security Law, such as an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>individual</w:t>
       </w:r>
       <w:r w:rsidR="00DE67CA">
-        <w:t xml:space="preserve">‘s </w:t>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DE67CA">
+        <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00026449">
         <w:t xml:space="preserve">change in circumstances </w:t>
       </w:r>
       <w:r w:rsidR="00DE67CA">
         <w:t>impact</w:t>
       </w:r>
       <w:r w:rsidR="00BD5056">
         <w:t>s their income support payment</w:t>
       </w:r>
       <w:r>
         <w:t>, or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F986D29" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>to deliver the Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45A0AE96" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
@@ -13637,63 +13960,87 @@
         <w:t>as soon as possible and within 48 hours of the disclosure of information</w:t>
       </w:r>
       <w:r w:rsidRPr="00605EA8">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF82BBB" w14:textId="77777777" w:rsidR="003B6204" w:rsidRDefault="003B6204" w:rsidP="003B6204">
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Process for disclosure of CCTV footage</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58685301" w14:textId="2D9C3846" w:rsidR="003B6204" w:rsidRPr="00F42625" w:rsidRDefault="003B6204" w:rsidP="00F42625">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Providers may be asked by police or other third party requestors for copies of CCTV footage to assist in the investigation of the types</w:t>
+        <w:t xml:space="preserve">Providers may be asked by police or other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>third party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> requestors for copies of CCTV footage to assist in the investigation of the types</w:t>
       </w:r>
       <w:r w:rsidR="00123705">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> offences referred to in the Class PIC. Where the CCTV footage contains personal information or Protected Information of multiple individuals, Provider staff should not disclose the CCTV footage to police or third party requestors under the Class PIC. If a Provider receives a request for CCTV footage </w:t>
+        <w:t xml:space="preserve"> offences referred to in the Class PIC. Where the CCTV footage contains personal information or Protected Information of multiple individuals, Provider staff should not disclose the CCTV footage to police or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>third party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> requestors under the Class PIC. If a Provider receives a request for CCTV footage </w:t>
       </w:r>
       <w:r w:rsidRPr="00A43929">
-        <w:t>containing Protected Information,</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> or otherwise wishes to disclose such footage to a third party, the request should be sent to their Provider Lead for consideration by the Department of whether a </w:t>
+        <w:t xml:space="preserve">containing Protected </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A43929">
+        <w:t>Information,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> otherwise wishes to disclose such footage to a third party, the request should be sent to their Provider Lead for consideration by the Department of whether a </w:t>
       </w:r>
       <w:r w:rsidR="006B6342">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">pecific PIC can be issued. See </w:t>
       </w:r>
       <w:hyperlink r:id="rId83" w:anchor="_Specific_PICs" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Specific PICs</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> below for information on what to include in this request.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -14055,51 +14402,59 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t>the due date of the request, if applicable. For example, a deadline specified by a subpoena; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72E4AB35" w14:textId="01ABC146" w:rsidR="008074D2" w:rsidRDefault="008074D2" w:rsidP="00911802">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="709" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t>the Provider's assessment of the request, including its assessment of the appropriateness under the Class PIC and why it may not be appropriate to seek the relevant Participant’s consent to the disclosure.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BEF3FFE" w14:textId="5BF8DBCD" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
-        <w:t xml:space="preserve">The Department will not issue a specific PIC in every case and the Provider should </w:t>
+        <w:t xml:space="preserve">The Department will not issue a specific PIC in every </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>case</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and the Provider should </w:t>
       </w:r>
       <w:r w:rsidR="008074D2">
         <w:t xml:space="preserve">obtain </w:t>
       </w:r>
       <w:r>
         <w:t>their own independent legal advice before responding to the request for</w:t>
       </w:r>
       <w:r w:rsidR="008074D2">
         <w:t>, or otherwise disclosing,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Protected Information. </w:t>
       </w:r>
       <w:r w:rsidR="008074D2">
         <w:t xml:space="preserve">Please note, the Department will endeavour to respond to each request before any specified due date or deadline that is reasonable, however, this may not always be possible, and Providers should ensure that they obtain their own independent legal advice. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3476DD99" w14:textId="1C826F28" w:rsidR="007D2A28" w:rsidRPr="007C493B" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:bookmarkStart w:id="687" w:name="_Toc95896792"/>
       <w:r w:rsidRPr="007C493B">
         <w:t>Subpoenas or notices to produce</w:t>
       </w:r>
@@ -14113,52 +14468,57 @@
         <w:t>Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="001A195C">
         <w:t xml:space="preserve"> receives a subpoena or a notice to produce from a court which requires disclosure of </w:t>
       </w:r>
       <w:r>
         <w:t>Protected Information</w:t>
       </w:r>
       <w:r w:rsidRPr="001A195C">
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
       <w:r>
         <w:t>Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="001A195C">
         <w:t xml:space="preserve"> must ensure that they comply with all relevant laws, as well as the requirements of the Deed and </w:t>
       </w:r>
       <w:r w:rsidR="004C2E24">
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="001A195C">
         <w:t>uidelines, in responding to that subpoena or notice to produce.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AB00198" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001A195C">
-        <w:t xml:space="preserve">In particular, Providers should have regard to section 207 of the Administration Act in determining whether a Participant’s </w:t>
+        <w:t>In particular, Providers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001A195C">
+        <w:t xml:space="preserve"> should have regard to section 207 of the Administration Act in determining whether a Participant’s </w:t>
       </w:r>
       <w:r>
         <w:t>Protected Information</w:t>
       </w:r>
       <w:r w:rsidRPr="001A195C">
         <w:t xml:space="preserve"> can be disclosed.</w:t>
       </w:r>
       <w:r w:rsidRPr="00605EA8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A195C">
         <w:t>Providers should obtain their own legal advice, where relevant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D39D1C6" w14:textId="21189DF2" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t>Providers do not need to contact the Department if the Participant has consented to the release of the information</w:t>
       </w:r>
       <w:r w:rsidR="009F5E70" w:rsidRPr="009F5E70">
         <w:t xml:space="preserve"> to a nominated recipient for a specified purpose as requested under a </w:t>
       </w:r>
       <w:r w:rsidR="009F5E70" w:rsidRPr="009F5E70">
         <w:lastRenderedPageBreak/>
         <w:t>subpoena or notice to produce, irrespective of whether it is related to employment services</w:t>
       </w:r>
@@ -14293,51 +14653,59 @@
       <w:r>
         <w:t>this is likely to result in serious harm to any of the individuals to whom the information relates, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486D43CC" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="004921E9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>the entity has been unable to prevent the likely risk of serious harm with remedial action.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22CEB311" w14:textId="100198B0" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">The Provider must Notify the Department as soon as possible following becoming aware of any unauthorised access to, use or disclosure of, personal information, or a loss of personal information the Provider holds using the </w:t>
       </w:r>
       <w:hyperlink r:id="rId85" w:history="1">
         <w:r w:rsidRPr="00322353">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Provider Privacy Incident Report (PPIR)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t xml:space="preserve">. This applies to all privacy incidents, whether or not they are an eligible data breach. </w:t>
+        <w:t xml:space="preserve">. This applies to all privacy incidents, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> they are an eligible data breach. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EB8515D" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="004921E9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t>Providers must promptly assess a</w:t>
       </w:r>
       <w:r w:rsidRPr="004921E9">
         <w:t xml:space="preserve">ll potential privacy </w:t>
       </w:r>
       <w:r>
         <w:t>incidents</w:t>
       </w:r>
       <w:r w:rsidRPr="004921E9" w:rsidDel="00982A0C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004921E9">
         <w:t xml:space="preserve">to determine whether an eligible data breach has occurred and, if required, notification is to be provided to affected individuals and to </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="004921E9">
         <w:t xml:space="preserve">OAIC. Providers must take all reasonable steps to ensure that </w:t>
       </w:r>
       <w:r>
@@ -14405,51 +14773,59 @@
         <w:t>of a breach or possible breach of any of the obligations contained in, or referred to in the Deed(s) by any Personnel or Subcontractor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4534CC03" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>that a disclosure of personal information may be required by law, or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15835D05" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="004921E9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>of an approach to the Provider by the Information Commissioner or by an individual claiming that their privacy has been interfered with.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B9438B1" w14:textId="0555346A" w:rsidR="007D2A28" w:rsidRPr="004921E9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t>Providers should be aware that t</w:t>
       </w:r>
       <w:r w:rsidRPr="00F63777">
-        <w:t>he Department monitors Personnel access to Records in the Department’s IT Systems. Where a clear business reason for access to a Record or Records is not identified, the Department may require further information or investigation by a Provider and may take action against individuals.</w:t>
+        <w:t xml:space="preserve">he Department monitors Personnel access to Records in the Department’s IT Systems. Where a clear business reason for access to a Record or Records is not identified, the Department may require further information or investigation by a Provider and may </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F63777">
+        <w:t>take action</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F63777">
+        <w:t xml:space="preserve"> against individuals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="304FE120" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading3-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="689" w:name="_Toc84490396"/>
       <w:bookmarkStart w:id="690" w:name="_Toc96000574"/>
       <w:bookmarkStart w:id="691" w:name="_Toc95896798"/>
       <w:r>
         <w:t>Privacy complaints</w:t>
       </w:r>
       <w:bookmarkEnd w:id="689"/>
       <w:bookmarkEnd w:id="690"/>
       <w:bookmarkEnd w:id="691"/>
     </w:p>
     <w:p w14:paraId="037C682A" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="004921E9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="004921E9">
         <w:t xml:space="preserve">An individual who considers that their privacy has been interfered with can contact the </w:t>
       </w:r>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="004921E9">
         <w:t xml:space="preserve">epartment and/or </w:t>
@@ -14774,72 +15150,88 @@
         <w:t>this Chapter, the APPs, and the Social Security Law</w:t>
       </w:r>
       <w:r w:rsidRPr="00804E48">
         <w:t xml:space="preserve">, including key processes that help manage potential risks. The completion of mandatory training assists </w:t>
       </w:r>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00804E48">
         <w:t>roviders to meet legislative and regulatory requirements</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> but is not sufficient to meet those requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="00804E48">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B292050" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t>Privacy resources are also published on the Provider Portal for Personnel to access.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C95ABA" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
-        <w:t>Providers should ensure their internal privacy practices, policies and procedures are proactively reviewed, taking into account compliance with new laws or updated information handling practices, and ensuring that they are responsive to new privacy risks.</w:t>
+        <w:t xml:space="preserve">Providers should ensure their internal privacy practices, policies and procedures are proactively reviewed, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>taking into account</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> compliance with new laws or updated information handling practices, and ensuring that they are responsive to new privacy risks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EAA7E37" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="701" w:name="_Toc95896802"/>
       <w:r>
         <w:t>Personnel Compliance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="701"/>
     </w:p>
     <w:p w14:paraId="2DB8EC5B" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t>Providers must monitor and annually self-audit that Personnel completion of privacy training, including the Department’s mandatory privacy training module.</w:t>
       </w:r>
       <w:r w:rsidRPr="006E13FF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>The Department may request details of a Provider’s self-audit at any time, or may conduct its own audit of a Provider’s compliance with the requirements in this Chapter.</w:t>
+        <w:t xml:space="preserve">The Department may request details of a Provider’s self-audit at any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>time, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> may conduct its own audit of a Provider’s compliance with the requirements in this Chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5039E0" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t>Where privacy training is undertaken outside of the Department’s Learning Centre, the Provider must retain Records of privacy training undertaken by their Personnel and must make this available to the Department on request.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C8FF8B" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">It is also suggested that Providers put in place their own processes to audit the compliance of their Personnel with privacy obligations more generally.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5400680A" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:sectPr w:rsidR="007D2A28" w:rsidSect="00E64203">
           <w:headerReference w:type="default" r:id="rId90"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
@@ -14958,51 +15350,59 @@
     <w:p w14:paraId="1F9E0F2A" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">under the </w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:t>SAF</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DB87841" w14:textId="487023E8" w:rsidR="007D2A28" w:rsidRPr="00487AB1" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
-        <w:t xml:space="preserve">Providers are able to access sensitive client information via the Department’s </w:t>
+        <w:t xml:space="preserve">Providers </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> access sensitive client information via the Department’s </w:t>
       </w:r>
       <w:r w:rsidR="009D3957">
         <w:t xml:space="preserve">IT </w:t>
       </w:r>
       <w:r>
         <w:t>systems. This level of access requires appropriate levels of security.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EA1FB7" w14:textId="111E50B4" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve">The Department uses the ESAF to </w:t>
       </w:r>
       <w:r>
         <w:t>determine</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve"> that Providers and their </w:t>
       </w:r>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve">xternal IT </w:t>
       </w:r>
       <w:r>
@@ -15141,51 +15541,59 @@
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>data, information and Records supporting the program</w:t>
       </w:r>
       <w:r w:rsidR="00277B2C">
         <w:t xml:space="preserve"> or Service</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDD96A5" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="009F2CB9">
         <w:t>The areas of assurance covered in the ESAF are Provider</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> IT System</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
-        <w:t>s and Third Party Employment Systems (TPES).</w:t>
+        <w:t xml:space="preserve">s and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F2CB9">
+        <w:t>Third Party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F2CB9">
+        <w:t xml:space="preserve"> Employment Systems (TPES).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EE91095" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="007F3EE5" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="713" w:name="_Toc95896807"/>
       <w:r w:rsidRPr="007F3EE5">
         <w:t>Providers</w:t>
       </w:r>
       <w:r>
         <w:t>’ IT Systems</w:t>
       </w:r>
       <w:bookmarkEnd w:id="713"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2DF967" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="009F2CB9">
         <w:t>Provider accreditation under the ESAF provides assurance that the Department’s IT Systems and data are safeguarded when accessed by Providers</w:t>
       </w:r>
@@ -15198,51 +15606,67 @@
       <w:r>
         <w:t>and Subcontractor</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve"> security risks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14C58CA8" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00B57DC4" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="714" w:name="_Toc95896808"/>
       <w:r w:rsidRPr="007F3EE5">
         <w:t>Third</w:t>
       </w:r>
       <w:r w:rsidRPr="00B57DC4">
         <w:t xml:space="preserve"> Party Employment Systems (TPES)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="714"/>
     </w:p>
     <w:p w14:paraId="79B1D142" w14:textId="092E958F" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">TPES are any Third Party IT systems used in association with the delivery of the Services, whether or not that Third Party </w:t>
+        <w:t xml:space="preserve">TPES are any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Third Party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> IT systems used in association with the delivery of the Services, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> that Third Party </w:t>
       </w:r>
       <w:r w:rsidDel="005A7CF4">
         <w:t xml:space="preserve">IT </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">system accesses the Department's IT Systems, and where that Third Party IT system: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35B5D513" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>contains program specific functionality or modules; or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BBC1CBC" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>is used, in any way, for the analysis of Records relating to the Services, or any derivative thereof.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AA7222E" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
@@ -15583,51 +16007,59 @@
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ystems meet RFFR requirements, the Department requires Providers </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">follow the RFFR approach. </w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve">The RFFR approach requires Providers </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
-        <w:t xml:space="preserve">complete a set of milestones within a prescribed time period. </w:t>
+        <w:t xml:space="preserve">complete a set of milestones within a prescribed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F2CB9">
+        <w:t>time period</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F2CB9">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00232D77">
         <w:t xml:space="preserve">As part of </w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve">each milestone, Providers </w:t>
       </w:r>
       <w:r w:rsidR="00E900A5">
         <w:t>work</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve"> with the Department </w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">to review progress, assess risk and </w:t>
       </w:r>
       <w:r w:rsidR="00E900A5">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">receive </w:t>
       </w:r>
@@ -15675,59 +16107,91 @@
         <w:t>Provider classification for accreditation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="721"/>
       <w:bookmarkEnd w:id="722"/>
       <w:bookmarkEnd w:id="723"/>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AED5F24" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="009F2CB9">
         <w:t>The RFFR approach classifies Providers into a category to obtain accreditation</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F679EFF" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
-        <w:t>Category 1: Providers delivering Services to 2,000 or more individuals per annum as a result of all of their Deeds (including individuals serviced by Subcontractors)</w:t>
+        <w:t xml:space="preserve">Category 1: Providers delivering Services to 2,000 or more individuals per annum </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> their Deeds (including individuals serviced by Subcontractors)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="754BA24E" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Category 2: Providers delivering Services to fewer than 2,000 individuals per annum as a result of all of their Deeds (including individuals serviced by Subcontractors). This category includes two sub-categories referred to as “Category 2A” and “Category 2B” below.  </w:t>
+        <w:t xml:space="preserve">Category 2: Providers delivering Services to fewer than 2,000 individuals per annum </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> their Deeds (including individuals serviced by Subcontractors). This category includes two sub-categories referred to as “Category 2A” and “Category 2B” below.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="719E8C55" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="009F2CB9">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">When determining </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">whether a Provider is in Category 2A or 2B, </w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t>the Department will consider a range of risk factors including the:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A7A9EC6" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
@@ -15771,90 +16235,106 @@
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>the extent of sensitive information held and level of access to departmental systems</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B3DFA59" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>other relevant factors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23BA132F" w14:textId="135661D9" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">The Department considers the number of individuals receiving </w:t>
       </w:r>
       <w:r w:rsidR="00FB1C78">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ervices from the Provider and any Subcontractors ("caseload volume") in the aggregate across all </w:t>
       </w:r>
       <w:r w:rsidRPr="0013131C">
-        <w:t>Deeds. Should the Provider enter into new Deeds</w:t>
+        <w:t xml:space="preserve">Deeds. Should the Provider </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0013131C">
+        <w:t>enter into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0013131C">
+        <w:t xml:space="preserve"> new Deeds</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with the Department that alters the caseload volume, the Department will reassess their categorisation and may require the accreditation to be updated if the categorisation changes. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347EA64D" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve">Each of the Provider categories is associated with its own assurance pathway under the RFFR approach.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BEA299" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve">The Department will </w:t>
       </w:r>
       <w:r>
         <w:t>categorise</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve"> a Provider based on the</w:t>
       </w:r>
       <w:r>
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve"> RFFR questionnaire submission (or equivalent) and additional information obtained through an interview with the Provider. Completion of this interview and categorisation activity marks Milestone 1 in the RFFR process.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2170C47D" w14:textId="4FBECDBC" w:rsidR="007D2A28" w:rsidRPr="0013131C" w:rsidRDefault="007B514D" w:rsidP="007D2A28">
       <w:r w:rsidRPr="007B514D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Table 4-A</w:t>
       </w:r>
       <w:r w:rsidR="007D2A28" w:rsidRPr="0013131C">
-        <w:t xml:space="preserve"> provides guidance to Providers on the basis of accreditation and accreditation maintenance activities required for each category. </w:t>
+        <w:t xml:space="preserve"> provides guidance to Providers </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007D2A28" w:rsidRPr="0013131C">
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007D2A28" w:rsidRPr="0013131C">
+        <w:t xml:space="preserve"> accreditation and accreditation maintenance activities required for each category. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E2EC174" w14:textId="25247AD9" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:bookmarkStart w:id="724" w:name="_Ref97198274"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidRPr="007B514D">
         <w:fldChar w:fldCharType="begin" w:fldLock="1"/>
       </w:r>
       <w:r w:rsidRPr="007B514D">
         <w:instrText>STYLEREF 1 \s</w:instrText>
       </w:r>
       <w:r w:rsidRPr="007B514D">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="007B514D" w:rsidRPr="007B514D">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="007B514D">
@@ -16867,52 +17347,57 @@
             </w:r>
             <w:r w:rsidRPr="009F2CB9">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F2CB9">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">determine if the Provider should be </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:r w:rsidRPr="009F2CB9">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> a different category</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0001396E">
-              <w:t>as a result of the new Deeds. In accordance with the terms of their accreditation, the Provider should consider whether their Information Security Management System requires review and update to ensure that people, locations, systems and information associated with services under the new Deeds are appropriately secured; and notify the Department</w:t>
+              <w:t>as a result of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0001396E">
+              <w:t xml:space="preserve"> the new Deeds. In accordance with the terms of their accreditation, the Provider should consider whether their Information Security Management System requires review and update to ensure that people, locations, systems and information associated with services under the new Deeds are appropriately secured; and notify the Department</w:t>
             </w:r>
             <w:r w:rsidRPr="009F2CB9">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>. If no significant changes have occurred, accredited Providers do not need to complete Milestones 2 and 3 and need only maintain their RFFR accreditation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w14:paraId="7AD9503E" w14:textId="77777777" w:rsidTr="00A60EFC">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1696" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DEBAE70" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00EE4E3B" w:rsidRDefault="007D2A28" w:rsidP="00A60EFC">
             <w:pPr>
               <w:pStyle w:val="TableFirstColumn"/>
@@ -20104,51 +20589,59 @@
             <w:r w:rsidRPr="009F2CB9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>roviders only, the self-assessment report is the Department’s source of assurance that the ISMS described by the Provider’s SoA has been designed (for Milestone 2) and implemented (for Milestone 3) in accordance with ISO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F2CB9">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>27001 and RFFR requirements.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24EDA05D" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="00A60EFC">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="009F2CB9">
-              <w:t>It is critical that the self-assessment report be signed off by a person/s with appropriate authority to make declarations on behalf of the Provider, that it attest to the Provider’s ISMS conformance with ISO</w:t>
+              <w:t xml:space="preserve">It is critical that the self-assessment report be signed off by a person/s with appropriate authority to make declarations on behalf of the Provider, that it </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009F2CB9">
+              <w:t>attest</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009F2CB9">
+              <w:t xml:space="preserve"> to the Provider’s ISMS conformance with ISO</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F2CB9">
               <w:t>27001 requirements, and (for Milestone 3) that it attest to the implementation status of controls identified as applicable in the Provider’s SoA.  A template self-assessment report is available from the Department.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w14:paraId="18E3CE9E" w14:textId="77777777" w:rsidTr="00A60EFC">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="390157FA" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="00A60EFC">
             <w:pPr>
               <w:pStyle w:val="TableFirstColumn"/>
               <w:keepNext w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F2CB9">
@@ -20834,51 +21327,59 @@
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68B9C366" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00D725B7" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>enters a new Deed with the Department</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="398A03EF" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>changes its subcontracting arrangements (from one Subcontractor to another, or introduces a new Subcontractor)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC5C688" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
-        <w:t>changes its Third Party IT Vendors who are supporting their IT environments</w:t>
+        <w:t xml:space="preserve">changes its </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Third Party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> IT Vendors who are supporting their IT environments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="045E4007" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00814386" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">has a change in classification from Category 2 to Category 1 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ECB0052" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="000C6CDB">
         <w:t xml:space="preserve">Provider must </w:t>
       </w:r>
       <w:r>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="000C6CDB">
         <w:t xml:space="preserve">otify the Department </w:t>
@@ -22373,102 +22874,134 @@
       <w:r>
         <w:t>Deed</w:t>
       </w:r>
       <w:r w:rsidRPr="00814386">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Providers are required to ensure that the contact information for Security Contact officers remains current and if there is a relevant change of Personnel that Providers update the Department within 5</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve"> Business Days</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the change.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DAC0CE7" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00814386" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="757" w:name="_Toc95896828"/>
       <w:r w:rsidRPr="00814386">
         <w:t xml:space="preserve">Subcontractor </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">and Third Party IT Vendor </w:t>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Third Party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> IT Vendor </w:t>
       </w:r>
       <w:r w:rsidRPr="00814386">
         <w:t>requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="757"/>
       <w:r w:rsidRPr="00814386">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C77D901" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve">Providers are responsible for ensuring that any Subcontractors used in the provision of the Services </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">and any Third Party IT Vendors supporting the Provider's Services </w:t>
+        <w:t xml:space="preserve">and any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Third Party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> IT Vendors supporting the Provider's Services </w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve">also comply with the security, privacy and data sovereignty requirements of </w:t>
       </w:r>
       <w:r w:rsidRPr="00814386">
         <w:t>their Employment</w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t xml:space="preserve"> Deed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CCCC218" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="009F2CB9" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="009F2CB9">
         <w:t>The Provider must:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="063EFE8B" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>ensure that its Subcontractors successfully complete the required Personnel vetting processes, and bear any costs associated with doing so.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B7DCA9" w14:textId="0CAD75DD" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
-        <w:t>ensure that its Subcontractors and its Third Party IT Vendors are aware of, and comply with, the same security requirements that are placed on the Provider by the Department. This includes consideration and implementation of ISM OFFICIAL controls that are relevant to the scope of services provided by the Subcontractor or Third Party IT service provider.</w:t>
+        <w:t xml:space="preserve">ensure that its Subcontractors and its </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Third Party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> IT Vendors are aware of, and comply with, the same security requirements that are placed on the Provider by the Department. This includes consideration and implementation of ISM OFFICIAL controls that are relevant to the scope of services provided by the Subcontractor or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Third Party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> IT service provider.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D9901C8" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00EE4E3B" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="758" w:name="_Toc95896829"/>
       <w:r w:rsidRPr="00EE4E3B">
         <w:t>Access and information security assurance for External IT Systems</w:t>
       </w:r>
       <w:bookmarkEnd w:id="758"/>
     </w:p>
     <w:p w14:paraId="51E62CF2" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00221338" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Providers (including any </w:t>
       </w:r>
       <w:r w:rsidRPr="009F2CB9">
         <w:t>Subcontractors</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) who use </w:t>
       </w:r>
@@ -22660,86 +23193,108 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00205A7A">
         <w:t xml:space="preserve">Services and Pre-employment Services </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Deed, including RFFR or security requirements, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F74196">
         <w:t xml:space="preserve">or there is a risk of such a breach, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the Department may </w:t>
       </w:r>
       <w:r w:rsidRPr="00F74196">
         <w:t xml:space="preserve">immediately </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">suspend Access, or require the Provider to cease all Access, to the Department’s IT Systems. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F74196">
         <w:t>Where the Department determines that the Provider is in breach of, or has previously breached</w:t>
       </w:r>
       <w:r>
-        <w:t>, relevant requirements, the Department may immediately take action including any one or more of the following:</w:t>
+        <w:t xml:space="preserve">, relevant requirements, the Department may immediately </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>take action</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> including any one or more of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4328A13E" w14:textId="0DF1F95A" w:rsidR="007D2A28" w:rsidRPr="00C0023D" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="5A4E5F72">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>suspending, terminating, or requiring the c</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">essation of all access to the Department’s IT Systems for any Provider Personnel, Subcontractor, Third Party IT Vendor, External IT System or the Provider </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08BEA7F6" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00C0023D" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="5A4E5F72">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">requiring the Provider to obtain new logon IDs for any </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Provider </w:t>
       </w:r>
       <w:r w:rsidRPr="5A4E5F72">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Personnel, Subcontractor or Third Party IT Vendor and, if so required, the Provider must promptly obtain such new logons; or </w:t>
+        <w:t xml:space="preserve">Personnel, Subcontractor or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="5A4E5F72">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Third Party</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="5A4E5F72">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IT Vendor and, if so required, the Provider must promptly obtain such new logons; or </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153E3314" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00810181" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r w:rsidRPr="5A4E5F72">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>requiring the Provider to prepare and implement an IT security plan to the De</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">partment’s satisfaction, and if so required, the Provider must do so within the timeframe required by the Department. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7D8EA2" w14:textId="77777777" w:rsidR="005F575D" w:rsidRDefault="005F575D" w:rsidP="005F575D">
       <w:pPr>
         <w:pStyle w:val="Heading3-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="761" w:name="_Toc87444856"/>
       <w:bookmarkStart w:id="762" w:name="_Toc87451905"/>
       <w:bookmarkStart w:id="763" w:name="_Toc87451954"/>
       <w:bookmarkStart w:id="764" w:name="_Toc87452001"/>
@@ -23545,51 +24100,59 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="65ADFB31" w14:textId="04F43D71" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">When Providers are dealing with a case of challenging behaviour, they may wish to discuss the Participant’s behaviour with them. </w:t>
       </w:r>
       <w:r w:rsidR="00021F6A">
         <w:t>Participants</w:t>
       </w:r>
       <w:r w:rsidR="00F6310B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B30AF5">
         <w:t xml:space="preserve">have the right to ask questions and appropriately </w:t>
       </w:r>
       <w:r w:rsidR="00085992">
         <w:t xml:space="preserve">outline their views on their entitlements </w:t>
       </w:r>
       <w:r w:rsidR="005962E3">
         <w:t>and servicing</w:t>
       </w:r>
       <w:r w:rsidR="000771F5">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00082860">
-        <w:t xml:space="preserve"> As long as they are</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00082860">
+        <w:t>As long as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00082860">
+        <w:t xml:space="preserve"> they are</w:t>
       </w:r>
       <w:r w:rsidR="00C419B4">
         <w:t xml:space="preserve"> not being</w:t>
       </w:r>
       <w:r w:rsidR="00085992">
         <w:t xml:space="preserve"> abusive or </w:t>
       </w:r>
       <w:r w:rsidR="0009471A">
         <w:t xml:space="preserve">using </w:t>
       </w:r>
       <w:r w:rsidR="00085992">
         <w:t>offen</w:t>
       </w:r>
       <w:r w:rsidR="0009471A">
         <w:t>sive language</w:t>
       </w:r>
       <w:r w:rsidR="00C419B4">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0009471A">
         <w:t xml:space="preserve"> Participants</w:t>
       </w:r>
       <w:r w:rsidR="005962E3">
         <w:t xml:space="preserve"> should not be </w:t>
       </w:r>
@@ -23634,52 +24197,57 @@
       <w:r w:rsidR="00FD00DF" w:rsidRPr="005B315E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF">
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF" w:rsidRPr="005B315E">
         <w:t xml:space="preserve">take reasonable </w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF">
         <w:t>steps</w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF" w:rsidRPr="005B315E">
         <w:t xml:space="preserve"> to ensure the safety of </w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF" w:rsidRPr="005B315E">
         <w:t xml:space="preserve">rovider staff, other </w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF" w:rsidRPr="005B315E">
-        <w:t>articipants and the general public</w:t>
-      </w:r>
+        <w:t xml:space="preserve">articipants and the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FD00DF" w:rsidRPr="005B315E">
+        <w:t>general public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FD00DF">
         <w:t xml:space="preserve"> in the delivery of Services at their premises, even from children exhibiting challenging behaviours. Providers</w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF" w:rsidRPr="005B315E">
         <w:t xml:space="preserve"> may </w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF">
         <w:t>require</w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF" w:rsidRPr="005B315E">
         <w:t xml:space="preserve"> that a </w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF" w:rsidRPr="005B315E">
         <w:t xml:space="preserve">articipant </w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF">
         <w:t>remove their</w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF" w:rsidRPr="005B315E">
         <w:t xml:space="preserve"> child </w:t>
       </w:r>
       <w:r w:rsidR="00FD00DF">
@@ -24192,51 +24760,59 @@
       </w:r>
       <w:r w:rsidR="00DC2B65">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46F1D83F" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">Incident reporting </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F5C18A7" w14:textId="77777777" w:rsidR="00016AEF" w:rsidRDefault="00016AEF" w:rsidP="007D2A28">
       <w:r>
         <w:t>Providers are required to submit an Incident Report after each Challenging Behaviour Incident, including a completed Incident Details section for each Incident Report. Guidance to assist with these steps is provided in the tables and system steps below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4701B5C3" w14:textId="38A28F31" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">The purpose of the Incident reporting arrangements is to have a written record of incidents involving challenging behaviour to inform Provider and Services Australia frontline staff of the potential for further incidents, support compliance measures where appropriate and assist Providers to manage the safety of their staff. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27A6E19E" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
-        <w:t xml:space="preserve">The arrangements are designed to make Participants’ experiences more consistent across both the Department and Services Australia by aligning processes and terminology for managing challenging behaviour with those used by Services Australia. This is achieved through the use of: </w:t>
+        <w:t xml:space="preserve">The arrangements are designed to make Participants’ experiences more consistent across both the Department and Services Australia by aligning processes and terminology for managing challenging behaviour with those used by Services Australia. This is achieved </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E62C75">
+        <w:t>through the use of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E62C75">
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="482A33D4" w14:textId="22B2993E" w:rsidR="007D2A28" w:rsidRPr="00E50FD7" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r w:rsidRPr="5A4E5F72">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>Incident Severity Matrix</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – an automated process which assigns a severity level to an incident. The matrix removes subjectivity when determining the severity of an incident based on key information about the incident. The matrix </w:t>
       </w:r>
       <w:r w:rsidR="00D44E97">
         <w:t>assesses</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the importance of all incidents being considered in the context of ‘organisational tolerance’ not ‘personal tolerance’</w:t>
       </w:r>
       <w:r w:rsidR="00AC6BAA">
@@ -24394,51 +24970,59 @@
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve"> appropriate future servicing arrangements</w:t>
       </w:r>
       <w:r w:rsidR="00E26F73">
         <w:t xml:space="preserve"> to minimise risks to people and property</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ED251C4" w14:textId="606EA9F8" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">Accurate recording of incidents ensures that, if the Participant is transferred to another Site or Provider, the receiving Site or Provider is aware of the challenging behaviour/s and can arrange to service the Participant accordingly. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="259790D7" w14:textId="48322AF6" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t>A challenging behaviour incident may also be considered a WHS incident. In these cases, the Provider may need to submit a</w:t>
       </w:r>
       <w:r w:rsidR="00E94048">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
-        <w:t xml:space="preserve"> Incident Report and also Notify the Department of the WHS incident in accordance with Deed requirements. </w:t>
+        <w:t xml:space="preserve"> Incident Report </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E62C75">
+        <w:t>and also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E62C75">
+        <w:t xml:space="preserve"> Notify the Department of the WHS incident in accordance with Deed requirements. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="429C4A44" w14:textId="794DE0E6" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t>When creating a</w:t>
       </w:r>
       <w:r w:rsidR="006B76CE">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve"> Incident Report, Providers should consider that under the </w:t>
       </w:r>
       <w:r>
         <w:t>FOI Act</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">, a person has the right (with limited exceptions) to access their personal information or documents held by the Department or Providers. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00D9FB75" w14:textId="674945BD" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t>Providers should ensure that, when creating a</w:t>
       </w:r>
       <w:r w:rsidR="006B76CE">
         <w:t>n</w:t>
@@ -25226,51 +25810,59 @@
           <w:trHeight w:val="694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3429" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="032C6A61" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00671D0B" w:rsidRDefault="007D2A28" w:rsidP="00A60EFC">
             <w:pPr>
               <w:pStyle w:val="TableFirstColumn"/>
               <w:keepNext w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00671D0B">
               <w:t>Threat - Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5614" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59F9BF03" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00671D0B" w:rsidRDefault="007D2A28" w:rsidP="00A60EFC">
             <w:pPr>
               <w:pStyle w:val="TableText"/>
             </w:pPr>
             <w:r w:rsidRPr="00671D0B">
-              <w:t xml:space="preserve">Expression of the intention to do something to an ‘other’ person/organisation  </w:t>
+              <w:t xml:space="preserve">Expression of the intention to do something to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00671D0B">
+              <w:t>an ‘other’</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00671D0B">
+              <w:t xml:space="preserve"> person/organisation  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="267641C1" w14:textId="44E1F813" w:rsidR="00FC18C4" w:rsidRPr="00FC18C4" w:rsidRDefault="00FC18C4" w:rsidP="00FC18C4">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Table 5-C: </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC18C4">
         <w:t>Challenging Behaviour Incident Reporting Terminology - Emergency Services and Site Safety Impact</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DESE"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4106"/>
         <w:gridCol w:w="4910"/>
@@ -25649,51 +26241,59 @@
           </w:tcPr>
           <w:p w14:paraId="3C0BF04F" w14:textId="335FC79F" w:rsidR="007D2A28" w:rsidRPr="00D91D7D" w:rsidRDefault="007D2A28" w:rsidP="00A60EFC">
             <w:pPr>
               <w:pStyle w:val="TableFirstColumn"/>
             </w:pPr>
             <w:r w:rsidRPr="00D91D7D">
               <w:t>Impact Provider other (with</w:t>
             </w:r>
             <w:r w:rsidR="00244E6E">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D91D7D">
               <w:t>injury)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5614" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="310ED0E1" w14:textId="206FA8EE" w:rsidR="007D2A28" w:rsidRPr="00671D0B" w:rsidRDefault="007D2A28" w:rsidP="00A60EFC">
             <w:pPr>
               <w:pStyle w:val="1AllTextNormalParagraph"/>
             </w:pPr>
             <w:r w:rsidRPr="00671D0B">
-              <w:t>Where an ‘other’ person/organisation was physically or psychologically injured</w:t>
+              <w:t xml:space="preserve">Where </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00671D0B">
+              <w:t>an ‘other’</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00671D0B">
+              <w:t xml:space="preserve"> person/organisation was physically or psychologically injured</w:t>
             </w:r>
             <w:r w:rsidR="00C10686">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="00FD4B36">
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="00C10686">
               <w:t xml:space="preserve">ote: this could include another Participant, a Security Guard, a member of public or family member of a Participant). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D2A28" w14:paraId="06C1513F" w14:textId="77777777" w:rsidTr="00A60EFC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3429" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07C24815" w14:textId="7C79DB00" w:rsidR="007D2A28" w:rsidRPr="00D91D7D" w:rsidRDefault="007D2A28" w:rsidP="00A60EFC">
             <w:pPr>
               <w:pStyle w:val="TableFirstColumn"/>
             </w:pPr>
             <w:r w:rsidRPr="00D91D7D">
               <w:t>Non-compliance with</w:t>
             </w:r>
@@ -25853,51 +26453,59 @@
     <w:p w14:paraId="666C3CE9" w14:textId="77777777" w:rsidR="00CB4C31" w:rsidRDefault="007B2208" w:rsidP="00CB4C31">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>What is the nature of the incident? e.g. Actual + Threat Provider + Threat – Other</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6854EE90" w14:textId="1E6366D2" w:rsidR="007B2208" w:rsidRPr="007B2208" w:rsidRDefault="007B2208" w:rsidP="00391C17">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>What type of incident occurred? e.g. Assault – Weapon + Abuse + Behaviour + Property</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C4E454F" w14:textId="77777777" w:rsidR="00C8668D" w:rsidRPr="007B2208" w:rsidRDefault="00C8668D" w:rsidP="00C8668D">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r>
         <w:t>‘Incident Detail’ – It is mandatory for Provider staff to include incident details in the Incident Report. T</w:t>
       </w:r>
       <w:r w:rsidRPr="007B2208">
-        <w:t>his will assist Provider and Services Australia staff to manage the safety and wellbeing of staff, other Participants and the general public. It will also assist with post-incident servicing of the Participant.</w:t>
+        <w:t xml:space="preserve">his will assist Provider and Services Australia staff to manage the safety and wellbeing of staff, other Participants and the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B2208">
+        <w:t>general public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B2208">
+        <w:t>. It will also assist with post-incident servicing of the Participant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F6A860E" w14:textId="346492AE" w:rsidR="00162C7D" w:rsidRDefault="00C8668D" w:rsidP="007F7B30">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284"/>
       </w:pPr>
       <w:r>
         <w:t>Ensure</w:t>
       </w:r>
       <w:r w:rsidRPr="007B2208">
         <w:t xml:space="preserve"> all records are factual, comprehensive, free from jargon and do not include unnecessary or inappropriate commentary. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">It is important to include the words and language the </w:t>
       </w:r>
       <w:r w:rsidR="00CB26FC">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">articipant has displayed at the time of the incident. This will ensure that any future behavioural concerns are clearly identified and support assessment of whether the Participant’s behaviour is escalating. </w:t>
@@ -26459,51 +27067,59 @@
         <w:t>must be considered</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DCB9F1E" w14:textId="6DCE1037" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t>The above incident severity levels are the same for Services Australia and Provider</w:t>
       </w:r>
       <w:r w:rsidR="0093785A">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:t>lodged</w:t>
       </w:r>
       <w:r w:rsidR="00B77F38">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">Incident Reports. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11AD3A84" w14:textId="2D7402B4" w:rsidR="000C4B3B" w:rsidRPr="00E62C75" w:rsidRDefault="000C4B3B" w:rsidP="007D2A28">
       <w:r>
-        <w:t>Please note: behaviours do not increase the severity of an incident in isolation. An additional action</w:t>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>note:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> behaviours do not increase the severity of an incident in isolation. An additional action</w:t>
       </w:r>
       <w:r w:rsidR="00416709">
         <w:t xml:space="preserve"> increases the severity of an incident </w:t>
       </w:r>
       <w:r w:rsidR="008602AA">
         <w:t>i.</w:t>
       </w:r>
       <w:r w:rsidR="00416709">
         <w:t xml:space="preserve">e. the </w:t>
       </w:r>
       <w:r w:rsidR="00206803">
         <w:t>emergency services</w:t>
       </w:r>
       <w:r w:rsidR="00416709">
         <w:t xml:space="preserve"> are contacted</w:t>
       </w:r>
       <w:r w:rsidR="00AC208D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B873DB">
         <w:t>and/</w:t>
       </w:r>
       <w:r w:rsidR="00AC208D">
         <w:t>or</w:t>
       </w:r>
@@ -27729,63 +28345,79 @@
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>articipant becomes particularly distressed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07EDD733" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:bookmarkStart w:id="832" w:name="_Service_Channel_Restrictions"/>
       <w:bookmarkStart w:id="833" w:name="_Toc95927055"/>
       <w:bookmarkEnd w:id="832"/>
       <w:r w:rsidRPr="00E62C75">
         <w:t>Service Channel Restrictions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="833"/>
     </w:p>
     <w:p w14:paraId="41F5863F" w14:textId="77777777" w:rsidR="00764A21" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t>The partial or full restriction of one or more service channels may assist Providers in managing the impact of challenging behaviours by enabling them to limit a Participant’s contact with them.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A656B5C" w14:textId="308349DA" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="006444F4" w:rsidP="007D2A28">
       <w:r w:rsidRPr="006444F4">
-        <w:t>Please note</w:t>
-[...2 lines deleted...]
-        <w:t>: e</w:t>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006444F4">
+        <w:t>note</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">ither </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">face-to-face or telephone servicing must remain available, either </w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
-        <w:t>fully or partially, at all times to ensure the Participant remains connected.</w:t>
+        <w:t xml:space="preserve">fully or partially, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E62C75">
+        <w:t>at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E62C75">
+        <w:t xml:space="preserve"> to ensure the Participant remains connected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FD48C3A" w14:textId="4000717E" w:rsidR="007D2A28" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidR="007B514D">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidR="003354AE">
         <w:t>G</w:t>
       </w:r>
       <w:r>
         <w:t>: Channel Restrictions</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -28341,51 +28973,59 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="62FFEC34" w14:textId="21B7FFAB" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>The O</w:t>
       </w:r>
       <w:r w:rsidR="000842B3">
         <w:t xml:space="preserve">ne </w:t>
       </w:r>
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="000842B3">
         <w:t xml:space="preserve">ain </w:t>
       </w:r>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="000842B3">
         <w:t>ontact</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> should be named in the MSP and the specific details of how the Participant should contact or work with their O</w:t>
+        <w:t xml:space="preserve"> should be named in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>MSP</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and the specific details of how the Participant should contact or work with their O</w:t>
       </w:r>
       <w:r w:rsidR="000842B3">
         <w:t xml:space="preserve">ne </w:t>
       </w:r>
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="000842B3">
         <w:t xml:space="preserve">ain </w:t>
       </w:r>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="000842B3">
         <w:t>ontact</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> should be clearly outlined. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F15606F" w14:textId="12C22972" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
@@ -28524,54 +29164,56 @@
     </w:p>
     <w:p w14:paraId="37040BDA" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t>The Participant should be given the opportunity to participate in the review of the MSP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="314775F3" w14:textId="38AEF9C7" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">As part of the review, the Provider should work through the MSP with the Participant where possible and safe to do so. If an agreement cannot be reached, the Provider should contact its </w:t>
       </w:r>
       <w:r w:rsidR="008D6555">
         <w:t>Provider Lead</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D84B742" w14:textId="72E69B81" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="004755CB" w:rsidP="007D2A28">
       <w:r>
         <w:t xml:space="preserve">Please note: </w:t>
       </w:r>
       <w:r w:rsidR="007D2A28" w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">If an MSP expires, it will not be automatically </w:t>
       </w:r>
       <w:bookmarkStart w:id="838" w:name="_Int_jjCaKlce"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007D2A28" w:rsidRPr="00E62C75">
         <w:t>renewed</w:t>
       </w:r>
       <w:bookmarkEnd w:id="838"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007D2A28" w:rsidRPr="00E62C75">
         <w:t xml:space="preserve"> and the Participant will no longer have any restrictions in place.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07771980" w14:textId="2BB126D4" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">Where necessary, Providers should discuss options with their </w:t>
       </w:r>
       <w:r w:rsidR="008D6555">
         <w:t>Provider Lead</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve"> to either extend the MSP (if there is a continued threat to safety) or transition the Participant off the MSP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F19F1A7" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">The outcomes of a review may be to: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21588FAD" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
@@ -28719,52 +29361,57 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:lastRenderedPageBreak/>
         <w:t>will refer the case to the relevant team in the National Office of the Department for review and further assistance in managing the behaviour.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31E7FFC2" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:bookmarkStart w:id="841" w:name="_Toc95927060"/>
       <w:r w:rsidRPr="00E62C75">
         <w:t>Servicing Participants post MSP</w:t>
       </w:r>
       <w:bookmarkEnd w:id="841"/>
     </w:p>
     <w:p w14:paraId="2C4B9383" w14:textId="58C89E5F" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="007D2A28">
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">Providers should consider how the Participant will be serviced </w:t>
       </w:r>
       <w:r w:rsidR="00D24B82">
         <w:t xml:space="preserve">when </w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
-        <w:t>the MSP and service channel restrictions have been lifted</w:t>
-      </w:r>
+        <w:t xml:space="preserve">the MSP and service channel restrictions have been </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E62C75">
+        <w:t>lifted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D24B82">
         <w:t xml:space="preserve"> and they return to standard servicing. Providers should record in the Participant's MSP</w:t>
       </w:r>
       <w:r w:rsidR="000B43F7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F84F2C">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve"> ongoing measures</w:t>
       </w:r>
       <w:r w:rsidR="00F84F2C">
         <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve"> will be implemented to </w:t>
       </w:r>
       <w:r w:rsidR="002C2C02">
         <w:t>encourage</w:t>
       </w:r>
       <w:r w:rsidR="00463E64">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E62C75">
@@ -28827,51 +29474,59 @@
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CFBC1C1" w14:textId="7B1EC2C4" w:rsidR="007D2A28" w:rsidRPr="00E62C75" w:rsidRDefault="007D2A28" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
       <w:bookmarkStart w:id="843" w:name="_Toc95927062"/>
       <w:r w:rsidRPr="00E62C75">
         <w:t>Notification of Transfers</w:t>
       </w:r>
       <w:bookmarkEnd w:id="843"/>
       <w:r w:rsidR="00DC3C35">
         <w:t xml:space="preserve"> and Referrals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B71F220" w14:textId="27F9EB24" w:rsidR="00B2712E" w:rsidRPr="00E62C75" w:rsidRDefault="00B2712E" w:rsidP="00B2712E">
       <w:r>
         <w:t xml:space="preserve">A system pop-up notification will be provided for all Participants with incidents and/or MSPs in the Department’s IT System. These include incidents and MSPs created by Services Australia since 4 July 2022. Provider staff should review the details of historical Participant incident reports and MSPs in the </w:t>
       </w:r>
       <w:r w:rsidR="00A66B3D">
         <w:t xml:space="preserve">Department’s </w:t>
       </w:r>
       <w:r>
-        <w:t>IT System prior to scheduling an Initial Interview so they can implement appropriate interview safety measures to protect Participants and staff, and improve engagement. This may include implementing a proactive MSP limiting face-to-face servicing where appropriate, ensuring there are clear expectations around behaviours and a plan to move towards opening the full suite of communication channels and strategies to support the Participant to manage their behaviour.</w:t>
+        <w:t xml:space="preserve">IT System prior to scheduling an Initial Interview so they can implement appropriate interview safety measures to protect Participants and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>staff, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> improve engagement. This may include implementing a proactive MSP limiting face-to-face servicing where appropriate, ensuring there are clear expectations around behaviours and a plan to move towards opening the full suite of communication channels and strategies to support the Participant to manage their behaviour.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C87936C" w14:textId="04AB89B0" w:rsidR="004B5828" w:rsidRDefault="004B5828" w:rsidP="001E6D15">
       <w:pPr>
         <w:pStyle w:val="Heading4-Numbered"/>
       </w:pPr>
       <w:bookmarkStart w:id="844" w:name="_Toc95927064"/>
       <w:r>
         <w:t>Transfers Due to Relationship Failure</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1465E70E" w14:textId="72907FD4" w:rsidR="00AF3737" w:rsidRPr="009A38E2" w:rsidRDefault="002A7BF9" w:rsidP="00AF3737">
       <w:r>
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidR="00AF3737">
         <w:t xml:space="preserve"> a Provider thinks it cannot maintain a reasonable and constructive servicing relationship with a Participant, they can request that the Participant be transferred to another Provider for servicing. This type of request will require the Provider to demonstrate a genuine attempt to implement post</w:t>
       </w:r>
       <w:r w:rsidR="00AF3737">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidR="00AF3737" w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">incident </w:t>
       </w:r>
       <w:r w:rsidR="00AF3737">
@@ -28920,71 +29575,71 @@
       <w:r w:rsidRPr="00E62C75">
         <w:t>Any warnings given to a Participant must be recorded on the comments screen on the Participant’s record in the Department’s IT Systems.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17722EE3" w14:textId="1DD51E16" w:rsidR="00701CD5" w:rsidRPr="00D15411" w:rsidRDefault="007D2A28" w:rsidP="00903BB2">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r w:rsidRPr="00E62C75">
         <w:t xml:space="preserve">Providers must record all MSP arrangements and restriction/s that are put in place in the MSP screen on the Participant’s record in the Department’s IT Systems. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00701CD5" w:rsidRPr="00D15411" w:rsidSect="00E64203">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="142" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="436807F9" w14:textId="77777777" w:rsidR="00EA20CE" w:rsidRDefault="00EA20CE" w:rsidP="00977D5C">
+    <w:p w14:paraId="483FEE22" w14:textId="77777777" w:rsidR="00500E3D" w:rsidRDefault="00500E3D" w:rsidP="00977D5C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6209CEE8" w14:textId="77777777" w:rsidR="00EA20CE" w:rsidRDefault="00EA20CE" w:rsidP="00977D5C">
+    <w:p w14:paraId="1C32F188" w14:textId="77777777" w:rsidR="00500E3D" w:rsidRDefault="00500E3D" w:rsidP="00977D5C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7A9401A4" w14:textId="77777777" w:rsidR="00EA20CE" w:rsidRDefault="00EA20CE">
+    <w:p w14:paraId="70B4EEA3" w14:textId="77777777" w:rsidR="00500E3D" w:rsidRDefault="00500E3D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -29062,59 +29717,69 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="19B87A7C" w14:textId="0C508E07" w:rsidR="00026BD0" w:rsidRPr="001F18A7" w:rsidRDefault="00026BD0" w:rsidP="00642D99">
+  <w:p w14:paraId="19B87A7C" w14:textId="280B458C" w:rsidR="00026BD0" w:rsidRPr="001F18A7" w:rsidRDefault="00026BD0" w:rsidP="00257BD1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:r w:rsidRPr="001F18A7">
       <w:t xml:space="preserve">Effective from: </w:t>
     </w:r>
     <w:r w:rsidR="002807C9">
-      <w:t>1 October 2025</w:t>
+      <w:t xml:space="preserve">1 </w:t>
+    </w:r>
+    <w:r w:rsidR="007F66C5">
+      <w:t>Novembe</w:t>
+    </w:r>
+    <w:r w:rsidR="00257BD1">
+      <w:t>r</w:t>
+    </w:r>
+    <w:r w:rsidR="002807C9">
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="001F18A7">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="001F18A7">
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="001F18A7">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001F18A7">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001F18A7">
       <w:rPr>
         <w:b/>
@@ -29364,71 +30029,71 @@
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>29</w:t>
     </w:r>
     <w:r w:rsidRPr="001F19A3">
       <w:rPr>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2537CFD5" w14:textId="77777777" w:rsidR="00EA20CE" w:rsidRDefault="00EA20CE" w:rsidP="00977D5C">
+    <w:p w14:paraId="6C946868" w14:textId="77777777" w:rsidR="00500E3D" w:rsidRDefault="00500E3D" w:rsidP="00977D5C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77B22DC5" w14:textId="77777777" w:rsidR="00EA20CE" w:rsidRDefault="00EA20CE" w:rsidP="00977D5C">
+    <w:p w14:paraId="17B36FC1" w14:textId="77777777" w:rsidR="00500E3D" w:rsidRDefault="00500E3D" w:rsidP="00977D5C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="622B60BA" w14:textId="77777777" w:rsidR="00EA20CE" w:rsidRDefault="00EA20CE">
+    <w:p w14:paraId="0D71F3DE" w14:textId="77777777" w:rsidR="00500E3D" w:rsidRDefault="00500E3D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1533378A" w14:textId="77777777" w:rsidR="00026BD0" w:rsidRDefault="00026BD0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F3BC4AC" w14:textId="77777777" w:rsidR="007D2A28" w:rsidRDefault="007D2A28">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
@@ -32752,51 +33417,51 @@
   </w:num>
   <w:num w:numId="45" w16cid:durableId="398015684">
     <w:abstractNumId w:val="17"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1991404623">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1312294080">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:linkStyles/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
+  <w:documentProtection w:formatting="1" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:defaultTableStyle w:val="DESE"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -32857,50 +33522,51 @@
     <w:rsid w:val="00027F53"/>
     <w:rsid w:val="000307C9"/>
     <w:rsid w:val="00030BED"/>
     <w:rsid w:val="000314BB"/>
     <w:rsid w:val="0003178E"/>
     <w:rsid w:val="00031E5D"/>
     <w:rsid w:val="000323FA"/>
     <w:rsid w:val="00032FF8"/>
     <w:rsid w:val="00034F77"/>
     <w:rsid w:val="00035131"/>
     <w:rsid w:val="00036E5F"/>
     <w:rsid w:val="0003765B"/>
     <w:rsid w:val="00041115"/>
     <w:rsid w:val="00043387"/>
     <w:rsid w:val="000444A0"/>
     <w:rsid w:val="0004499C"/>
     <w:rsid w:val="00044EE1"/>
     <w:rsid w:val="00045CC7"/>
     <w:rsid w:val="00045E36"/>
     <w:rsid w:val="00045E59"/>
     <w:rsid w:val="000469F1"/>
     <w:rsid w:val="0005093A"/>
     <w:rsid w:val="00050D00"/>
     <w:rsid w:val="000528CF"/>
     <w:rsid w:val="000532B9"/>
+    <w:rsid w:val="00054066"/>
     <w:rsid w:val="0005408D"/>
     <w:rsid w:val="00054498"/>
     <w:rsid w:val="0005463D"/>
     <w:rsid w:val="0005479F"/>
     <w:rsid w:val="00055AFB"/>
     <w:rsid w:val="00056294"/>
     <w:rsid w:val="0005683B"/>
     <w:rsid w:val="000568BE"/>
     <w:rsid w:val="00056B54"/>
     <w:rsid w:val="00056F6D"/>
     <w:rsid w:val="0005767A"/>
     <w:rsid w:val="00057B30"/>
     <w:rsid w:val="0006181A"/>
     <w:rsid w:val="000619D4"/>
     <w:rsid w:val="00061AD7"/>
     <w:rsid w:val="00061AD8"/>
     <w:rsid w:val="00061FDE"/>
     <w:rsid w:val="000622E4"/>
     <w:rsid w:val="00062A98"/>
     <w:rsid w:val="00062D8A"/>
     <w:rsid w:val="00062FC9"/>
     <w:rsid w:val="0006400A"/>
     <w:rsid w:val="00064B30"/>
     <w:rsid w:val="000651A8"/>
     <w:rsid w:val="00065BDD"/>
@@ -32938,50 +33604,51 @@
     <w:rsid w:val="00085992"/>
     <w:rsid w:val="00086181"/>
     <w:rsid w:val="0008714F"/>
     <w:rsid w:val="00090293"/>
     <w:rsid w:val="00090616"/>
     <w:rsid w:val="00091880"/>
     <w:rsid w:val="00092869"/>
     <w:rsid w:val="00092899"/>
     <w:rsid w:val="00092D26"/>
     <w:rsid w:val="00092DE5"/>
     <w:rsid w:val="000930F7"/>
     <w:rsid w:val="00093D61"/>
     <w:rsid w:val="0009442D"/>
     <w:rsid w:val="0009471A"/>
     <w:rsid w:val="00094959"/>
     <w:rsid w:val="00094DA7"/>
     <w:rsid w:val="00096656"/>
     <w:rsid w:val="00097A58"/>
     <w:rsid w:val="000A03AA"/>
     <w:rsid w:val="000A15E2"/>
     <w:rsid w:val="000A1D0C"/>
     <w:rsid w:val="000A1E42"/>
     <w:rsid w:val="000A22CD"/>
     <w:rsid w:val="000A5E37"/>
     <w:rsid w:val="000A79E4"/>
+    <w:rsid w:val="000A7A87"/>
     <w:rsid w:val="000B017B"/>
     <w:rsid w:val="000B0512"/>
     <w:rsid w:val="000B0987"/>
     <w:rsid w:val="000B0DF1"/>
     <w:rsid w:val="000B1251"/>
     <w:rsid w:val="000B2539"/>
     <w:rsid w:val="000B25D9"/>
     <w:rsid w:val="000B330C"/>
     <w:rsid w:val="000B35A3"/>
     <w:rsid w:val="000B3EFF"/>
     <w:rsid w:val="000B43F7"/>
     <w:rsid w:val="000B45E3"/>
     <w:rsid w:val="000B4F8D"/>
     <w:rsid w:val="000B53F2"/>
     <w:rsid w:val="000B54D0"/>
     <w:rsid w:val="000B5E35"/>
     <w:rsid w:val="000B5E44"/>
     <w:rsid w:val="000B657A"/>
     <w:rsid w:val="000B6D1E"/>
     <w:rsid w:val="000B700C"/>
     <w:rsid w:val="000B7A43"/>
     <w:rsid w:val="000B7F7F"/>
     <w:rsid w:val="000B7FA7"/>
     <w:rsid w:val="000C006A"/>
     <w:rsid w:val="000C06BA"/>
@@ -33065,75 +33732,77 @@
     <w:rsid w:val="00102685"/>
     <w:rsid w:val="001036D0"/>
     <w:rsid w:val="0010408B"/>
     <w:rsid w:val="001049FE"/>
     <w:rsid w:val="0010535F"/>
     <w:rsid w:val="001057A1"/>
     <w:rsid w:val="00105CC1"/>
     <w:rsid w:val="00105E87"/>
     <w:rsid w:val="00107C3E"/>
     <w:rsid w:val="00110010"/>
     <w:rsid w:val="001106BF"/>
     <w:rsid w:val="00110AD1"/>
     <w:rsid w:val="00110E96"/>
     <w:rsid w:val="00111F60"/>
     <w:rsid w:val="0011267B"/>
     <w:rsid w:val="00112754"/>
     <w:rsid w:val="00112E62"/>
     <w:rsid w:val="001131C4"/>
     <w:rsid w:val="00113237"/>
     <w:rsid w:val="00113CB6"/>
     <w:rsid w:val="00114BB7"/>
     <w:rsid w:val="00114C5B"/>
     <w:rsid w:val="00114F93"/>
     <w:rsid w:val="00115304"/>
     <w:rsid w:val="0011653D"/>
+    <w:rsid w:val="00116FB1"/>
     <w:rsid w:val="00117077"/>
     <w:rsid w:val="0011724E"/>
     <w:rsid w:val="00117C0A"/>
     <w:rsid w:val="00120527"/>
     <w:rsid w:val="00120558"/>
     <w:rsid w:val="00120825"/>
     <w:rsid w:val="00120B9F"/>
     <w:rsid w:val="001212A2"/>
     <w:rsid w:val="00121DC8"/>
     <w:rsid w:val="001234E3"/>
     <w:rsid w:val="00123649"/>
     <w:rsid w:val="00123705"/>
     <w:rsid w:val="001238B1"/>
     <w:rsid w:val="00123DDA"/>
     <w:rsid w:val="00124213"/>
     <w:rsid w:val="00124C0B"/>
     <w:rsid w:val="00125191"/>
     <w:rsid w:val="00125ACB"/>
     <w:rsid w:val="00125C70"/>
     <w:rsid w:val="00126086"/>
     <w:rsid w:val="00126191"/>
     <w:rsid w:val="00126DF3"/>
     <w:rsid w:val="001277B9"/>
     <w:rsid w:val="00130096"/>
     <w:rsid w:val="00130871"/>
+    <w:rsid w:val="001308A9"/>
     <w:rsid w:val="0013129C"/>
     <w:rsid w:val="00131533"/>
     <w:rsid w:val="001334A4"/>
     <w:rsid w:val="001353AE"/>
     <w:rsid w:val="00135853"/>
     <w:rsid w:val="001361F2"/>
     <w:rsid w:val="0013687C"/>
     <w:rsid w:val="0013731A"/>
     <w:rsid w:val="00137E4A"/>
     <w:rsid w:val="00140833"/>
     <w:rsid w:val="00140F2F"/>
     <w:rsid w:val="001415CF"/>
     <w:rsid w:val="0014162F"/>
     <w:rsid w:val="00141A64"/>
     <w:rsid w:val="00141E2F"/>
     <w:rsid w:val="00142941"/>
     <w:rsid w:val="001429A0"/>
     <w:rsid w:val="00142BE9"/>
     <w:rsid w:val="00143109"/>
     <w:rsid w:val="001433C8"/>
     <w:rsid w:val="00143415"/>
     <w:rsid w:val="0014377E"/>
     <w:rsid w:val="00144E7E"/>
     <w:rsid w:val="00145AF8"/>
     <w:rsid w:val="00145D3B"/>
@@ -33142,56 +33811,56 @@
     <w:rsid w:val="00146D75"/>
     <w:rsid w:val="001471DB"/>
     <w:rsid w:val="0014796A"/>
     <w:rsid w:val="00147EC4"/>
     <w:rsid w:val="00151EA3"/>
     <w:rsid w:val="00151FE8"/>
     <w:rsid w:val="001523DB"/>
     <w:rsid w:val="00153154"/>
     <w:rsid w:val="00153A30"/>
     <w:rsid w:val="00153F3C"/>
     <w:rsid w:val="0015455A"/>
     <w:rsid w:val="00154FB6"/>
     <w:rsid w:val="0015543D"/>
     <w:rsid w:val="001555DA"/>
     <w:rsid w:val="00155E35"/>
     <w:rsid w:val="00157C80"/>
     <w:rsid w:val="001607A9"/>
     <w:rsid w:val="00162A51"/>
     <w:rsid w:val="00162C7D"/>
     <w:rsid w:val="00162D44"/>
     <w:rsid w:val="001631DC"/>
     <w:rsid w:val="00163395"/>
     <w:rsid w:val="00164102"/>
     <w:rsid w:val="001641CF"/>
     <w:rsid w:val="00164D50"/>
+    <w:rsid w:val="00165580"/>
     <w:rsid w:val="00165F31"/>
     <w:rsid w:val="00167AF3"/>
     <w:rsid w:val="00170169"/>
     <w:rsid w:val="00170256"/>
     <w:rsid w:val="001704CB"/>
-    <w:rsid w:val="00170C44"/>
     <w:rsid w:val="001729DB"/>
     <w:rsid w:val="00172CD3"/>
     <w:rsid w:val="00173605"/>
     <w:rsid w:val="00174382"/>
     <w:rsid w:val="001754F1"/>
     <w:rsid w:val="0017632B"/>
     <w:rsid w:val="0017638D"/>
     <w:rsid w:val="00177233"/>
     <w:rsid w:val="00177C44"/>
     <w:rsid w:val="00180D9B"/>
     <w:rsid w:val="001822C4"/>
     <w:rsid w:val="001823E6"/>
     <w:rsid w:val="001828B9"/>
     <w:rsid w:val="001836C6"/>
     <w:rsid w:val="00183D50"/>
     <w:rsid w:val="00184409"/>
     <w:rsid w:val="00184995"/>
     <w:rsid w:val="00184E5D"/>
     <w:rsid w:val="00186131"/>
     <w:rsid w:val="0018614C"/>
     <w:rsid w:val="001866A8"/>
     <w:rsid w:val="001866EB"/>
     <w:rsid w:val="00186BBE"/>
     <w:rsid w:val="00187396"/>
     <w:rsid w:val="00190F19"/>
@@ -33342,81 +34011,84 @@
     <w:rsid w:val="0023181D"/>
     <w:rsid w:val="002320D7"/>
     <w:rsid w:val="00232D77"/>
     <w:rsid w:val="00233F60"/>
     <w:rsid w:val="0023539B"/>
     <w:rsid w:val="00236E4D"/>
     <w:rsid w:val="00236F57"/>
     <w:rsid w:val="00237FAD"/>
     <w:rsid w:val="00240209"/>
     <w:rsid w:val="00240418"/>
     <w:rsid w:val="00241301"/>
     <w:rsid w:val="0024205A"/>
     <w:rsid w:val="00242192"/>
     <w:rsid w:val="0024250C"/>
     <w:rsid w:val="00242DD6"/>
     <w:rsid w:val="0024391C"/>
     <w:rsid w:val="00243DC1"/>
     <w:rsid w:val="002443AB"/>
     <w:rsid w:val="00244C9C"/>
     <w:rsid w:val="00244E6E"/>
     <w:rsid w:val="00244F59"/>
     <w:rsid w:val="00245661"/>
     <w:rsid w:val="002458DE"/>
     <w:rsid w:val="00246922"/>
     <w:rsid w:val="00246DBA"/>
+    <w:rsid w:val="0025014F"/>
     <w:rsid w:val="00250B4F"/>
     <w:rsid w:val="002513FE"/>
     <w:rsid w:val="002515A9"/>
     <w:rsid w:val="00251901"/>
     <w:rsid w:val="00251929"/>
     <w:rsid w:val="00252526"/>
     <w:rsid w:val="00253216"/>
     <w:rsid w:val="00253440"/>
     <w:rsid w:val="002534B0"/>
     <w:rsid w:val="00254981"/>
     <w:rsid w:val="002558CB"/>
     <w:rsid w:val="00255AA0"/>
     <w:rsid w:val="00255B18"/>
     <w:rsid w:val="00257236"/>
+    <w:rsid w:val="00257BD1"/>
     <w:rsid w:val="00260922"/>
     <w:rsid w:val="00261581"/>
     <w:rsid w:val="00261711"/>
     <w:rsid w:val="00262270"/>
     <w:rsid w:val="0026290C"/>
     <w:rsid w:val="0026303C"/>
     <w:rsid w:val="0026329C"/>
     <w:rsid w:val="00263405"/>
     <w:rsid w:val="00263582"/>
     <w:rsid w:val="00263695"/>
     <w:rsid w:val="002643AF"/>
     <w:rsid w:val="00264992"/>
     <w:rsid w:val="00264B97"/>
     <w:rsid w:val="0026547C"/>
     <w:rsid w:val="00265DEE"/>
     <w:rsid w:val="00265FFE"/>
     <w:rsid w:val="002661F1"/>
+    <w:rsid w:val="00267733"/>
     <w:rsid w:val="00267F9C"/>
     <w:rsid w:val="00270438"/>
     <w:rsid w:val="002705F7"/>
     <w:rsid w:val="00270660"/>
     <w:rsid w:val="002706A7"/>
     <w:rsid w:val="0027070B"/>
     <w:rsid w:val="00270FD4"/>
     <w:rsid w:val="002718A1"/>
     <w:rsid w:val="002724C4"/>
     <w:rsid w:val="0027323F"/>
     <w:rsid w:val="0027363B"/>
     <w:rsid w:val="00273D93"/>
     <w:rsid w:val="00275C49"/>
     <w:rsid w:val="00276D7E"/>
     <w:rsid w:val="00276E6D"/>
     <w:rsid w:val="00277A74"/>
     <w:rsid w:val="00277B2C"/>
     <w:rsid w:val="00280363"/>
     <w:rsid w:val="002807BE"/>
     <w:rsid w:val="002807C9"/>
     <w:rsid w:val="00280CF5"/>
     <w:rsid w:val="00281207"/>
     <w:rsid w:val="00281B5A"/>
     <w:rsid w:val="0028238A"/>
     <w:rsid w:val="00282EB6"/>
@@ -33459,50 +34131,51 @@
     <w:rsid w:val="002A2D39"/>
     <w:rsid w:val="002A2E13"/>
     <w:rsid w:val="002A30F3"/>
     <w:rsid w:val="002A3383"/>
     <w:rsid w:val="002A36B0"/>
     <w:rsid w:val="002A38C4"/>
     <w:rsid w:val="002A460A"/>
     <w:rsid w:val="002A4DE6"/>
     <w:rsid w:val="002A4EDF"/>
     <w:rsid w:val="002A57BC"/>
     <w:rsid w:val="002A6187"/>
     <w:rsid w:val="002A61D8"/>
     <w:rsid w:val="002A62A9"/>
     <w:rsid w:val="002A64A0"/>
     <w:rsid w:val="002A7629"/>
     <w:rsid w:val="002A76D4"/>
     <w:rsid w:val="002A7BF9"/>
     <w:rsid w:val="002A7ECB"/>
     <w:rsid w:val="002B063D"/>
     <w:rsid w:val="002B0CC2"/>
     <w:rsid w:val="002B14B4"/>
     <w:rsid w:val="002B245A"/>
     <w:rsid w:val="002B2530"/>
     <w:rsid w:val="002B2A60"/>
     <w:rsid w:val="002B2B91"/>
+    <w:rsid w:val="002B352F"/>
     <w:rsid w:val="002B3578"/>
     <w:rsid w:val="002B3751"/>
     <w:rsid w:val="002B3BF8"/>
     <w:rsid w:val="002B3F10"/>
     <w:rsid w:val="002B4977"/>
     <w:rsid w:val="002B57DD"/>
     <w:rsid w:val="002B5AED"/>
     <w:rsid w:val="002B5B5E"/>
     <w:rsid w:val="002B6208"/>
     <w:rsid w:val="002B684F"/>
     <w:rsid w:val="002B68C9"/>
     <w:rsid w:val="002B68D8"/>
     <w:rsid w:val="002B6E19"/>
     <w:rsid w:val="002B6F60"/>
     <w:rsid w:val="002B75BF"/>
     <w:rsid w:val="002B7F91"/>
     <w:rsid w:val="002C14B8"/>
     <w:rsid w:val="002C154B"/>
     <w:rsid w:val="002C1606"/>
     <w:rsid w:val="002C184F"/>
     <w:rsid w:val="002C1C6A"/>
     <w:rsid w:val="002C1CE4"/>
     <w:rsid w:val="002C2AFF"/>
     <w:rsid w:val="002C2C02"/>
     <w:rsid w:val="002C3418"/>
@@ -33602,51 +34275,50 @@
     <w:rsid w:val="00323B0E"/>
     <w:rsid w:val="00324004"/>
     <w:rsid w:val="00325346"/>
     <w:rsid w:val="00325379"/>
     <w:rsid w:val="003254D2"/>
     <w:rsid w:val="00325970"/>
     <w:rsid w:val="00325FE1"/>
     <w:rsid w:val="0032617E"/>
     <w:rsid w:val="0032649F"/>
     <w:rsid w:val="0032766B"/>
     <w:rsid w:val="00327FBC"/>
     <w:rsid w:val="00330786"/>
     <w:rsid w:val="00330AEC"/>
     <w:rsid w:val="00331520"/>
     <w:rsid w:val="00331960"/>
     <w:rsid w:val="003329DD"/>
     <w:rsid w:val="00333F08"/>
     <w:rsid w:val="00334F2A"/>
     <w:rsid w:val="003354AE"/>
     <w:rsid w:val="003362BA"/>
     <w:rsid w:val="00337170"/>
     <w:rsid w:val="003372B6"/>
     <w:rsid w:val="0033781E"/>
     <w:rsid w:val="003404C3"/>
     <w:rsid w:val="00340891"/>
-    <w:rsid w:val="00342E1E"/>
     <w:rsid w:val="00342FD5"/>
     <w:rsid w:val="0034477D"/>
     <w:rsid w:val="00344821"/>
     <w:rsid w:val="00344B24"/>
     <w:rsid w:val="00344C16"/>
     <w:rsid w:val="00345FF7"/>
     <w:rsid w:val="0034678B"/>
     <w:rsid w:val="003469E2"/>
     <w:rsid w:val="00346EC3"/>
     <w:rsid w:val="003473B7"/>
     <w:rsid w:val="00347EED"/>
     <w:rsid w:val="00351155"/>
     <w:rsid w:val="00351331"/>
     <w:rsid w:val="00351C3E"/>
     <w:rsid w:val="003522DB"/>
     <w:rsid w:val="00352E92"/>
     <w:rsid w:val="0035375A"/>
     <w:rsid w:val="003541AC"/>
     <w:rsid w:val="00354A20"/>
     <w:rsid w:val="00355298"/>
     <w:rsid w:val="00355828"/>
     <w:rsid w:val="00357B07"/>
     <w:rsid w:val="00360116"/>
     <w:rsid w:val="003609DB"/>
     <w:rsid w:val="00360DBF"/>
@@ -33806,77 +34478,79 @@
     <w:rsid w:val="00400D65"/>
     <w:rsid w:val="00400DE3"/>
     <w:rsid w:val="004010A3"/>
     <w:rsid w:val="00401479"/>
     <w:rsid w:val="004026D9"/>
     <w:rsid w:val="004028B8"/>
     <w:rsid w:val="004029DF"/>
     <w:rsid w:val="00402A00"/>
     <w:rsid w:val="00402A1A"/>
     <w:rsid w:val="00403E39"/>
     <w:rsid w:val="00404349"/>
     <w:rsid w:val="00404829"/>
     <w:rsid w:val="00404F05"/>
     <w:rsid w:val="004052CC"/>
     <w:rsid w:val="00405520"/>
     <w:rsid w:val="0040564F"/>
     <w:rsid w:val="00405CE5"/>
     <w:rsid w:val="004067EC"/>
     <w:rsid w:val="00406E33"/>
     <w:rsid w:val="004074EA"/>
     <w:rsid w:val="00407894"/>
     <w:rsid w:val="00407988"/>
     <w:rsid w:val="00407B13"/>
     <w:rsid w:val="0041024B"/>
     <w:rsid w:val="004103F2"/>
+    <w:rsid w:val="00410A31"/>
     <w:rsid w:val="00410B33"/>
     <w:rsid w:val="00410BF0"/>
     <w:rsid w:val="00410CC1"/>
     <w:rsid w:val="004112B9"/>
     <w:rsid w:val="00411974"/>
     <w:rsid w:val="00411998"/>
     <w:rsid w:val="004119A9"/>
     <w:rsid w:val="00411CB9"/>
     <w:rsid w:val="00411EA5"/>
     <w:rsid w:val="00413372"/>
     <w:rsid w:val="00413824"/>
     <w:rsid w:val="004145F4"/>
     <w:rsid w:val="00414FFE"/>
     <w:rsid w:val="00415A1E"/>
     <w:rsid w:val="0041640E"/>
     <w:rsid w:val="00416709"/>
     <w:rsid w:val="0041691C"/>
     <w:rsid w:val="0041727E"/>
     <w:rsid w:val="0041733D"/>
     <w:rsid w:val="004175C5"/>
     <w:rsid w:val="00417820"/>
     <w:rsid w:val="00417BD7"/>
     <w:rsid w:val="00420D22"/>
     <w:rsid w:val="0042108E"/>
     <w:rsid w:val="00421CF9"/>
     <w:rsid w:val="004220CA"/>
     <w:rsid w:val="004229B6"/>
+    <w:rsid w:val="00422D2E"/>
     <w:rsid w:val="00422E0A"/>
     <w:rsid w:val="00423BFB"/>
     <w:rsid w:val="00424DBA"/>
     <w:rsid w:val="00425875"/>
     <w:rsid w:val="00425F94"/>
     <w:rsid w:val="00425FED"/>
     <w:rsid w:val="00426103"/>
     <w:rsid w:val="00426544"/>
     <w:rsid w:val="004267AB"/>
     <w:rsid w:val="004268E5"/>
     <w:rsid w:val="00427B0F"/>
     <w:rsid w:val="00427F98"/>
     <w:rsid w:val="004300E7"/>
     <w:rsid w:val="00430626"/>
     <w:rsid w:val="0043088F"/>
     <w:rsid w:val="00430E65"/>
     <w:rsid w:val="0043105C"/>
     <w:rsid w:val="004315E3"/>
     <w:rsid w:val="00431C56"/>
     <w:rsid w:val="00431E5F"/>
     <w:rsid w:val="004321AC"/>
     <w:rsid w:val="00433334"/>
     <w:rsid w:val="00434055"/>
     <w:rsid w:val="00434DC0"/>
     <w:rsid w:val="00435094"/>
@@ -34042,50 +34716,51 @@
     <w:rsid w:val="004E766C"/>
     <w:rsid w:val="004E7945"/>
     <w:rsid w:val="004E7C13"/>
     <w:rsid w:val="004F055C"/>
     <w:rsid w:val="004F0835"/>
     <w:rsid w:val="004F097D"/>
     <w:rsid w:val="004F0FEF"/>
     <w:rsid w:val="004F18D8"/>
     <w:rsid w:val="004F1923"/>
     <w:rsid w:val="004F235D"/>
     <w:rsid w:val="004F2B6B"/>
     <w:rsid w:val="004F2FF2"/>
     <w:rsid w:val="004F3080"/>
     <w:rsid w:val="004F3D1A"/>
     <w:rsid w:val="004F4EFD"/>
     <w:rsid w:val="004F52A2"/>
     <w:rsid w:val="004F55CE"/>
     <w:rsid w:val="004F5C4E"/>
     <w:rsid w:val="004F614D"/>
     <w:rsid w:val="004F63F9"/>
     <w:rsid w:val="004F6991"/>
     <w:rsid w:val="004F7D97"/>
     <w:rsid w:val="004F7EA4"/>
     <w:rsid w:val="00500585"/>
     <w:rsid w:val="00500D8A"/>
+    <w:rsid w:val="00500E3D"/>
     <w:rsid w:val="005014D0"/>
     <w:rsid w:val="00501C3B"/>
     <w:rsid w:val="00501FEF"/>
     <w:rsid w:val="00502219"/>
     <w:rsid w:val="0050283E"/>
     <w:rsid w:val="00502B09"/>
     <w:rsid w:val="005031F8"/>
     <w:rsid w:val="00504900"/>
     <w:rsid w:val="00504B15"/>
     <w:rsid w:val="005058D1"/>
     <w:rsid w:val="0050668E"/>
     <w:rsid w:val="005066A2"/>
     <w:rsid w:val="00506AEA"/>
     <w:rsid w:val="00507BEF"/>
     <w:rsid w:val="0051056E"/>
     <w:rsid w:val="00510C25"/>
     <w:rsid w:val="00511705"/>
     <w:rsid w:val="00511DB4"/>
     <w:rsid w:val="0051262A"/>
     <w:rsid w:val="00512653"/>
     <w:rsid w:val="005127D8"/>
     <w:rsid w:val="00512904"/>
     <w:rsid w:val="00512D62"/>
     <w:rsid w:val="00512FF5"/>
     <w:rsid w:val="005138D6"/>
@@ -34512,63 +35187,63 @@
     <w:rsid w:val="0069227A"/>
     <w:rsid w:val="00692F29"/>
     <w:rsid w:val="00693006"/>
     <w:rsid w:val="00693425"/>
     <w:rsid w:val="006937DE"/>
     <w:rsid w:val="0069396F"/>
     <w:rsid w:val="00693BF2"/>
     <w:rsid w:val="0069454E"/>
     <w:rsid w:val="0069476C"/>
     <w:rsid w:val="006951C7"/>
     <w:rsid w:val="00696866"/>
     <w:rsid w:val="00696B21"/>
     <w:rsid w:val="00697020"/>
     <w:rsid w:val="006970DD"/>
     <w:rsid w:val="00697507"/>
     <w:rsid w:val="006A19AE"/>
     <w:rsid w:val="006A2BF0"/>
     <w:rsid w:val="006A3280"/>
     <w:rsid w:val="006A3AD7"/>
     <w:rsid w:val="006A3CC1"/>
     <w:rsid w:val="006A45CA"/>
     <w:rsid w:val="006A47E3"/>
     <w:rsid w:val="006A516B"/>
     <w:rsid w:val="006A53F1"/>
     <w:rsid w:val="006A5758"/>
-    <w:rsid w:val="006A59FE"/>
     <w:rsid w:val="006A5A2C"/>
     <w:rsid w:val="006A6567"/>
     <w:rsid w:val="006A6DB8"/>
     <w:rsid w:val="006A6E4D"/>
     <w:rsid w:val="006A71E4"/>
     <w:rsid w:val="006A739B"/>
     <w:rsid w:val="006A7984"/>
     <w:rsid w:val="006A7CE3"/>
     <w:rsid w:val="006B1C6D"/>
     <w:rsid w:val="006B27B6"/>
     <w:rsid w:val="006B3430"/>
     <w:rsid w:val="006B3B9D"/>
+    <w:rsid w:val="006B433F"/>
     <w:rsid w:val="006B4A5D"/>
     <w:rsid w:val="006B528F"/>
     <w:rsid w:val="006B575C"/>
     <w:rsid w:val="006B6342"/>
     <w:rsid w:val="006B6847"/>
     <w:rsid w:val="006B6A20"/>
     <w:rsid w:val="006B713C"/>
     <w:rsid w:val="006B73EE"/>
     <w:rsid w:val="006B76CE"/>
     <w:rsid w:val="006B7F04"/>
     <w:rsid w:val="006C09A4"/>
     <w:rsid w:val="006C0DDF"/>
     <w:rsid w:val="006C20FB"/>
     <w:rsid w:val="006C2438"/>
     <w:rsid w:val="006C3AD4"/>
     <w:rsid w:val="006C3B78"/>
     <w:rsid w:val="006C5206"/>
     <w:rsid w:val="006C58BC"/>
     <w:rsid w:val="006C5961"/>
     <w:rsid w:val="006C5A9F"/>
     <w:rsid w:val="006C5D6E"/>
     <w:rsid w:val="006C5FBE"/>
     <w:rsid w:val="006C6BBE"/>
     <w:rsid w:val="006C6CCB"/>
     <w:rsid w:val="006C71EC"/>
@@ -34593,50 +35268,51 @@
     <w:rsid w:val="006E41CB"/>
     <w:rsid w:val="006E59F0"/>
     <w:rsid w:val="006E6803"/>
     <w:rsid w:val="006E6AFD"/>
     <w:rsid w:val="006E72EE"/>
     <w:rsid w:val="006E7979"/>
     <w:rsid w:val="006F01FD"/>
     <w:rsid w:val="006F0432"/>
     <w:rsid w:val="006F060D"/>
     <w:rsid w:val="006F0940"/>
     <w:rsid w:val="006F0E02"/>
     <w:rsid w:val="006F1920"/>
     <w:rsid w:val="006F33C9"/>
     <w:rsid w:val="006F3A95"/>
     <w:rsid w:val="006F65C5"/>
     <w:rsid w:val="006F6BA0"/>
     <w:rsid w:val="006F6E97"/>
     <w:rsid w:val="006F7559"/>
     <w:rsid w:val="006F7E77"/>
     <w:rsid w:val="006F7FE1"/>
     <w:rsid w:val="0070063E"/>
     <w:rsid w:val="00700CF5"/>
     <w:rsid w:val="00701CD5"/>
     <w:rsid w:val="00702DA3"/>
     <w:rsid w:val="00702E56"/>
+    <w:rsid w:val="007030B0"/>
     <w:rsid w:val="00703303"/>
     <w:rsid w:val="007035A7"/>
     <w:rsid w:val="0070427F"/>
     <w:rsid w:val="0070459D"/>
     <w:rsid w:val="00705B0D"/>
     <w:rsid w:val="00705B6F"/>
     <w:rsid w:val="00705FAE"/>
     <w:rsid w:val="00706338"/>
     <w:rsid w:val="007070CC"/>
     <w:rsid w:val="00707394"/>
     <w:rsid w:val="00707A2F"/>
     <w:rsid w:val="00707D97"/>
     <w:rsid w:val="00710DCB"/>
     <w:rsid w:val="00711A34"/>
     <w:rsid w:val="007120B4"/>
     <w:rsid w:val="0071216B"/>
     <w:rsid w:val="0071220C"/>
     <w:rsid w:val="00712395"/>
     <w:rsid w:val="0071245B"/>
     <w:rsid w:val="007124D8"/>
     <w:rsid w:val="00712866"/>
     <w:rsid w:val="00712BA7"/>
     <w:rsid w:val="00713152"/>
     <w:rsid w:val="00713294"/>
     <w:rsid w:val="00713AD8"/>
@@ -34645,63 +35321,65 @@
     <w:rsid w:val="0071438B"/>
     <w:rsid w:val="00714730"/>
     <w:rsid w:val="00714BBF"/>
     <w:rsid w:val="00714D2C"/>
     <w:rsid w:val="00714E22"/>
     <w:rsid w:val="00715AAD"/>
     <w:rsid w:val="00715F82"/>
     <w:rsid w:val="007207CF"/>
     <w:rsid w:val="007209BF"/>
     <w:rsid w:val="00721575"/>
     <w:rsid w:val="00722F23"/>
     <w:rsid w:val="00723C2A"/>
     <w:rsid w:val="00723D74"/>
     <w:rsid w:val="00724D27"/>
     <w:rsid w:val="00724E02"/>
     <w:rsid w:val="00724F09"/>
     <w:rsid w:val="0072587E"/>
     <w:rsid w:val="00726FC7"/>
     <w:rsid w:val="00727808"/>
     <w:rsid w:val="00730191"/>
     <w:rsid w:val="007309C1"/>
     <w:rsid w:val="00730A8F"/>
     <w:rsid w:val="00731129"/>
     <w:rsid w:val="00731829"/>
     <w:rsid w:val="007326AF"/>
+    <w:rsid w:val="007333F9"/>
     <w:rsid w:val="007335D8"/>
     <w:rsid w:val="007340D7"/>
     <w:rsid w:val="00734899"/>
     <w:rsid w:val="00735091"/>
     <w:rsid w:val="00735467"/>
     <w:rsid w:val="00735766"/>
     <w:rsid w:val="0073597A"/>
     <w:rsid w:val="007361DE"/>
     <w:rsid w:val="007365F0"/>
     <w:rsid w:val="00736949"/>
     <w:rsid w:val="007405CC"/>
     <w:rsid w:val="00740E47"/>
     <w:rsid w:val="00741D4D"/>
+    <w:rsid w:val="007420B3"/>
     <w:rsid w:val="00742376"/>
     <w:rsid w:val="0074251E"/>
     <w:rsid w:val="00743496"/>
     <w:rsid w:val="00744F32"/>
     <w:rsid w:val="007452D0"/>
     <w:rsid w:val="00745FAD"/>
     <w:rsid w:val="00746272"/>
     <w:rsid w:val="00746F36"/>
     <w:rsid w:val="00747EAD"/>
     <w:rsid w:val="00751636"/>
     <w:rsid w:val="00752746"/>
     <w:rsid w:val="007533B8"/>
     <w:rsid w:val="0075380A"/>
     <w:rsid w:val="007538AA"/>
     <w:rsid w:val="00754132"/>
     <w:rsid w:val="0075414A"/>
     <w:rsid w:val="007543FD"/>
     <w:rsid w:val="007552A2"/>
     <w:rsid w:val="00755CDE"/>
     <w:rsid w:val="00756009"/>
     <w:rsid w:val="007563B0"/>
     <w:rsid w:val="00756A9E"/>
     <w:rsid w:val="00761705"/>
     <w:rsid w:val="00761E4F"/>
     <w:rsid w:val="00762050"/>
@@ -34806,137 +35484,139 @@
     <w:rsid w:val="007C328F"/>
     <w:rsid w:val="007C394A"/>
     <w:rsid w:val="007C41F7"/>
     <w:rsid w:val="007C4E53"/>
     <w:rsid w:val="007C5BF3"/>
     <w:rsid w:val="007C6554"/>
     <w:rsid w:val="007C7757"/>
     <w:rsid w:val="007C7931"/>
     <w:rsid w:val="007D1C86"/>
     <w:rsid w:val="007D2A28"/>
     <w:rsid w:val="007D2B48"/>
     <w:rsid w:val="007D2B9A"/>
     <w:rsid w:val="007D2EEA"/>
     <w:rsid w:val="007D5046"/>
     <w:rsid w:val="007D5304"/>
     <w:rsid w:val="007D564E"/>
     <w:rsid w:val="007D5F09"/>
     <w:rsid w:val="007D6224"/>
     <w:rsid w:val="007D6766"/>
     <w:rsid w:val="007D74AE"/>
     <w:rsid w:val="007D77E8"/>
     <w:rsid w:val="007D7BA8"/>
     <w:rsid w:val="007D7FEA"/>
     <w:rsid w:val="007E1DD7"/>
     <w:rsid w:val="007E2048"/>
+    <w:rsid w:val="007E3943"/>
     <w:rsid w:val="007E3AED"/>
     <w:rsid w:val="007E42C2"/>
     <w:rsid w:val="007E4A35"/>
     <w:rsid w:val="007E4B96"/>
     <w:rsid w:val="007E6297"/>
     <w:rsid w:val="007E6415"/>
     <w:rsid w:val="007E6746"/>
     <w:rsid w:val="007E6776"/>
     <w:rsid w:val="007F0F9A"/>
     <w:rsid w:val="007F2863"/>
     <w:rsid w:val="007F2A81"/>
     <w:rsid w:val="007F2AA7"/>
+    <w:rsid w:val="007F2AE3"/>
     <w:rsid w:val="007F2CBC"/>
     <w:rsid w:val="007F2E79"/>
     <w:rsid w:val="007F2EC0"/>
     <w:rsid w:val="007F3A19"/>
     <w:rsid w:val="007F3B2E"/>
     <w:rsid w:val="007F3B40"/>
     <w:rsid w:val="007F3D86"/>
     <w:rsid w:val="007F3F40"/>
     <w:rsid w:val="007F4F2B"/>
     <w:rsid w:val="007F5C0F"/>
     <w:rsid w:val="007F61E7"/>
+    <w:rsid w:val="007F66C5"/>
     <w:rsid w:val="007F779D"/>
     <w:rsid w:val="007F7871"/>
     <w:rsid w:val="007F7B30"/>
     <w:rsid w:val="007F7C03"/>
     <w:rsid w:val="007F7CD3"/>
     <w:rsid w:val="00801C8B"/>
     <w:rsid w:val="00802658"/>
     <w:rsid w:val="00803013"/>
     <w:rsid w:val="00803B8C"/>
     <w:rsid w:val="008040F8"/>
     <w:rsid w:val="00805AEE"/>
     <w:rsid w:val="008061BA"/>
     <w:rsid w:val="008065D0"/>
     <w:rsid w:val="008074D2"/>
     <w:rsid w:val="00807647"/>
     <w:rsid w:val="00807AD4"/>
     <w:rsid w:val="00807D86"/>
     <w:rsid w:val="00807D9B"/>
     <w:rsid w:val="00807EA5"/>
     <w:rsid w:val="00810634"/>
     <w:rsid w:val="00811080"/>
+    <w:rsid w:val="0081218E"/>
     <w:rsid w:val="008122D6"/>
     <w:rsid w:val="008126A5"/>
     <w:rsid w:val="00814346"/>
     <w:rsid w:val="00814551"/>
     <w:rsid w:val="008153EB"/>
     <w:rsid w:val="0081571C"/>
     <w:rsid w:val="008159D7"/>
     <w:rsid w:val="00815F5F"/>
     <w:rsid w:val="008164DE"/>
     <w:rsid w:val="008165DA"/>
     <w:rsid w:val="00816711"/>
     <w:rsid w:val="00817843"/>
     <w:rsid w:val="00817C2D"/>
     <w:rsid w:val="00820774"/>
     <w:rsid w:val="00820AF1"/>
-    <w:rsid w:val="00820B50"/>
     <w:rsid w:val="00820DE0"/>
     <w:rsid w:val="00820E7D"/>
     <w:rsid w:val="00821509"/>
     <w:rsid w:val="008218DD"/>
     <w:rsid w:val="00821AE5"/>
     <w:rsid w:val="00821AF1"/>
     <w:rsid w:val="00821B3B"/>
     <w:rsid w:val="00821F6D"/>
     <w:rsid w:val="00822526"/>
     <w:rsid w:val="00822A50"/>
     <w:rsid w:val="0082401F"/>
     <w:rsid w:val="00824A46"/>
     <w:rsid w:val="00824BBF"/>
     <w:rsid w:val="00825CD0"/>
     <w:rsid w:val="008262D6"/>
     <w:rsid w:val="008262F6"/>
     <w:rsid w:val="00826AE9"/>
     <w:rsid w:val="008274D3"/>
     <w:rsid w:val="008309C9"/>
     <w:rsid w:val="00830FC6"/>
     <w:rsid w:val="008310FF"/>
     <w:rsid w:val="00831DCB"/>
     <w:rsid w:val="008323A3"/>
     <w:rsid w:val="00832C10"/>
     <w:rsid w:val="00833705"/>
     <w:rsid w:val="00834AD2"/>
-    <w:rsid w:val="00835C18"/>
     <w:rsid w:val="00835C97"/>
     <w:rsid w:val="00835FB3"/>
     <w:rsid w:val="00835FC4"/>
     <w:rsid w:val="00836303"/>
     <w:rsid w:val="00836D51"/>
     <w:rsid w:val="00836EB2"/>
     <w:rsid w:val="0084137D"/>
     <w:rsid w:val="0084159B"/>
     <w:rsid w:val="00841C98"/>
     <w:rsid w:val="00841E68"/>
     <w:rsid w:val="008425FF"/>
     <w:rsid w:val="008429A3"/>
     <w:rsid w:val="008429BB"/>
     <w:rsid w:val="0084318E"/>
     <w:rsid w:val="00844181"/>
     <w:rsid w:val="008445DE"/>
     <w:rsid w:val="008450FF"/>
     <w:rsid w:val="008453D9"/>
     <w:rsid w:val="008455DB"/>
     <w:rsid w:val="00845D1F"/>
     <w:rsid w:val="008462CF"/>
     <w:rsid w:val="00846D4A"/>
     <w:rsid w:val="00847935"/>
     <w:rsid w:val="0084799E"/>
     <w:rsid w:val="00847C41"/>
@@ -35141,50 +35821,51 @@
     <w:rsid w:val="009138F7"/>
     <w:rsid w:val="00913B07"/>
     <w:rsid w:val="00913FB0"/>
     <w:rsid w:val="00914009"/>
     <w:rsid w:val="00914318"/>
     <w:rsid w:val="0091575D"/>
     <w:rsid w:val="00915FC7"/>
     <w:rsid w:val="00916D60"/>
     <w:rsid w:val="0091715D"/>
     <w:rsid w:val="009171B3"/>
     <w:rsid w:val="00917350"/>
     <w:rsid w:val="00917896"/>
     <w:rsid w:val="00917918"/>
     <w:rsid w:val="00917BEE"/>
     <w:rsid w:val="00917D91"/>
     <w:rsid w:val="00917F7A"/>
     <w:rsid w:val="00920F0E"/>
     <w:rsid w:val="0092102F"/>
     <w:rsid w:val="009212C0"/>
     <w:rsid w:val="00922F76"/>
     <w:rsid w:val="00923014"/>
     <w:rsid w:val="00923039"/>
     <w:rsid w:val="009239F7"/>
     <w:rsid w:val="0092454B"/>
     <w:rsid w:val="009251C8"/>
+    <w:rsid w:val="00926CFE"/>
     <w:rsid w:val="00927A6D"/>
     <w:rsid w:val="00930AF0"/>
     <w:rsid w:val="00932F24"/>
     <w:rsid w:val="00933058"/>
     <w:rsid w:val="009332F0"/>
     <w:rsid w:val="009333FC"/>
     <w:rsid w:val="00933498"/>
     <w:rsid w:val="00933DA9"/>
     <w:rsid w:val="00933E68"/>
     <w:rsid w:val="009340D7"/>
     <w:rsid w:val="00935AAC"/>
     <w:rsid w:val="009365FF"/>
     <w:rsid w:val="00937796"/>
     <w:rsid w:val="0093785A"/>
     <w:rsid w:val="009402E3"/>
     <w:rsid w:val="0094057E"/>
     <w:rsid w:val="00940836"/>
     <w:rsid w:val="00941106"/>
     <w:rsid w:val="0094153F"/>
     <w:rsid w:val="009421EF"/>
     <w:rsid w:val="00943894"/>
     <w:rsid w:val="0094445B"/>
     <w:rsid w:val="0094487E"/>
     <w:rsid w:val="009454D0"/>
     <w:rsid w:val="0094588D"/>
@@ -35346,120 +36027,123 @@
     <w:rsid w:val="009E359F"/>
     <w:rsid w:val="009E35F9"/>
     <w:rsid w:val="009E3DCA"/>
     <w:rsid w:val="009E42D3"/>
     <w:rsid w:val="009E4469"/>
     <w:rsid w:val="009E5B4E"/>
     <w:rsid w:val="009E6209"/>
     <w:rsid w:val="009E6F23"/>
     <w:rsid w:val="009F1B87"/>
     <w:rsid w:val="009F2682"/>
     <w:rsid w:val="009F2710"/>
     <w:rsid w:val="009F28AE"/>
     <w:rsid w:val="009F36D4"/>
     <w:rsid w:val="009F39AF"/>
     <w:rsid w:val="009F3D2A"/>
     <w:rsid w:val="009F4251"/>
     <w:rsid w:val="009F4474"/>
     <w:rsid w:val="009F44D3"/>
     <w:rsid w:val="009F49E5"/>
     <w:rsid w:val="009F4BDB"/>
     <w:rsid w:val="009F4C78"/>
     <w:rsid w:val="009F4FA1"/>
     <w:rsid w:val="009F5684"/>
     <w:rsid w:val="009F5E70"/>
     <w:rsid w:val="009F68D1"/>
+    <w:rsid w:val="009F6969"/>
     <w:rsid w:val="009F70D8"/>
     <w:rsid w:val="009F77D0"/>
     <w:rsid w:val="00A0026D"/>
     <w:rsid w:val="00A01368"/>
     <w:rsid w:val="00A01395"/>
     <w:rsid w:val="00A01782"/>
     <w:rsid w:val="00A0183D"/>
     <w:rsid w:val="00A0275F"/>
     <w:rsid w:val="00A02856"/>
     <w:rsid w:val="00A02C32"/>
     <w:rsid w:val="00A02D9C"/>
     <w:rsid w:val="00A02E27"/>
     <w:rsid w:val="00A02F69"/>
     <w:rsid w:val="00A0461C"/>
     <w:rsid w:val="00A0576B"/>
     <w:rsid w:val="00A05A3E"/>
     <w:rsid w:val="00A05F1E"/>
     <w:rsid w:val="00A066B9"/>
     <w:rsid w:val="00A06B5C"/>
     <w:rsid w:val="00A06D58"/>
     <w:rsid w:val="00A100BE"/>
     <w:rsid w:val="00A1116A"/>
     <w:rsid w:val="00A114AB"/>
     <w:rsid w:val="00A11A05"/>
     <w:rsid w:val="00A11CB0"/>
     <w:rsid w:val="00A140FA"/>
     <w:rsid w:val="00A1569B"/>
     <w:rsid w:val="00A17F80"/>
     <w:rsid w:val="00A21DB7"/>
     <w:rsid w:val="00A22CEB"/>
     <w:rsid w:val="00A24048"/>
     <w:rsid w:val="00A2418D"/>
     <w:rsid w:val="00A25D5B"/>
     <w:rsid w:val="00A263C8"/>
     <w:rsid w:val="00A26631"/>
     <w:rsid w:val="00A27186"/>
     <w:rsid w:val="00A27DFE"/>
     <w:rsid w:val="00A301A5"/>
     <w:rsid w:val="00A3088E"/>
     <w:rsid w:val="00A316CB"/>
     <w:rsid w:val="00A31B39"/>
+    <w:rsid w:val="00A3278E"/>
     <w:rsid w:val="00A33515"/>
     <w:rsid w:val="00A33620"/>
     <w:rsid w:val="00A34541"/>
     <w:rsid w:val="00A35D26"/>
     <w:rsid w:val="00A367F0"/>
     <w:rsid w:val="00A36C1B"/>
     <w:rsid w:val="00A37B64"/>
     <w:rsid w:val="00A37CE1"/>
     <w:rsid w:val="00A37F59"/>
     <w:rsid w:val="00A41035"/>
     <w:rsid w:val="00A4107F"/>
     <w:rsid w:val="00A41A6C"/>
     <w:rsid w:val="00A41E67"/>
     <w:rsid w:val="00A43929"/>
     <w:rsid w:val="00A43CD8"/>
     <w:rsid w:val="00A43F65"/>
     <w:rsid w:val="00A4450E"/>
     <w:rsid w:val="00A44F32"/>
     <w:rsid w:val="00A45713"/>
     <w:rsid w:val="00A45CC5"/>
     <w:rsid w:val="00A47005"/>
     <w:rsid w:val="00A472A9"/>
     <w:rsid w:val="00A4742A"/>
     <w:rsid w:val="00A4746E"/>
     <w:rsid w:val="00A47547"/>
     <w:rsid w:val="00A4791B"/>
     <w:rsid w:val="00A47ECD"/>
     <w:rsid w:val="00A5012C"/>
     <w:rsid w:val="00A50471"/>
+    <w:rsid w:val="00A50746"/>
     <w:rsid w:val="00A507D9"/>
     <w:rsid w:val="00A5101E"/>
     <w:rsid w:val="00A51092"/>
     <w:rsid w:val="00A511DF"/>
     <w:rsid w:val="00A52785"/>
     <w:rsid w:val="00A52F45"/>
     <w:rsid w:val="00A54061"/>
     <w:rsid w:val="00A542AE"/>
     <w:rsid w:val="00A545AD"/>
     <w:rsid w:val="00A55049"/>
     <w:rsid w:val="00A5532F"/>
     <w:rsid w:val="00A56631"/>
     <w:rsid w:val="00A56FA7"/>
     <w:rsid w:val="00A60572"/>
     <w:rsid w:val="00A60665"/>
     <w:rsid w:val="00A607CB"/>
     <w:rsid w:val="00A60AFE"/>
     <w:rsid w:val="00A60EFC"/>
     <w:rsid w:val="00A619CD"/>
     <w:rsid w:val="00A62596"/>
     <w:rsid w:val="00A626A4"/>
     <w:rsid w:val="00A62E89"/>
     <w:rsid w:val="00A63591"/>
     <w:rsid w:val="00A63DCE"/>
     <w:rsid w:val="00A63FCE"/>
@@ -35621,50 +36305,51 @@
     <w:rsid w:val="00AF65FD"/>
     <w:rsid w:val="00AF7A7C"/>
     <w:rsid w:val="00AF7B75"/>
     <w:rsid w:val="00AF7CF8"/>
     <w:rsid w:val="00B0065D"/>
     <w:rsid w:val="00B0160A"/>
     <w:rsid w:val="00B020EC"/>
     <w:rsid w:val="00B020F5"/>
     <w:rsid w:val="00B0294A"/>
     <w:rsid w:val="00B029CB"/>
     <w:rsid w:val="00B02E02"/>
     <w:rsid w:val="00B02F90"/>
     <w:rsid w:val="00B03D0C"/>
     <w:rsid w:val="00B03E01"/>
     <w:rsid w:val="00B03F8C"/>
     <w:rsid w:val="00B0452D"/>
     <w:rsid w:val="00B0502A"/>
     <w:rsid w:val="00B05744"/>
     <w:rsid w:val="00B05965"/>
     <w:rsid w:val="00B059CE"/>
     <w:rsid w:val="00B05AC1"/>
     <w:rsid w:val="00B05C24"/>
     <w:rsid w:val="00B060F6"/>
     <w:rsid w:val="00B0638F"/>
     <w:rsid w:val="00B06527"/>
+    <w:rsid w:val="00B068DA"/>
     <w:rsid w:val="00B06AD5"/>
     <w:rsid w:val="00B10B7C"/>
     <w:rsid w:val="00B110EC"/>
     <w:rsid w:val="00B1126B"/>
     <w:rsid w:val="00B11732"/>
     <w:rsid w:val="00B11A62"/>
     <w:rsid w:val="00B11BFC"/>
     <w:rsid w:val="00B12B29"/>
     <w:rsid w:val="00B12E1B"/>
     <w:rsid w:val="00B13499"/>
     <w:rsid w:val="00B13F2F"/>
     <w:rsid w:val="00B13FC0"/>
     <w:rsid w:val="00B14211"/>
     <w:rsid w:val="00B14424"/>
     <w:rsid w:val="00B14F44"/>
     <w:rsid w:val="00B15562"/>
     <w:rsid w:val="00B1584D"/>
     <w:rsid w:val="00B15B21"/>
     <w:rsid w:val="00B15D37"/>
     <w:rsid w:val="00B1682F"/>
     <w:rsid w:val="00B1722B"/>
     <w:rsid w:val="00B17A39"/>
     <w:rsid w:val="00B205C2"/>
     <w:rsid w:val="00B21517"/>
     <w:rsid w:val="00B21D36"/>
@@ -35892,51 +36577,50 @@
     <w:rsid w:val="00C033D3"/>
     <w:rsid w:val="00C035BA"/>
     <w:rsid w:val="00C040FF"/>
     <w:rsid w:val="00C0449B"/>
     <w:rsid w:val="00C0669C"/>
     <w:rsid w:val="00C075F8"/>
     <w:rsid w:val="00C07D5C"/>
     <w:rsid w:val="00C10174"/>
     <w:rsid w:val="00C10686"/>
     <w:rsid w:val="00C10CD7"/>
     <w:rsid w:val="00C10FCB"/>
     <w:rsid w:val="00C11798"/>
     <w:rsid w:val="00C11C2D"/>
     <w:rsid w:val="00C11C91"/>
     <w:rsid w:val="00C12195"/>
     <w:rsid w:val="00C15290"/>
     <w:rsid w:val="00C1535D"/>
     <w:rsid w:val="00C154DA"/>
     <w:rsid w:val="00C17665"/>
     <w:rsid w:val="00C210DA"/>
     <w:rsid w:val="00C21379"/>
     <w:rsid w:val="00C2167C"/>
     <w:rsid w:val="00C21CED"/>
     <w:rsid w:val="00C223CA"/>
     <w:rsid w:val="00C2274A"/>
-    <w:rsid w:val="00C232C0"/>
     <w:rsid w:val="00C23B82"/>
     <w:rsid w:val="00C23ECF"/>
     <w:rsid w:val="00C240AE"/>
     <w:rsid w:val="00C24857"/>
     <w:rsid w:val="00C26565"/>
     <w:rsid w:val="00C265BB"/>
     <w:rsid w:val="00C27260"/>
     <w:rsid w:val="00C2761D"/>
     <w:rsid w:val="00C27B28"/>
     <w:rsid w:val="00C27BE5"/>
     <w:rsid w:val="00C301E9"/>
     <w:rsid w:val="00C302DC"/>
     <w:rsid w:val="00C3064A"/>
     <w:rsid w:val="00C31516"/>
     <w:rsid w:val="00C316A2"/>
     <w:rsid w:val="00C3252A"/>
     <w:rsid w:val="00C3373F"/>
     <w:rsid w:val="00C33D9C"/>
     <w:rsid w:val="00C342FD"/>
     <w:rsid w:val="00C34B54"/>
     <w:rsid w:val="00C352F5"/>
     <w:rsid w:val="00C35A78"/>
     <w:rsid w:val="00C366D3"/>
     <w:rsid w:val="00C406D9"/>
     <w:rsid w:val="00C40924"/>
@@ -36075,50 +36759,51 @@
     <w:rsid w:val="00CC365B"/>
     <w:rsid w:val="00CC47D6"/>
     <w:rsid w:val="00CC5481"/>
     <w:rsid w:val="00CC56A6"/>
     <w:rsid w:val="00CC65B7"/>
     <w:rsid w:val="00CD0264"/>
     <w:rsid w:val="00CD03C4"/>
     <w:rsid w:val="00CD07F9"/>
     <w:rsid w:val="00CD094F"/>
     <w:rsid w:val="00CD0B9A"/>
     <w:rsid w:val="00CD0CAD"/>
     <w:rsid w:val="00CD23FD"/>
     <w:rsid w:val="00CD3C68"/>
     <w:rsid w:val="00CD487E"/>
     <w:rsid w:val="00CD50DE"/>
     <w:rsid w:val="00CD57E5"/>
     <w:rsid w:val="00CD5DC6"/>
     <w:rsid w:val="00CD5F4E"/>
     <w:rsid w:val="00CD618C"/>
     <w:rsid w:val="00CD68E6"/>
     <w:rsid w:val="00CD6B60"/>
     <w:rsid w:val="00CD6EF3"/>
     <w:rsid w:val="00CD7DAD"/>
     <w:rsid w:val="00CE0D00"/>
     <w:rsid w:val="00CE2C02"/>
+    <w:rsid w:val="00CE3470"/>
     <w:rsid w:val="00CE3B52"/>
     <w:rsid w:val="00CE3E45"/>
     <w:rsid w:val="00CE4403"/>
     <w:rsid w:val="00CE5328"/>
     <w:rsid w:val="00CE54A6"/>
     <w:rsid w:val="00CE706E"/>
     <w:rsid w:val="00CE7095"/>
     <w:rsid w:val="00CE743B"/>
     <w:rsid w:val="00CE74CC"/>
     <w:rsid w:val="00CE76A7"/>
     <w:rsid w:val="00CE7C47"/>
     <w:rsid w:val="00CF0138"/>
     <w:rsid w:val="00CF0673"/>
     <w:rsid w:val="00CF0D8D"/>
     <w:rsid w:val="00CF1AB5"/>
     <w:rsid w:val="00CF1C81"/>
     <w:rsid w:val="00CF1DBF"/>
     <w:rsid w:val="00CF2789"/>
     <w:rsid w:val="00CF32C3"/>
     <w:rsid w:val="00CF46A1"/>
     <w:rsid w:val="00CF4850"/>
     <w:rsid w:val="00CF4A94"/>
     <w:rsid w:val="00CF4B2A"/>
     <w:rsid w:val="00CF50D3"/>
     <w:rsid w:val="00CF51D6"/>
@@ -36243,128 +36928,130 @@
     <w:rsid w:val="00D7592D"/>
     <w:rsid w:val="00D765C5"/>
     <w:rsid w:val="00D767A1"/>
     <w:rsid w:val="00D77585"/>
     <w:rsid w:val="00D80B5A"/>
     <w:rsid w:val="00D815DD"/>
     <w:rsid w:val="00D81CFC"/>
     <w:rsid w:val="00D822A4"/>
     <w:rsid w:val="00D82AE8"/>
     <w:rsid w:val="00D83B6C"/>
     <w:rsid w:val="00D83BD6"/>
     <w:rsid w:val="00D841AB"/>
     <w:rsid w:val="00D84641"/>
     <w:rsid w:val="00D851E0"/>
     <w:rsid w:val="00D85282"/>
     <w:rsid w:val="00D85D21"/>
     <w:rsid w:val="00D8611D"/>
     <w:rsid w:val="00D863A7"/>
     <w:rsid w:val="00D86EAD"/>
     <w:rsid w:val="00D912C0"/>
     <w:rsid w:val="00D91D7D"/>
     <w:rsid w:val="00D930C4"/>
     <w:rsid w:val="00D930FE"/>
     <w:rsid w:val="00D93C27"/>
     <w:rsid w:val="00D94141"/>
+    <w:rsid w:val="00D949CD"/>
     <w:rsid w:val="00D94A07"/>
     <w:rsid w:val="00D94B28"/>
     <w:rsid w:val="00D94EE8"/>
     <w:rsid w:val="00D95C74"/>
     <w:rsid w:val="00D960CD"/>
     <w:rsid w:val="00D96566"/>
     <w:rsid w:val="00D9729E"/>
     <w:rsid w:val="00D97EF6"/>
     <w:rsid w:val="00DA01D1"/>
     <w:rsid w:val="00DA0EC2"/>
     <w:rsid w:val="00DA10C2"/>
     <w:rsid w:val="00DA29AE"/>
     <w:rsid w:val="00DA2F4D"/>
     <w:rsid w:val="00DA3907"/>
     <w:rsid w:val="00DA3C19"/>
     <w:rsid w:val="00DA422F"/>
     <w:rsid w:val="00DA425A"/>
     <w:rsid w:val="00DA5146"/>
     <w:rsid w:val="00DA5148"/>
     <w:rsid w:val="00DA531D"/>
     <w:rsid w:val="00DA5BEC"/>
     <w:rsid w:val="00DA67CF"/>
     <w:rsid w:val="00DA77F4"/>
     <w:rsid w:val="00DA7B83"/>
     <w:rsid w:val="00DB081F"/>
     <w:rsid w:val="00DB0934"/>
     <w:rsid w:val="00DB1164"/>
     <w:rsid w:val="00DB17E9"/>
     <w:rsid w:val="00DB19B1"/>
     <w:rsid w:val="00DB1A8D"/>
     <w:rsid w:val="00DB2373"/>
     <w:rsid w:val="00DB3065"/>
     <w:rsid w:val="00DB42B0"/>
     <w:rsid w:val="00DB4314"/>
     <w:rsid w:val="00DB58CB"/>
     <w:rsid w:val="00DB6144"/>
     <w:rsid w:val="00DB6803"/>
     <w:rsid w:val="00DB7764"/>
     <w:rsid w:val="00DB7A81"/>
     <w:rsid w:val="00DB7D01"/>
     <w:rsid w:val="00DC00F3"/>
     <w:rsid w:val="00DC03D0"/>
     <w:rsid w:val="00DC0B6D"/>
     <w:rsid w:val="00DC24BA"/>
     <w:rsid w:val="00DC29FE"/>
     <w:rsid w:val="00DC2B65"/>
     <w:rsid w:val="00DC3252"/>
     <w:rsid w:val="00DC328B"/>
     <w:rsid w:val="00DC3C35"/>
+    <w:rsid w:val="00DC4415"/>
     <w:rsid w:val="00DC4D05"/>
-    <w:rsid w:val="00DC5890"/>
     <w:rsid w:val="00DC5ABF"/>
     <w:rsid w:val="00DC601A"/>
     <w:rsid w:val="00DC601B"/>
     <w:rsid w:val="00DC628E"/>
     <w:rsid w:val="00DC64CB"/>
     <w:rsid w:val="00DC65FB"/>
     <w:rsid w:val="00DC7E2C"/>
     <w:rsid w:val="00DD0157"/>
     <w:rsid w:val="00DD17D0"/>
     <w:rsid w:val="00DD2072"/>
     <w:rsid w:val="00DD38F1"/>
     <w:rsid w:val="00DD420F"/>
     <w:rsid w:val="00DD4769"/>
     <w:rsid w:val="00DD54E5"/>
     <w:rsid w:val="00DD56F5"/>
     <w:rsid w:val="00DD5CDD"/>
     <w:rsid w:val="00DD5D50"/>
     <w:rsid w:val="00DD5E6B"/>
     <w:rsid w:val="00DD6074"/>
     <w:rsid w:val="00DD668C"/>
     <w:rsid w:val="00DD67F6"/>
     <w:rsid w:val="00DD75A9"/>
     <w:rsid w:val="00DE0982"/>
     <w:rsid w:val="00DE0DE1"/>
     <w:rsid w:val="00DE1395"/>
     <w:rsid w:val="00DE1744"/>
     <w:rsid w:val="00DE3B54"/>
+    <w:rsid w:val="00DE3C3C"/>
     <w:rsid w:val="00DE3EDF"/>
     <w:rsid w:val="00DE4A1D"/>
     <w:rsid w:val="00DE52B9"/>
     <w:rsid w:val="00DE649E"/>
     <w:rsid w:val="00DE67CA"/>
     <w:rsid w:val="00DE7345"/>
     <w:rsid w:val="00DE7573"/>
     <w:rsid w:val="00DF0982"/>
     <w:rsid w:val="00DF0A8B"/>
     <w:rsid w:val="00DF1394"/>
     <w:rsid w:val="00DF26F6"/>
     <w:rsid w:val="00DF29D5"/>
     <w:rsid w:val="00DF2ECF"/>
     <w:rsid w:val="00DF3333"/>
     <w:rsid w:val="00DF3766"/>
     <w:rsid w:val="00DF3998"/>
     <w:rsid w:val="00DF39C4"/>
     <w:rsid w:val="00DF4782"/>
     <w:rsid w:val="00DF4B7F"/>
     <w:rsid w:val="00DF5185"/>
     <w:rsid w:val="00DF661E"/>
     <w:rsid w:val="00DF7573"/>
     <w:rsid w:val="00E00990"/>
     <w:rsid w:val="00E01525"/>
     <w:rsid w:val="00E01F56"/>
@@ -36502,50 +37189,51 @@
     <w:rsid w:val="00E85276"/>
     <w:rsid w:val="00E8529C"/>
     <w:rsid w:val="00E85ED2"/>
     <w:rsid w:val="00E8702A"/>
     <w:rsid w:val="00E87B59"/>
     <w:rsid w:val="00E900A5"/>
     <w:rsid w:val="00E904A8"/>
     <w:rsid w:val="00E913F2"/>
     <w:rsid w:val="00E91DD7"/>
     <w:rsid w:val="00E922EC"/>
     <w:rsid w:val="00E92BD7"/>
     <w:rsid w:val="00E92F3A"/>
     <w:rsid w:val="00E93005"/>
     <w:rsid w:val="00E9342E"/>
     <w:rsid w:val="00E938FB"/>
     <w:rsid w:val="00E93C20"/>
     <w:rsid w:val="00E94048"/>
     <w:rsid w:val="00E94551"/>
     <w:rsid w:val="00E946FB"/>
     <w:rsid w:val="00E95FCC"/>
     <w:rsid w:val="00E96F41"/>
     <w:rsid w:val="00E9725E"/>
     <w:rsid w:val="00E97855"/>
     <w:rsid w:val="00E97D58"/>
     <w:rsid w:val="00EA095F"/>
+    <w:rsid w:val="00EA129C"/>
     <w:rsid w:val="00EA20CE"/>
     <w:rsid w:val="00EA2DD0"/>
     <w:rsid w:val="00EA54EC"/>
     <w:rsid w:val="00EA579D"/>
     <w:rsid w:val="00EA5944"/>
     <w:rsid w:val="00EA5B98"/>
     <w:rsid w:val="00EA602A"/>
     <w:rsid w:val="00EA740B"/>
     <w:rsid w:val="00EB10AF"/>
     <w:rsid w:val="00EB1DBB"/>
     <w:rsid w:val="00EB264F"/>
     <w:rsid w:val="00EB2C15"/>
     <w:rsid w:val="00EB2C48"/>
     <w:rsid w:val="00EB2E3F"/>
     <w:rsid w:val="00EB339D"/>
     <w:rsid w:val="00EB362F"/>
     <w:rsid w:val="00EB379E"/>
     <w:rsid w:val="00EB49CF"/>
     <w:rsid w:val="00EB51B9"/>
     <w:rsid w:val="00EB5565"/>
     <w:rsid w:val="00EB5DEA"/>
     <w:rsid w:val="00EB6B26"/>
     <w:rsid w:val="00EC0D80"/>
     <w:rsid w:val="00EC1398"/>
     <w:rsid w:val="00EC27D4"/>
@@ -36668,50 +37356,51 @@
     <w:rsid w:val="00F3430E"/>
     <w:rsid w:val="00F34D86"/>
     <w:rsid w:val="00F34DF6"/>
     <w:rsid w:val="00F35A4A"/>
     <w:rsid w:val="00F35CFF"/>
     <w:rsid w:val="00F35ED8"/>
     <w:rsid w:val="00F3621D"/>
     <w:rsid w:val="00F37AC7"/>
     <w:rsid w:val="00F37AFA"/>
     <w:rsid w:val="00F37ED8"/>
     <w:rsid w:val="00F40FE8"/>
     <w:rsid w:val="00F41598"/>
     <w:rsid w:val="00F42625"/>
     <w:rsid w:val="00F4333B"/>
     <w:rsid w:val="00F4345E"/>
     <w:rsid w:val="00F43DBA"/>
     <w:rsid w:val="00F44295"/>
     <w:rsid w:val="00F44694"/>
     <w:rsid w:val="00F4509D"/>
     <w:rsid w:val="00F45363"/>
     <w:rsid w:val="00F4556F"/>
     <w:rsid w:val="00F4567E"/>
     <w:rsid w:val="00F4654A"/>
     <w:rsid w:val="00F46E05"/>
     <w:rsid w:val="00F4794E"/>
+    <w:rsid w:val="00F500D2"/>
     <w:rsid w:val="00F501E2"/>
     <w:rsid w:val="00F50882"/>
     <w:rsid w:val="00F50B65"/>
     <w:rsid w:val="00F5171C"/>
     <w:rsid w:val="00F52187"/>
     <w:rsid w:val="00F52BF9"/>
     <w:rsid w:val="00F54DF9"/>
     <w:rsid w:val="00F55018"/>
     <w:rsid w:val="00F56607"/>
     <w:rsid w:val="00F5680F"/>
     <w:rsid w:val="00F56F2A"/>
     <w:rsid w:val="00F574AF"/>
     <w:rsid w:val="00F577F5"/>
     <w:rsid w:val="00F57984"/>
     <w:rsid w:val="00F60705"/>
     <w:rsid w:val="00F60914"/>
     <w:rsid w:val="00F612C6"/>
     <w:rsid w:val="00F614E4"/>
     <w:rsid w:val="00F61D68"/>
     <w:rsid w:val="00F61E94"/>
     <w:rsid w:val="00F620D5"/>
     <w:rsid w:val="00F628EB"/>
     <w:rsid w:val="00F629B6"/>
     <w:rsid w:val="00F6310B"/>
     <w:rsid w:val="00F63847"/>
@@ -36779,58 +37468,60 @@
     <w:rsid w:val="00F948BA"/>
     <w:rsid w:val="00F95055"/>
     <w:rsid w:val="00F962F1"/>
     <w:rsid w:val="00F9663F"/>
     <w:rsid w:val="00F9690C"/>
     <w:rsid w:val="00F97160"/>
     <w:rsid w:val="00F971D9"/>
     <w:rsid w:val="00F97796"/>
     <w:rsid w:val="00F978A1"/>
     <w:rsid w:val="00F979D9"/>
     <w:rsid w:val="00FA015B"/>
     <w:rsid w:val="00FA0A6B"/>
     <w:rsid w:val="00FA1281"/>
     <w:rsid w:val="00FA16D0"/>
     <w:rsid w:val="00FA1DC1"/>
     <w:rsid w:val="00FA2BA1"/>
     <w:rsid w:val="00FA2BE2"/>
     <w:rsid w:val="00FA4275"/>
     <w:rsid w:val="00FA45F8"/>
     <w:rsid w:val="00FA4CC1"/>
     <w:rsid w:val="00FA4E8E"/>
     <w:rsid w:val="00FA540F"/>
     <w:rsid w:val="00FA57D3"/>
     <w:rsid w:val="00FA5CA6"/>
     <w:rsid w:val="00FA7050"/>
+    <w:rsid w:val="00FA7739"/>
     <w:rsid w:val="00FA7D01"/>
     <w:rsid w:val="00FB10E8"/>
     <w:rsid w:val="00FB1C78"/>
     <w:rsid w:val="00FB2379"/>
     <w:rsid w:val="00FB27E6"/>
     <w:rsid w:val="00FB29D4"/>
     <w:rsid w:val="00FB33FE"/>
     <w:rsid w:val="00FB4801"/>
+    <w:rsid w:val="00FB4ED8"/>
     <w:rsid w:val="00FB57A0"/>
     <w:rsid w:val="00FB5BA4"/>
     <w:rsid w:val="00FB5EB1"/>
     <w:rsid w:val="00FB6159"/>
     <w:rsid w:val="00FB644D"/>
     <w:rsid w:val="00FB6CAB"/>
     <w:rsid w:val="00FB6CB9"/>
     <w:rsid w:val="00FB76FC"/>
     <w:rsid w:val="00FC0155"/>
     <w:rsid w:val="00FC05BA"/>
     <w:rsid w:val="00FC093C"/>
     <w:rsid w:val="00FC0D68"/>
     <w:rsid w:val="00FC12E2"/>
     <w:rsid w:val="00FC12F9"/>
     <w:rsid w:val="00FC1711"/>
     <w:rsid w:val="00FC18C4"/>
     <w:rsid w:val="00FC1D2C"/>
     <w:rsid w:val="00FC2E70"/>
     <w:rsid w:val="00FC3852"/>
     <w:rsid w:val="00FC39A8"/>
     <w:rsid w:val="00FC5508"/>
     <w:rsid w:val="00FC57B8"/>
     <w:rsid w:val="00FC5D91"/>
     <w:rsid w:val="00FC6270"/>
     <w:rsid w:val="00FC6983"/>
@@ -36857,50 +37548,51 @@
     <w:rsid w:val="00FD7743"/>
     <w:rsid w:val="00FD7F6B"/>
     <w:rsid w:val="00FD7F97"/>
     <w:rsid w:val="00FE07F6"/>
     <w:rsid w:val="00FE0944"/>
     <w:rsid w:val="00FE119A"/>
     <w:rsid w:val="00FE11D5"/>
     <w:rsid w:val="00FE1F17"/>
     <w:rsid w:val="00FE2234"/>
     <w:rsid w:val="00FE2309"/>
     <w:rsid w:val="00FE3357"/>
     <w:rsid w:val="00FE3FDC"/>
     <w:rsid w:val="00FE4B05"/>
     <w:rsid w:val="00FE53D4"/>
     <w:rsid w:val="00FE6432"/>
     <w:rsid w:val="00FE66A0"/>
     <w:rsid w:val="00FE7DC6"/>
     <w:rsid w:val="00FE7F16"/>
     <w:rsid w:val="00FF02A6"/>
     <w:rsid w:val="00FF05D1"/>
     <w:rsid w:val="00FF093A"/>
     <w:rsid w:val="00FF1358"/>
     <w:rsid w:val="00FF2337"/>
     <w:rsid w:val="00FF2816"/>
     <w:rsid w:val="00FF285B"/>
+    <w:rsid w:val="00FF2CCD"/>
     <w:rsid w:val="00FF33D5"/>
     <w:rsid w:val="00FF4A1C"/>
     <w:rsid w:val="00FF55C0"/>
     <w:rsid w:val="00FF5C1D"/>
     <w:rsid w:val="00FF5D28"/>
     <w:rsid w:val="00FF6162"/>
     <w:rsid w:val="00FF6AFC"/>
     <w:rsid w:val="00FF6BBF"/>
     <w:rsid w:val="00FF6EE8"/>
     <w:rsid w:val="00FF777F"/>
     <w:rsid w:val="00FF7C10"/>
     <w:rsid w:val="02FD748E"/>
     <w:rsid w:val="036AF8F6"/>
     <w:rsid w:val="04B4D821"/>
     <w:rsid w:val="07D1B712"/>
     <w:rsid w:val="08452788"/>
     <w:rsid w:val="091B5CC8"/>
     <w:rsid w:val="0A71785E"/>
     <w:rsid w:val="0A7893F9"/>
     <w:rsid w:val="0C540519"/>
     <w:rsid w:val="0D60207B"/>
     <w:rsid w:val="0D9440F0"/>
     <w:rsid w:val="0DFF0CE6"/>
     <w:rsid w:val="0E0B20C0"/>
     <w:rsid w:val="10431791"/>
@@ -37445,51 +38137,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00170C44"/>
+    <w:rsid w:val="00926CFE"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:aliases w:val="Chapter Level 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00217535"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="1080" w:after="0" w:line="660" w:lineRule="exact"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aptos SemiBold" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos SemiBold" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="5A1E35" w:themeColor="text2"/>
@@ -37507,51 +38199,51 @@
     <w:qFormat/>
     <w:rsid w:val="00217535"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="720"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="5A1E35" w:themeColor="text2"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:aliases w:val="Chapter Level 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0069396F"/>
+    <w:rsid w:val="00165580"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="D8D8D8" w:themeColor="accent6"/>
       <w:kern w:val="0"/>
       <w:sz w:val="28"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:aliases w:val="Chapter Level 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -37670,94 +38362,94 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="001E47C8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="F9CF00" w:themeColor="accent1" w:themeShade="80"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00170C44"/>
+    <w:rsid w:val="00926CFE"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00170C44"/>
+    <w:rsid w:val="00926CFE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1AllTextNormalParagraph">
     <w:name w:val="1. All Text (Normal Paragraph)"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="1AllTextNormalParagraphChar"/>
     <w:rsid w:val="006449F1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1AllTextNormalParagraphChar">
     <w:name w:val="1. All Text (Normal Paragraph) Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="1AllTextNormalParagraph"/>
     <w:locked/>
     <w:rsid w:val="006449F1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:aliases w:val="Chapter Level 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0069396F"/>
+    <w:rsid w:val="00165580"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="D8D8D8" w:themeColor="accent6"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00217535"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos Display" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Aptos Display" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="5A1E35" w:themeColor="text2"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -40343,75 +41035,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC95481A-323E-4636-9C19-77471222D264}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>70</Pages>
-  <Words>27405</Words>
-  <Characters>156760</Characters>
+  <Words>27402</Words>
+  <Characters>156743</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3073</Lines>
   <Paragraphs>1560</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>182605</CharactersWithSpaces>
+  <CharactersWithSpaces>182585</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="780" baseType="variant">
       <vt:variant>
         <vt:i4>65552</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>474</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://ecsnaccess.gov.au/ProviderPortal/Documents/Current/Managed-Service-Plan.docx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2686989</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -42720,65 +43412,65 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc177738475</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Parent Pathways Guidelines - Part A: Universal Guidelines v1.2</dc:title>
+  <dc:title>Parent Pathways Guidelines – Part A: Universal Guidelines</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SetDate">
-    <vt:lpwstr>2025-10-09T02:08:51Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-05T05:01:23Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Name">
     <vt:lpwstr>79d889eb-932f-4752-8739-64d25806ef64</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SiteId">
     <vt:lpwstr>dd0cfd15-4558-4b12-8bad-ea26984fc417</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ActionId">
-    <vt:lpwstr>f116f9c8-3ad1-4b21-a4b1-5ed0aae5870d</vt:lpwstr>
+    <vt:lpwstr>e3ca161f-88ec-4739-8f84-bdb2ef734e26</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>