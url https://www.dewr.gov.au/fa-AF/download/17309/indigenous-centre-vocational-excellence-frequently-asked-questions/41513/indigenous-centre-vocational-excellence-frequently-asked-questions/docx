--- v0 (2025-12-16)
+++ v1 (2026-03-16)
@@ -631,1943 +631,2004 @@
     </w:p>
     <w:p w14:paraId="4AEF7C53" w14:textId="77777777" w:rsidR="00304205" w:rsidRDefault="00304205" w:rsidP="5C735C42">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4814"/>
         <w:gridCol w:w="4814"/>
       </w:tblGrid>
       <w:tr w:rsidR="00304205" w14:paraId="4F2DEA90" w14:textId="77777777" w:rsidTr="667924B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5816A490" w14:textId="00E6E93C" w:rsidR="00304205" w:rsidRDefault="005B2012" w:rsidP="5C735C42">
+          <w:p w14:paraId="5816A490" w14:textId="1E0DE3BF" w:rsidR="00304205" w:rsidRDefault="005B2012" w:rsidP="5C735C42">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:u w:val="none"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:u w:val="none"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Release</w:t>
             </w:r>
             <w:r w:rsidR="00304205">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:u w:val="none"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 1</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0011439F">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:u w:val="none"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77B3FE41" w14:textId="7CEB8053" w:rsidR="00304205" w:rsidRDefault="00F509E5" w:rsidP="5C735C42">
+          <w:p w14:paraId="77B3FE41" w14:textId="26B4574D" w:rsidR="00304205" w:rsidRDefault="0011439F" w:rsidP="5C735C42">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:u w:val="none"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:u w:val="none"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>3 December</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00F509E5">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:u w:val="none"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> December</w:t>
             </w:r>
             <w:r w:rsidR="005B2012">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:u w:val="none"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
             <w:r w:rsidR="004C39FD">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:u w:val="none"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0011439F" w14:paraId="1BE4E423" w14:textId="77777777" w:rsidTr="667924B4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B1C587" w14:textId="59BABC13" w:rsidR="0011439F" w:rsidRDefault="0011439F" w:rsidP="5C735C42">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:u w:val="none"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:u w:val="none"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Release 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F3A3F0" w14:textId="7805BC86" w:rsidR="0011439F" w:rsidRDefault="0011439F" w:rsidP="5C735C42">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:u w:val="none"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:u w:val="none"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>19 December 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="419B1BAD" w14:textId="36ABA2EE" w:rsidR="006B725A" w:rsidRDefault="006B725A">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CB80133" w14:textId="77777777" w:rsidR="007C1289" w:rsidRDefault="007C1289">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="404246"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:color w:val="404246"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1393570133"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="66F8C823" w14:textId="2CC640FD" w:rsidR="00584E34" w:rsidRDefault="22BAADE5">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="487C58DD" w14:textId="044A7B38" w:rsidR="007C1289" w:rsidRDefault="007C1289" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="487C58DD" w14:textId="18B3199B" w:rsidR="007C1289" w:rsidRDefault="007C1289" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9628"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9615"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="00584E34">
             <w:instrText>TOC \o "1-3" \z \u \h</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc690753815">
             <w:r w:rsidR="0B81A8AC" w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>What is the Indigenous Centre of Vocational Excellence (ICOVE) grant?</w:t>
             </w:r>
             <w:r w:rsidR="00584E34">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00584E34">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00584E34">
               <w:instrText>PAGEREF _Toc690753815 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="00584E34">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00584E34">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6569E6FB" w14:textId="64DE18CA" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="6569E6FB" w14:textId="5ABEC180" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc482861585">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>What are the objectives of ICOVE grant?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc482861585 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2ACF1D14" w14:textId="767D48D2" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="2ACF1D14" w14:textId="4DB023ED" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1498384756">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>How will the ICOVE grant achieve these objectives?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1498384756 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="669B3F56" w14:textId="4EAEC0C9" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="669B3F56" w14:textId="526AAD90" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1706277270">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>What are the intended outcomes of the ICOVE grant?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1706277270 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6CD9B37C" w14:textId="643890FB" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="6CD9B37C" w14:textId="1D57F55C" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc2051773206">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>How will these outcomes be measured?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc2051773206 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="76C795CD" w14:textId="61356FC4" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="76C795CD" w14:textId="298DD68D" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9628"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9615"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc82716186">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>The effectiveness of the ICOVE will be assessed through the broader program evaluation process. Grantees are required to:</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc82716186 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="61CAE01E" w14:textId="57F58ECF" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="61CAE01E" w14:textId="03046C7D" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9628"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9615"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc422407528">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>How will the ICOVE grant be delivered?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc422407528 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3F04C879" w14:textId="4ADFD99A" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="3F04C879" w14:textId="561158EA" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1774704134">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>What is the duration of the ICOVE grant?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1774704134 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="358BA12D" w14:textId="43114287" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="358BA12D" w14:textId="233D811E" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1877983237">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>What is the maximum project period?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1877983237 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="48B2FF4F" w14:textId="02A88ED5" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="48B2FF4F" w14:textId="517E59D6" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc450558621">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>When will the grant need to be completed by?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc450558621 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="15F949E0" w14:textId="103027D3" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="15F949E0" w14:textId="53B4BDF8" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1918232717">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>What are the eligible locations?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1918232717 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1793D77E" w14:textId="6DB9E113" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="1793D77E" w14:textId="13B524B5" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1096993237">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Where can we read more about the ICOVE grant?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1096993237 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1DBEAA55" w14:textId="09DE09BB" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="1DBEAA55" w14:textId="73814A88" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9628"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9615"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc124713735">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>How do I apply for the grant?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc124713735 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="36994324" w14:textId="67B0EFCE" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="36994324" w14:textId="450906D5" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1380019495">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>When will the ICOVE grant be open?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1380019495 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="30B181C3" w14:textId="567FF1F0" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="30B181C3" w14:textId="773A1B97" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1226963906">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>How much funding will be awarded for this grant?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1226963906 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="24CBECD5" w14:textId="67F7B24F" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="24CBECD5" w14:textId="67582DEC" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc242630939">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Who do I contact if I have a question about submitting my application?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc242630939 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E497CCC" w14:textId="6F2063A2" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="3E497CCC" w14:textId="77DA1FD1" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1852590976">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Can the department clarify the meaning of the words '…have adverse findings and/or rulings from the Fair Work Commission and/or the Fair Work Ombudsman' from section 4.5 (Who is not eligible to apply for a grant?) of the Grant Opportunity Guidelines?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1852590976 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="24457AA6" w14:textId="0494A8D6" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="24457AA6" w14:textId="50E1D727" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9628"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9615"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc2093205438">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>When are grant applications assessed?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc2093205438 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="187EF24C" w14:textId="51A14024" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="187EF24C" w14:textId="5F53203F" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1520221888">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>How long does the assessment process take?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1520221888 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="592205BB" w14:textId="0D860504" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="592205BB" w14:textId="5C7FF7F0" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9628"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9615"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc890664755">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>What happens if my grant application is successful?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc890664755 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0942B2A6" w14:textId="33A82017" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="0942B2A6" w14:textId="1D6FFC8C" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1102865719">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Will the grant be publicly announced?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1102865719 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5ECC4A5E" w14:textId="68C0F928" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="5ECC4A5E" w14:textId="43AFCC16" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9628"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9615"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1838052430">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>How are grants awarded, and payments made?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1838052430 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5E4DDD9A" w14:textId="3BA9A3B1" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="5E4DDD9A" w14:textId="79D4C6E8" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc329889504">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>How many grants will be available?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc329889504 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6C3B3489" w14:textId="03A96BEF" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="6C3B3489" w14:textId="0B534AD9" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1842479171">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Is the entirety of the grant funding available anticipated to be allocated this round (or will some be held back for future rounds within the grant timeframe?)</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1842479171 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="365B5292" w14:textId="793A484C" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="365B5292" w14:textId="4A304B1C" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc437822437">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>How many years will the grant funding be provided to successful applicants?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc437822437 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="687B8CF8" w14:textId="7C296466" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="687B8CF8" w14:textId="561C6F12" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc70033096">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>How long must grants run for?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc70033096 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="66DBEF71" w14:textId="4B7BC1B2" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="66DBEF71" w14:textId="28AA2B1A" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc2040014974">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>What will happen to any unallocated program funds?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc2040014974 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E7DAABA" w14:textId="7799F6F0" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="1E7DAABA" w14:textId="10916BD1" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc576421709">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Decisions about the future use of any unallocated program funds will be decided by DEWR.</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc576421709 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="560B71E4" w14:textId="5A3E2F76" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="560B71E4" w14:textId="35FE5559" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1762631382">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>When would successful projects be expected to commence?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1762631382 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="101D2D3E" w14:textId="51AD63A8" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="101D2D3E" w14:textId="6C538934" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc25742300">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>When can project expenses be incurred?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc25742300 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4A5D6F33" w14:textId="20FBD911" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="4A5D6F33" w14:textId="7773465C" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1358654765">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Ongoing expenses after the project completion date will be ineligible expenditure, even if these result from purchases that were eligible expenditure.</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1358654765 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7D7FE2E5" w14:textId="74517EE8" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="7D7FE2E5" w14:textId="0C336375" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1423128408">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>How will grant money payments be made?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1423128408 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2E30768F" w14:textId="125FCB20" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="2E30768F" w14:textId="55F79AFB" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc229886728">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>What can grant money be spent on?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc229886728 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="14412019" w14:textId="24F67623" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="14412019" w14:textId="2D26B158" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc902402314">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Does travel expenditure include accommodation expenses?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc902402314 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="217911E3" w14:textId="2039BAD9" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="217911E3" w14:textId="60BADAC3" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1152367403">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Are equipment or assets able to be purchased as part of this program?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1152367403 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CAFEAC9" w14:textId="630AC3E7" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="3CAFEAC9" w14:textId="466BDA3C" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc808032859">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>In forming a consortia, do all members need to be Aboriginal Community Controlled Registered Training Organisations (ACCRTO) or First Nations Registered Training Organisations (FNL RTO)?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc808032859 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="43CEF923" w14:textId="3D089148" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="43CEF923" w14:textId="3DECA2ED" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc273506890">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Will you accept a grant proposal from a consortia of Indigenous Registered Training Organisations (RTO)?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc273506890 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="76387E91" w14:textId="63015576" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="76387E91" w14:textId="58A2931E" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1272311617">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Can I claim extra costs over the maximum grant agreement amount?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1272311617 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="705C6C1F" w14:textId="23D3ED0B" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="705C6C1F" w14:textId="5283DB5C" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9960"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc387439027">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Will indexation be included in the ICOVE grant funding?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc387439027 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="24ACCD63" w14:textId="7E6FF504" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
+        <w:p w14:paraId="24ACCD63" w14:textId="71DDE6F9" w:rsidR="007C1289" w:rsidRDefault="0B81A8AC" w:rsidP="0B81A8AC">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="9628"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9615"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:lang w:eastAsia="en-AU"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc1920566920">
             <w:r w:rsidRPr="0B81A8AC">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Will ICOVE grant participants have opportunities to collaborate with other participants?</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:instrText>PAGEREF _Toc1920566920 \h</w:instrText>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00343083">
+            <w:r w:rsidR="007557C0">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="007C1289">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="007C1289">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="7122D2D5" w14:textId="5D1B737B" w:rsidR="00584E34" w:rsidRDefault="00584E34"/>
     <w:p w14:paraId="6A6217E4" w14:textId="77777777" w:rsidR="007A60DE" w:rsidRDefault="007A60DE">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:color w:val="7A9F4C"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc178270286"/>
       <w:bookmarkStart w:id="1" w:name="_Toc178343602"/>
       <w:r>
@@ -3056,51 +3117,75 @@
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="highlightedtextChar"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidR="00C4308E" w:rsidRPr="00036190">
         <w:rPr>
           <w:rStyle w:val="highlightedtextChar"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>support First Nations peak organisations and affiliates to lead research, projects, pilots and initiatives on national VET matters.</w:t>
+        <w:t xml:space="preserve">support First </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C4308E" w:rsidRPr="00036190">
+        <w:rPr>
+          <w:rStyle w:val="highlightedtextChar"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nations</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C4308E" w:rsidRPr="00036190">
+        <w:rPr>
+          <w:rStyle w:val="highlightedtextChar"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> peak organisations and affiliates to lead research, projects, pilots and initiatives on national VET matters.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6421D2" w14:textId="77777777" w:rsidR="00D471AA" w:rsidRDefault="00D471AA" w:rsidP="002457F7">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00613C8A">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Refer to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00613C8A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>National Agreement on Closing the Gap</w:t>
         </w:r>
@@ -5863,62 +5948,289 @@
         </w:rPr>
         <w:t>A Governance Plan detailing governance structure, decision-making, and accountability.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C654B52" w14:textId="77777777" w:rsidR="009406E2" w:rsidRPr="004F2BD4" w:rsidRDefault="009406E2" w:rsidP="004F2BD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2BD4">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>A Letter of Support using the mandatory template.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="650762B3" w14:textId="77777777" w:rsidR="009406E2" w:rsidRPr="0025667D" w:rsidRDefault="009406E2" w:rsidP="0025667D">
+    <w:p w14:paraId="650762B3" w14:textId="77777777" w:rsidR="009406E2" w:rsidRDefault="009406E2" w:rsidP="0025667D">
       <w:pPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F2BD4">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Applications without these attachments or templates will be non-compliant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE68551" w14:textId="77777777" w:rsidR="00060FCB" w:rsidRDefault="00060FCB" w:rsidP="0025667D">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3617C658" w14:textId="77777777" w:rsidR="00060FCB" w:rsidRPr="00060FCB" w:rsidRDefault="00060FCB" w:rsidP="00060FCB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Whether it is envisaged that the ICOVE host will have a role in formally engaging with ASQA about how the regulator can better support prospective First Nations-led organisations seeking to become RTOs (not only existing RTOs)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4920E394" w14:textId="5F16B3AD" w:rsidR="00060FCB" w:rsidRPr="00060FCB" w:rsidRDefault="00060FCB" w:rsidP="00060FCB">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes. One of the core objectives of the Indigenous Centre of Vocational Excellence (ICOVE) is to act as a national focal point for First Nations VET policy, practice, and advocacy. Under the ICOVE’s Policy and Advocacy pillar, the Host organisation is expected to engage in national VET policy processes, including building relationships across the VET ecosystem and advocating for systemic reforms that improve outcomes for Aboriginal and Torres Strait Islander learners.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC774CB" w14:textId="77777777" w:rsidR="00060FCB" w:rsidRPr="00060FCB" w:rsidRDefault="00060FCB" w:rsidP="00060FCB">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This includes working with governments, regulators, and other stakeholders to identify and address barriers to participation in the VET sector. While the guidelines do not prescribe specific engagement mechanisms with ASQA, they make clear that the ICOVE Host will represent the First Nations RTO sector at the national level and lead initiatives that strengthen the capability of Aboriginal Community Controlled and First Nations-led RTOs. This advocacy role extends to influencing regulatory settings and supporting culturally safe approaches that enable new First Nations-led organisations to become RTOs, not just supporting existing ones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D842EC" w14:textId="77777777" w:rsidR="00060FCB" w:rsidRPr="00060FCB" w:rsidRDefault="00060FCB" w:rsidP="00060FCB">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The ICOVE Host will also co-chair the VET Policy Partnership alongside the Commonwealth, providing a platform to raise issues such as regulatory support for prospective First Nations RTOs. Through this governance role and its broader advocacy mandate, the ICOVE is well positioned to work collaboratively with ASQA and other regulators to ensure the VET system is responsive to the needs of First Nations organisations and communities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8C33E5" w14:textId="77777777" w:rsidR="00060FCB" w:rsidRDefault="00060FCB" w:rsidP="00060FCB">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reference:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">See </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Section 2.1 – About the ICOVE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Assessment Criterion 2 – Strategic Alignment and Contribution to Program Objectives</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the ICOVE Grant Opportunity Guidelines, which outline the Host’s responsibilities for policy advocacy, engagement in national VET policy processes, and strategies for collaboration with governments and stakeholders</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DE9C6D" w14:textId="77777777" w:rsidR="00060FCB" w:rsidRPr="00060FCB" w:rsidRDefault="00060FCB" w:rsidP="00060FCB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Whether the capacity-building and advocacy functions of ICOVE are intended to extend to organisations that are not yet RTOs but are working towards registration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E23E8DA" w14:textId="55D521F4" w:rsidR="00060FCB" w:rsidRPr="00060FCB" w:rsidRDefault="00060FCB" w:rsidP="00060FCB">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes. The ICOVE’s mandate explicitly includes capacity building and policy advocacy to strengthen the Aboriginal Community Controlled (ACC) and First Nations-led Registered Training Organisation (RTO) sector. This is not limited to existing RTOs. The guidelines state that the ICOVE Host will lead initiatives to grow and strengthen the ACC and First Nations-led RTO </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sector, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> build cultural capability across the broader VET system. These functions are designed to remove barriers and enable new First Nations organisations to enter the VET sector, which includes supporting organisations that are working towards becoming RTOs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A8B235" w14:textId="77777777" w:rsidR="00060FCB" w:rsidRPr="00060FCB" w:rsidRDefault="00060FCB" w:rsidP="00060FCB">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Under Pillar 2 – Capacity Building, the Host is expected to “sustainably grow and strengthen the ACC RTO sector and First Nations-led RTOs” and under Pillar 3 – Policy and Advocacy, to “engage in state and national policy processes and facilitate nationally networked partnerships” to influence systemic reforms. These responsibilities cover organisations that aspire to become RTOs, as part of building a strong and culturally safe First Nations VET ecosystem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB00B89" w14:textId="6C848200" w:rsidR="00060FCB" w:rsidRPr="0025667D" w:rsidRDefault="00060FCB" w:rsidP="0025667D">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Reference:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">See </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Section 2.1 – About the ICOVE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assessment Criterion 2 – Strategic Alignment and Contribution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>to Program Objectives</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060FCB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the ICOVE Grant Opportunity Guidelines, which outline the Host’s role in capacity building and advocacy across the sector, including strategies to strengthen ACC and First Nations-led RTOs and improve outcomes for First Nations learners.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E0D5213" w14:textId="4A4BD22C" w:rsidR="00000698" w:rsidRPr="004A3B5E" w:rsidRDefault="5369BEB3" w:rsidP="0B81A8AC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="_Toc1272311617"/>
       <w:r w:rsidRPr="0B81A8AC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Can I claim extra costs over the maximum grant agreement amount?</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p w14:paraId="6012A1C1" w14:textId="1228EEEF" w:rsidR="00000698" w:rsidRPr="0007017C" w:rsidRDefault="006F4E74" w:rsidP="004F2BD4">
       <w:pPr>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -6294,71 +6606,71 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0B81A8AC">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>These requirements ensure that ICOVE participants will have opportunities to collaborate broadly, strengthening connections and advocacy across the VET sector.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79F96B19" w14:textId="77777777" w:rsidR="006060EC" w:rsidRPr="0013622D" w:rsidRDefault="006060EC" w:rsidP="00B300B7"/>
     <w:sectPr w:rsidR="006060EC" w:rsidRPr="0013622D" w:rsidSect="000E2FD9">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="964" w:bottom="709" w:left="964" w:header="0" w:footer="380" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E878244" w14:textId="77777777" w:rsidR="00601FC6" w:rsidRDefault="00601FC6">
+    <w:p w14:paraId="4B8A5689" w14:textId="77777777" w:rsidR="00FC0517" w:rsidRDefault="00FC0517">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3180619E" w14:textId="77777777" w:rsidR="00601FC6" w:rsidRDefault="00601FC6">
+    <w:p w14:paraId="04F13EEB" w14:textId="77777777" w:rsidR="00FC0517" w:rsidRDefault="00FC0517">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="66D9D4D3" w14:textId="77777777" w:rsidR="00601FC6" w:rsidRDefault="00601FC6">
+    <w:p w14:paraId="56250AA4" w14:textId="77777777" w:rsidR="00FC0517" w:rsidRDefault="00FC0517">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -6552,71 +6864,71 @@
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative">
           <w:pict>
             <v:rect id="Rectangle 4" style="position:absolute;margin-left:0;margin-top:32.75pt;width:595.3pt;height:15.6pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" alt="&quot;&quot;" o:spid="_x0000_s1026" fillcolor="#404246" stroked="f" strokeweight="1pt" w14:anchorId="0A2D5C13" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlo3g9cAIAAFEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+0E6SuoUxQpMgwo&#10;2mLt0LMiS7EBWdQoNU7260dJjtu1xQ7DfJBJkfz4EMmLy11n2Fahb8FWfHJUcqashLq1m4r/eFx9&#10;OePMB2FrYcCqiu+V55eLz58uejdXU2jA1AoZgVg/713FmxDcvCi8bFQn/BE4ZUmoATsRiMVNUaPo&#10;Cb0zxbQsT4oesHYIUnlPt9dZyBcJX2slw53WXgVmKk6xhXRiOtfxLBYXYr5B4ZpWDmGIf4iiE60l&#10;pyPUtQiCPWP7DqprJYIHHY4kdAVo3UqVcqBsJuWbbB4a4VTKhYrj3Vgm//9g5e32wd0jlaF3fu6J&#10;jFnsNHbxT/GxXSrWfiyW2gUm6fL0+KSkjzNJssn5WaQJpnixdujDVwUdi0TFkR4j1Uhsb3zIqgeV&#10;6MyDaetVa0xicLNeGmRbQQ83K2fT2cmA/oeasVHZQjTLiPGmeMklUWFvVNQz9rvSrK0p+mmKJLWZ&#10;Gv0IKZUNkyxqRK2y++OUZ4YfLVKmCTAia/I/Yg8AsYXfY2eYQT+aqtSlo3H5t8Cy8WiRPIMNo3HX&#10;WsCPAAxlNXjO+oci5dLEKq2h3t8jQ8gz4p1ctfRuN8KHe4E0FPTUNOjhjg5toK84DBRnDeCvj+6j&#10;PvUqSTnracgq7n8+C1ScmW+Wuvh8MpvFqUzM7Ph0Sgy+lqxfS+xztwRqhwmtFCcTGfWDOZAaoXui&#10;fXAVvZJIWEm+Ky4DHphlyMNPG0Wqq6ukRpPoRLixD05G8FjV2JePuyeBbmjeQG1/C4eBFPM3PZx1&#10;h6LmSg4MzW1qlWHHxMXwmk9aL5tw8RsAAP//AwBQSwMEFAAGAAgAAAAhAA1Pz/fdAAAABwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok0oNJGRTBVAF4tQWDhzdeBtHxOsodpvw&#10;97gnOI5mNPOmXM+2F2cafecYIV0kIIgbpztuET4/NncPIHxQrFXvmBB+yMO6ur4qVaHdxDs670Mr&#10;Ygn7QiGYEIZCSt8Yssov3EAcvaMbrQpRjq3Uo5piue3lMkkyaVXHccGogZ4NNd/7k0U4Uv2yfPt6&#10;quVU5+n762B2m+2MeHsz148gAs3hLwwX/IgOVWQ6uBNrL3qEeCQgZKsViIub5kkG4oCQZ/cgq1L+&#10;569+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGWjeD1wAgAAUQUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAA1Pz/fdAAAABwEAAA8AAAAAAAAA&#10;AAAAAAAAygQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14F623C1" w14:textId="77777777" w:rsidR="00601FC6" w:rsidRDefault="00601FC6" w:rsidP="0051352E">
+    <w:p w14:paraId="799445BB" w14:textId="77777777" w:rsidR="00FC0517" w:rsidRDefault="00FC0517" w:rsidP="0051352E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="715F0BBD" w14:textId="77777777" w:rsidR="00601FC6" w:rsidRDefault="00601FC6" w:rsidP="0051352E">
+    <w:p w14:paraId="7854FEBB" w14:textId="77777777" w:rsidR="00FC0517" w:rsidRDefault="00FC0517" w:rsidP="0051352E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7F2F7C33" w14:textId="77777777" w:rsidR="00601FC6" w:rsidRDefault="00601FC6">
+    <w:p w14:paraId="4A7DDF4A" w14:textId="77777777" w:rsidR="00FC0517" w:rsidRDefault="00FC0517">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="642035C0" w14:textId="77777777" w:rsidR="00146FE0" w:rsidRDefault="00146FE0" w:rsidP="00146FE0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002F4638">
         <w:t>https://federalfinancialrelations.gov.au/sites/federalfinancialrelations.gov.au/files/2023-10/National-Skills-Agreement.pdf</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -10765,51 +11077,51 @@
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1767649975">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="134104893">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="959846009">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="313527503">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="826631220">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="767893007">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -10873,50 +11185,51 @@
     <w:rsid w:val="00041376"/>
     <w:rsid w:val="0004187E"/>
     <w:rsid w:val="00041AAA"/>
     <w:rsid w:val="00043125"/>
     <w:rsid w:val="00043A4B"/>
     <w:rsid w:val="000440A7"/>
     <w:rsid w:val="000441B4"/>
     <w:rsid w:val="0004507E"/>
     <w:rsid w:val="0004537D"/>
     <w:rsid w:val="00045BA2"/>
     <w:rsid w:val="0004711E"/>
     <w:rsid w:val="00050445"/>
     <w:rsid w:val="00050529"/>
     <w:rsid w:val="000513FD"/>
     <w:rsid w:val="00051808"/>
     <w:rsid w:val="00051A11"/>
     <w:rsid w:val="00051A68"/>
     <w:rsid w:val="00051BD5"/>
     <w:rsid w:val="000529F7"/>
     <w:rsid w:val="00052BBC"/>
     <w:rsid w:val="00054303"/>
     <w:rsid w:val="000559DD"/>
     <w:rsid w:val="00056669"/>
     <w:rsid w:val="000574F1"/>
     <w:rsid w:val="00060479"/>
+    <w:rsid w:val="00060FCB"/>
     <w:rsid w:val="00061429"/>
     <w:rsid w:val="00061CDC"/>
     <w:rsid w:val="00062214"/>
     <w:rsid w:val="00062254"/>
     <w:rsid w:val="00062D98"/>
     <w:rsid w:val="000639C2"/>
     <w:rsid w:val="00063B6F"/>
     <w:rsid w:val="000640B3"/>
     <w:rsid w:val="00064883"/>
     <w:rsid w:val="00066BAF"/>
     <w:rsid w:val="00067075"/>
     <w:rsid w:val="00067D90"/>
     <w:rsid w:val="0007017C"/>
     <w:rsid w:val="00070C8F"/>
     <w:rsid w:val="000713EB"/>
     <w:rsid w:val="000727F7"/>
     <w:rsid w:val="000729F0"/>
     <w:rsid w:val="00072C0A"/>
     <w:rsid w:val="00073B41"/>
     <w:rsid w:val="00074388"/>
     <w:rsid w:val="00074653"/>
     <w:rsid w:val="00075988"/>
     <w:rsid w:val="00076F94"/>
     <w:rsid w:val="0008089D"/>
     <w:rsid w:val="000809F8"/>
@@ -11007,50 +11320,51 @@
     <w:rsid w:val="000F1832"/>
     <w:rsid w:val="000F3459"/>
     <w:rsid w:val="000F486D"/>
     <w:rsid w:val="000F4B1C"/>
     <w:rsid w:val="000F57B9"/>
     <w:rsid w:val="000F58EE"/>
     <w:rsid w:val="000F5B39"/>
     <w:rsid w:val="000F6837"/>
     <w:rsid w:val="000F699A"/>
     <w:rsid w:val="001004D6"/>
     <w:rsid w:val="00100DB4"/>
     <w:rsid w:val="00101183"/>
     <w:rsid w:val="0010236D"/>
     <w:rsid w:val="00102BB0"/>
     <w:rsid w:val="00102F41"/>
     <w:rsid w:val="00103433"/>
     <w:rsid w:val="001055E5"/>
     <w:rsid w:val="00106257"/>
     <w:rsid w:val="0010728A"/>
     <w:rsid w:val="001076C0"/>
     <w:rsid w:val="00110042"/>
     <w:rsid w:val="00111085"/>
     <w:rsid w:val="001112EC"/>
     <w:rsid w:val="0011181E"/>
     <w:rsid w:val="00113358"/>
+    <w:rsid w:val="0011439F"/>
     <w:rsid w:val="001160E9"/>
     <w:rsid w:val="0011722C"/>
     <w:rsid w:val="00117B2E"/>
     <w:rsid w:val="00117B86"/>
     <w:rsid w:val="00117BAC"/>
     <w:rsid w:val="001204B6"/>
     <w:rsid w:val="00120FA6"/>
     <w:rsid w:val="00121666"/>
     <w:rsid w:val="001219FF"/>
     <w:rsid w:val="00122963"/>
     <w:rsid w:val="00123BF6"/>
     <w:rsid w:val="00123CA3"/>
     <w:rsid w:val="00125026"/>
     <w:rsid w:val="001251CB"/>
     <w:rsid w:val="00125817"/>
     <w:rsid w:val="00126645"/>
     <w:rsid w:val="00127354"/>
     <w:rsid w:val="00130338"/>
     <w:rsid w:val="00131DC2"/>
     <w:rsid w:val="001320C0"/>
     <w:rsid w:val="00132A76"/>
     <w:rsid w:val="00133289"/>
     <w:rsid w:val="00133634"/>
     <w:rsid w:val="001341CA"/>
     <w:rsid w:val="001345F2"/>
@@ -11111,50 +11425,51 @@
     <w:rsid w:val="001778DD"/>
     <w:rsid w:val="00180903"/>
     <w:rsid w:val="00180958"/>
     <w:rsid w:val="00180AFC"/>
     <w:rsid w:val="00180D41"/>
     <w:rsid w:val="00182344"/>
     <w:rsid w:val="0018681C"/>
     <w:rsid w:val="001870AC"/>
     <w:rsid w:val="00190866"/>
     <w:rsid w:val="00190F3B"/>
     <w:rsid w:val="00192784"/>
     <w:rsid w:val="001934F8"/>
     <w:rsid w:val="0019555F"/>
     <w:rsid w:val="00196035"/>
     <w:rsid w:val="001969AD"/>
     <w:rsid w:val="00196DB5"/>
     <w:rsid w:val="001973F0"/>
     <w:rsid w:val="00197D05"/>
     <w:rsid w:val="001A07E0"/>
     <w:rsid w:val="001A0B42"/>
     <w:rsid w:val="001A0D94"/>
     <w:rsid w:val="001A0F19"/>
     <w:rsid w:val="001A171F"/>
     <w:rsid w:val="001A1EA6"/>
     <w:rsid w:val="001A2155"/>
+    <w:rsid w:val="001A23F2"/>
     <w:rsid w:val="001A2439"/>
     <w:rsid w:val="001A31D4"/>
     <w:rsid w:val="001A35FB"/>
     <w:rsid w:val="001A399E"/>
     <w:rsid w:val="001A41CB"/>
     <w:rsid w:val="001A499A"/>
     <w:rsid w:val="001A533C"/>
     <w:rsid w:val="001A6648"/>
     <w:rsid w:val="001A66B6"/>
     <w:rsid w:val="001A6739"/>
     <w:rsid w:val="001B05E6"/>
     <w:rsid w:val="001B107F"/>
     <w:rsid w:val="001B22F3"/>
     <w:rsid w:val="001B23A2"/>
     <w:rsid w:val="001B2BCE"/>
     <w:rsid w:val="001B44C3"/>
     <w:rsid w:val="001B4CD9"/>
     <w:rsid w:val="001B544E"/>
     <w:rsid w:val="001B54C8"/>
     <w:rsid w:val="001B5828"/>
     <w:rsid w:val="001B5C15"/>
     <w:rsid w:val="001B65E5"/>
     <w:rsid w:val="001B6DE8"/>
     <w:rsid w:val="001B73E8"/>
     <w:rsid w:val="001C2CA6"/>
@@ -11426,51 +11741,50 @@
     <w:rsid w:val="003160EC"/>
     <w:rsid w:val="003173AC"/>
     <w:rsid w:val="00320B9C"/>
     <w:rsid w:val="00321E47"/>
     <w:rsid w:val="00322B0D"/>
     <w:rsid w:val="00324BD7"/>
     <w:rsid w:val="003258C3"/>
     <w:rsid w:val="00325EA5"/>
     <w:rsid w:val="003263DF"/>
     <w:rsid w:val="003272E3"/>
     <w:rsid w:val="003307FC"/>
     <w:rsid w:val="00334626"/>
     <w:rsid w:val="003348B9"/>
     <w:rsid w:val="00334BA9"/>
     <w:rsid w:val="00334E1F"/>
     <w:rsid w:val="00335192"/>
     <w:rsid w:val="003355B1"/>
     <w:rsid w:val="00335BE1"/>
     <w:rsid w:val="00335E13"/>
     <w:rsid w:val="00335F4D"/>
     <w:rsid w:val="00336422"/>
     <w:rsid w:val="003371A4"/>
     <w:rsid w:val="00337A5F"/>
     <w:rsid w:val="003417DC"/>
     <w:rsid w:val="00342934"/>
-    <w:rsid w:val="00343083"/>
     <w:rsid w:val="003442FB"/>
     <w:rsid w:val="0034439B"/>
     <w:rsid w:val="003445A8"/>
     <w:rsid w:val="00344EE9"/>
     <w:rsid w:val="003452A4"/>
     <w:rsid w:val="00345330"/>
     <w:rsid w:val="00345CB8"/>
     <w:rsid w:val="00345F25"/>
     <w:rsid w:val="00346282"/>
     <w:rsid w:val="00346897"/>
     <w:rsid w:val="00347384"/>
     <w:rsid w:val="00350504"/>
     <w:rsid w:val="00350FFA"/>
     <w:rsid w:val="003528A2"/>
     <w:rsid w:val="00356C01"/>
     <w:rsid w:val="00356C25"/>
     <w:rsid w:val="00356E6E"/>
     <w:rsid w:val="00357614"/>
     <w:rsid w:val="00357A01"/>
     <w:rsid w:val="00360C7E"/>
     <w:rsid w:val="00361073"/>
     <w:rsid w:val="00363A44"/>
     <w:rsid w:val="00363D00"/>
     <w:rsid w:val="00364181"/>
     <w:rsid w:val="003661C8"/>
@@ -11539,109 +11853,112 @@
     <w:rsid w:val="003D2795"/>
     <w:rsid w:val="003D27CB"/>
     <w:rsid w:val="003D2E6B"/>
     <w:rsid w:val="003D446A"/>
     <w:rsid w:val="003D5783"/>
     <w:rsid w:val="003D57A6"/>
     <w:rsid w:val="003D5BFD"/>
     <w:rsid w:val="003D60F9"/>
     <w:rsid w:val="003D7494"/>
     <w:rsid w:val="003D7F01"/>
     <w:rsid w:val="003E000B"/>
     <w:rsid w:val="003E148B"/>
     <w:rsid w:val="003E183B"/>
     <w:rsid w:val="003E1890"/>
     <w:rsid w:val="003E2951"/>
     <w:rsid w:val="003E30C7"/>
     <w:rsid w:val="003E5ACD"/>
     <w:rsid w:val="003E5EC3"/>
     <w:rsid w:val="003E6163"/>
     <w:rsid w:val="003E6E79"/>
     <w:rsid w:val="003F02D1"/>
     <w:rsid w:val="003F1DE2"/>
     <w:rsid w:val="003F367A"/>
     <w:rsid w:val="003F40E1"/>
     <w:rsid w:val="003F4295"/>
+    <w:rsid w:val="003F7120"/>
     <w:rsid w:val="003F7156"/>
     <w:rsid w:val="003F75EA"/>
     <w:rsid w:val="003F7718"/>
     <w:rsid w:val="003F7BBB"/>
     <w:rsid w:val="003F7DC9"/>
     <w:rsid w:val="00400CF6"/>
     <w:rsid w:val="0040207F"/>
     <w:rsid w:val="00402518"/>
     <w:rsid w:val="004029BE"/>
     <w:rsid w:val="00402EEF"/>
+    <w:rsid w:val="00403232"/>
     <w:rsid w:val="0040386A"/>
     <w:rsid w:val="00403A96"/>
     <w:rsid w:val="00403E6A"/>
     <w:rsid w:val="00404BEC"/>
     <w:rsid w:val="004058AC"/>
     <w:rsid w:val="0040596C"/>
     <w:rsid w:val="004065C2"/>
     <w:rsid w:val="0040671A"/>
     <w:rsid w:val="0040680A"/>
     <w:rsid w:val="00406A7C"/>
     <w:rsid w:val="00406EBA"/>
     <w:rsid w:val="00407AAE"/>
     <w:rsid w:val="00407E78"/>
     <w:rsid w:val="00407FA7"/>
     <w:rsid w:val="00410481"/>
     <w:rsid w:val="00411841"/>
     <w:rsid w:val="00414677"/>
     <w:rsid w:val="00415A66"/>
     <w:rsid w:val="00415BD2"/>
     <w:rsid w:val="00417AC0"/>
     <w:rsid w:val="00417EEC"/>
     <w:rsid w:val="0042102A"/>
     <w:rsid w:val="00421910"/>
     <w:rsid w:val="00421BD1"/>
     <w:rsid w:val="00421D43"/>
     <w:rsid w:val="00422DC0"/>
     <w:rsid w:val="004258FB"/>
     <w:rsid w:val="004261D9"/>
     <w:rsid w:val="004265AD"/>
     <w:rsid w:val="00426A85"/>
     <w:rsid w:val="00427649"/>
     <w:rsid w:val="00430283"/>
     <w:rsid w:val="00430C29"/>
     <w:rsid w:val="004311A6"/>
     <w:rsid w:val="0043131E"/>
     <w:rsid w:val="00432594"/>
     <w:rsid w:val="00432DB1"/>
     <w:rsid w:val="004331E4"/>
     <w:rsid w:val="00434604"/>
     <w:rsid w:val="004348C6"/>
     <w:rsid w:val="00434AED"/>
     <w:rsid w:val="00435322"/>
     <w:rsid w:val="00435C21"/>
     <w:rsid w:val="004368E1"/>
     <w:rsid w:val="00437751"/>
     <w:rsid w:val="00437F03"/>
     <w:rsid w:val="00440A61"/>
     <w:rsid w:val="00441425"/>
     <w:rsid w:val="00442F14"/>
+    <w:rsid w:val="00444208"/>
     <w:rsid w:val="00444261"/>
     <w:rsid w:val="004443A0"/>
     <w:rsid w:val="00445B7F"/>
     <w:rsid w:val="00445CF8"/>
     <w:rsid w:val="0044623A"/>
     <w:rsid w:val="00446F55"/>
     <w:rsid w:val="00447A49"/>
     <w:rsid w:val="00450EBE"/>
     <w:rsid w:val="0045139E"/>
     <w:rsid w:val="00451447"/>
     <w:rsid w:val="0045171A"/>
     <w:rsid w:val="00451FB9"/>
     <w:rsid w:val="00452249"/>
     <w:rsid w:val="00452495"/>
     <w:rsid w:val="004529BE"/>
     <w:rsid w:val="004531D1"/>
     <w:rsid w:val="00453791"/>
     <w:rsid w:val="00453C04"/>
     <w:rsid w:val="00454530"/>
     <w:rsid w:val="00456578"/>
     <w:rsid w:val="004568D2"/>
     <w:rsid w:val="00456989"/>
     <w:rsid w:val="00456A87"/>
     <w:rsid w:val="00456D5F"/>
     <w:rsid w:val="0045708A"/>
@@ -12115,51 +12432,50 @@
     <w:rsid w:val="006C4542"/>
     <w:rsid w:val="006C5BE7"/>
     <w:rsid w:val="006C68E7"/>
     <w:rsid w:val="006D0219"/>
     <w:rsid w:val="006D0512"/>
     <w:rsid w:val="006D154E"/>
     <w:rsid w:val="006D15C3"/>
     <w:rsid w:val="006D15D2"/>
     <w:rsid w:val="006D23C2"/>
     <w:rsid w:val="006D46D4"/>
     <w:rsid w:val="006D4C84"/>
     <w:rsid w:val="006D5063"/>
     <w:rsid w:val="006D563B"/>
     <w:rsid w:val="006D5766"/>
     <w:rsid w:val="006D59DB"/>
     <w:rsid w:val="006E05CD"/>
     <w:rsid w:val="006E1600"/>
     <w:rsid w:val="006E1C5E"/>
     <w:rsid w:val="006E26E2"/>
     <w:rsid w:val="006E2BC1"/>
     <w:rsid w:val="006E2D46"/>
     <w:rsid w:val="006E2F8A"/>
     <w:rsid w:val="006E3137"/>
     <w:rsid w:val="006E3B38"/>
     <w:rsid w:val="006E4315"/>
-    <w:rsid w:val="006E4D8B"/>
     <w:rsid w:val="006E528F"/>
     <w:rsid w:val="006E52D3"/>
     <w:rsid w:val="006E550B"/>
     <w:rsid w:val="006E5D6E"/>
     <w:rsid w:val="006E6179"/>
     <w:rsid w:val="006E6BEA"/>
     <w:rsid w:val="006F030E"/>
     <w:rsid w:val="006F0926"/>
     <w:rsid w:val="006F1313"/>
     <w:rsid w:val="006F1B4E"/>
     <w:rsid w:val="006F3610"/>
     <w:rsid w:val="006F474F"/>
     <w:rsid w:val="006F4884"/>
     <w:rsid w:val="006F4DE5"/>
     <w:rsid w:val="006F4E74"/>
     <w:rsid w:val="006F55F2"/>
     <w:rsid w:val="006F5798"/>
     <w:rsid w:val="006F6E1D"/>
     <w:rsid w:val="006F708C"/>
     <w:rsid w:val="006F7B5E"/>
     <w:rsid w:val="007002C0"/>
     <w:rsid w:val="00700F91"/>
     <w:rsid w:val="0070139F"/>
     <w:rsid w:val="00701DE7"/>
     <w:rsid w:val="00701F7B"/>
@@ -12196,105 +12512,108 @@
     <w:rsid w:val="007330A4"/>
     <w:rsid w:val="00733387"/>
     <w:rsid w:val="00733DA4"/>
     <w:rsid w:val="00735402"/>
     <w:rsid w:val="00735CED"/>
     <w:rsid w:val="0073630D"/>
     <w:rsid w:val="007378B4"/>
     <w:rsid w:val="00737B1A"/>
     <w:rsid w:val="00740D57"/>
     <w:rsid w:val="00741C79"/>
     <w:rsid w:val="00743C8F"/>
     <w:rsid w:val="007449B4"/>
     <w:rsid w:val="00745B42"/>
     <w:rsid w:val="00745BC3"/>
     <w:rsid w:val="007462B0"/>
     <w:rsid w:val="00747C4B"/>
     <w:rsid w:val="00747D95"/>
     <w:rsid w:val="00750190"/>
     <w:rsid w:val="00750349"/>
     <w:rsid w:val="00750DBC"/>
     <w:rsid w:val="00751898"/>
     <w:rsid w:val="00751F7B"/>
     <w:rsid w:val="00752A4D"/>
     <w:rsid w:val="0075440E"/>
     <w:rsid w:val="00754EF1"/>
+    <w:rsid w:val="007557C0"/>
     <w:rsid w:val="007570DC"/>
     <w:rsid w:val="00760EDF"/>
     <w:rsid w:val="007610E1"/>
     <w:rsid w:val="00761131"/>
     <w:rsid w:val="00762693"/>
     <w:rsid w:val="00762F45"/>
     <w:rsid w:val="00766892"/>
     <w:rsid w:val="00767602"/>
     <w:rsid w:val="00770921"/>
     <w:rsid w:val="00771524"/>
     <w:rsid w:val="00771B96"/>
     <w:rsid w:val="007721C1"/>
     <w:rsid w:val="007724A0"/>
     <w:rsid w:val="0077352E"/>
     <w:rsid w:val="007749DA"/>
     <w:rsid w:val="007750E8"/>
     <w:rsid w:val="007754CF"/>
     <w:rsid w:val="00775C83"/>
     <w:rsid w:val="00776D52"/>
     <w:rsid w:val="00777AAC"/>
     <w:rsid w:val="00780012"/>
     <w:rsid w:val="0078068F"/>
     <w:rsid w:val="0078141F"/>
     <w:rsid w:val="007816AD"/>
     <w:rsid w:val="00782126"/>
     <w:rsid w:val="00782643"/>
     <w:rsid w:val="007830D5"/>
     <w:rsid w:val="007832D8"/>
     <w:rsid w:val="00784940"/>
     <w:rsid w:val="00784AF4"/>
     <w:rsid w:val="007855D9"/>
     <w:rsid w:val="00785714"/>
     <w:rsid w:val="00786ACB"/>
+    <w:rsid w:val="00786C9A"/>
     <w:rsid w:val="00787D74"/>
     <w:rsid w:val="0079030B"/>
     <w:rsid w:val="00792469"/>
     <w:rsid w:val="007934BC"/>
     <w:rsid w:val="00793567"/>
     <w:rsid w:val="007937E7"/>
     <w:rsid w:val="00793CE4"/>
     <w:rsid w:val="00794A0C"/>
     <w:rsid w:val="007952E1"/>
     <w:rsid w:val="00795C09"/>
     <w:rsid w:val="00796175"/>
     <w:rsid w:val="007A011A"/>
     <w:rsid w:val="007A12D8"/>
     <w:rsid w:val="007A1394"/>
     <w:rsid w:val="007A3827"/>
     <w:rsid w:val="007A3DB1"/>
     <w:rsid w:val="007A5C94"/>
     <w:rsid w:val="007A60DE"/>
     <w:rsid w:val="007A750A"/>
     <w:rsid w:val="007A7B8D"/>
     <w:rsid w:val="007B0049"/>
     <w:rsid w:val="007B0829"/>
+    <w:rsid w:val="007B0DDE"/>
     <w:rsid w:val="007B1399"/>
     <w:rsid w:val="007B1454"/>
     <w:rsid w:val="007B1503"/>
     <w:rsid w:val="007B1ABA"/>
     <w:rsid w:val="007B2F21"/>
     <w:rsid w:val="007B3990"/>
     <w:rsid w:val="007B4075"/>
     <w:rsid w:val="007B4170"/>
     <w:rsid w:val="007B4FD2"/>
     <w:rsid w:val="007B5C9E"/>
     <w:rsid w:val="007B7258"/>
     <w:rsid w:val="007B74C5"/>
     <w:rsid w:val="007B7BA6"/>
     <w:rsid w:val="007C0448"/>
     <w:rsid w:val="007C0D8B"/>
     <w:rsid w:val="007C10CE"/>
     <w:rsid w:val="007C113C"/>
     <w:rsid w:val="007C1289"/>
     <w:rsid w:val="007C1D0F"/>
     <w:rsid w:val="007C239D"/>
     <w:rsid w:val="007C2DD9"/>
     <w:rsid w:val="007C2E56"/>
     <w:rsid w:val="007C329E"/>
     <w:rsid w:val="007C41B5"/>
     <w:rsid w:val="007C4D17"/>
@@ -12306,51 +12625,50 @@
     <w:rsid w:val="007D0CD6"/>
     <w:rsid w:val="007D0CE5"/>
     <w:rsid w:val="007D0E87"/>
     <w:rsid w:val="007D10BB"/>
     <w:rsid w:val="007D2FD6"/>
     <w:rsid w:val="007D3A25"/>
     <w:rsid w:val="007D4E5B"/>
     <w:rsid w:val="007D6195"/>
     <w:rsid w:val="007D6263"/>
     <w:rsid w:val="007D678E"/>
     <w:rsid w:val="007E06A6"/>
     <w:rsid w:val="007E1C00"/>
     <w:rsid w:val="007E333A"/>
     <w:rsid w:val="007E4A0D"/>
     <w:rsid w:val="007E5DA0"/>
     <w:rsid w:val="007E64CD"/>
     <w:rsid w:val="007E6D58"/>
     <w:rsid w:val="007F0BDA"/>
     <w:rsid w:val="007F15F5"/>
     <w:rsid w:val="007F42D6"/>
     <w:rsid w:val="007F4F69"/>
     <w:rsid w:val="00805E5A"/>
     <w:rsid w:val="00806309"/>
     <w:rsid w:val="0080788A"/>
     <w:rsid w:val="00807E3A"/>
-    <w:rsid w:val="008106BE"/>
     <w:rsid w:val="008111C9"/>
     <w:rsid w:val="00811C6C"/>
     <w:rsid w:val="00811FAF"/>
     <w:rsid w:val="0081223A"/>
     <w:rsid w:val="008126D1"/>
     <w:rsid w:val="00813326"/>
     <w:rsid w:val="008147A1"/>
     <w:rsid w:val="008148DB"/>
     <w:rsid w:val="00814AA6"/>
     <w:rsid w:val="00814B11"/>
     <w:rsid w:val="00815700"/>
     <w:rsid w:val="00816469"/>
     <w:rsid w:val="0081674F"/>
     <w:rsid w:val="00816BA7"/>
     <w:rsid w:val="008171E0"/>
     <w:rsid w:val="008173B0"/>
     <w:rsid w:val="008200B4"/>
     <w:rsid w:val="008205EF"/>
     <w:rsid w:val="008208C1"/>
     <w:rsid w:val="00820F89"/>
     <w:rsid w:val="008230A5"/>
     <w:rsid w:val="008241D3"/>
     <w:rsid w:val="008260A7"/>
     <w:rsid w:val="008266D8"/>
     <w:rsid w:val="00826A6D"/>
@@ -12530,50 +12848,51 @@
     <w:rsid w:val="00907ED3"/>
     <w:rsid w:val="00910B5A"/>
     <w:rsid w:val="00912404"/>
     <w:rsid w:val="0091249B"/>
     <w:rsid w:val="00912745"/>
     <w:rsid w:val="00914211"/>
     <w:rsid w:val="0091431A"/>
     <w:rsid w:val="0091525F"/>
     <w:rsid w:val="00915984"/>
     <w:rsid w:val="00915BC8"/>
     <w:rsid w:val="009165F8"/>
     <w:rsid w:val="00916919"/>
     <w:rsid w:val="00916FDF"/>
     <w:rsid w:val="009173CA"/>
     <w:rsid w:val="00917B13"/>
     <w:rsid w:val="00917F11"/>
     <w:rsid w:val="00920B8A"/>
     <w:rsid w:val="00920C25"/>
     <w:rsid w:val="0092322B"/>
     <w:rsid w:val="00923B53"/>
     <w:rsid w:val="0092517C"/>
     <w:rsid w:val="009259B4"/>
     <w:rsid w:val="00926344"/>
     <w:rsid w:val="00927B79"/>
     <w:rsid w:val="00927C24"/>
+    <w:rsid w:val="009300CE"/>
     <w:rsid w:val="009326BE"/>
     <w:rsid w:val="00933EBF"/>
     <w:rsid w:val="00934026"/>
     <w:rsid w:val="0093473D"/>
     <w:rsid w:val="00935DF5"/>
     <w:rsid w:val="00935E68"/>
     <w:rsid w:val="00936080"/>
     <w:rsid w:val="00936783"/>
     <w:rsid w:val="00937050"/>
     <w:rsid w:val="009373B8"/>
     <w:rsid w:val="0093752A"/>
     <w:rsid w:val="009400B9"/>
     <w:rsid w:val="0094057B"/>
     <w:rsid w:val="009406E2"/>
     <w:rsid w:val="00940FC0"/>
     <w:rsid w:val="009413E6"/>
     <w:rsid w:val="009440BF"/>
     <w:rsid w:val="00944ECC"/>
     <w:rsid w:val="00947A29"/>
     <w:rsid w:val="00950138"/>
     <w:rsid w:val="009519BD"/>
     <w:rsid w:val="00951F86"/>
     <w:rsid w:val="00951FE3"/>
     <w:rsid w:val="00952487"/>
     <w:rsid w:val="0095249B"/>
@@ -12615,71 +12934,73 @@
     <w:rsid w:val="009767A4"/>
     <w:rsid w:val="00976836"/>
     <w:rsid w:val="00980781"/>
     <w:rsid w:val="00980E1C"/>
     <w:rsid w:val="00981392"/>
     <w:rsid w:val="009828CA"/>
     <w:rsid w:val="009835D2"/>
     <w:rsid w:val="00983756"/>
     <w:rsid w:val="00984133"/>
     <w:rsid w:val="009841E4"/>
     <w:rsid w:val="00985EA3"/>
     <w:rsid w:val="00986153"/>
     <w:rsid w:val="00986C3F"/>
     <w:rsid w:val="00986F0D"/>
     <w:rsid w:val="00986F65"/>
     <w:rsid w:val="009911C9"/>
     <w:rsid w:val="009925C2"/>
     <w:rsid w:val="0099359D"/>
     <w:rsid w:val="00993D20"/>
     <w:rsid w:val="0099425C"/>
     <w:rsid w:val="00995280"/>
     <w:rsid w:val="00996B11"/>
     <w:rsid w:val="00997F53"/>
     <w:rsid w:val="009A148A"/>
     <w:rsid w:val="009A14EF"/>
+    <w:rsid w:val="009A2090"/>
     <w:rsid w:val="009A21FC"/>
     <w:rsid w:val="009A3EEF"/>
     <w:rsid w:val="009A4CB7"/>
     <w:rsid w:val="009A589C"/>
     <w:rsid w:val="009A58BE"/>
     <w:rsid w:val="009A5CA3"/>
     <w:rsid w:val="009A7509"/>
     <w:rsid w:val="009B20FD"/>
     <w:rsid w:val="009B24E1"/>
     <w:rsid w:val="009B2AAE"/>
     <w:rsid w:val="009B3257"/>
     <w:rsid w:val="009B6009"/>
     <w:rsid w:val="009C029C"/>
     <w:rsid w:val="009C0476"/>
     <w:rsid w:val="009C0AAD"/>
     <w:rsid w:val="009C5089"/>
     <w:rsid w:val="009C5D42"/>
     <w:rsid w:val="009C6C5F"/>
     <w:rsid w:val="009D131A"/>
     <w:rsid w:val="009D1A59"/>
     <w:rsid w:val="009D1E34"/>
+    <w:rsid w:val="009D2353"/>
     <w:rsid w:val="009D2F23"/>
     <w:rsid w:val="009D695E"/>
     <w:rsid w:val="009D767F"/>
     <w:rsid w:val="009E0784"/>
     <w:rsid w:val="009E0F08"/>
     <w:rsid w:val="009E1389"/>
     <w:rsid w:val="009E178C"/>
     <w:rsid w:val="009E1E2B"/>
     <w:rsid w:val="009E20DD"/>
     <w:rsid w:val="009E20FC"/>
     <w:rsid w:val="009E2BE9"/>
     <w:rsid w:val="009E3F74"/>
     <w:rsid w:val="009E43F7"/>
     <w:rsid w:val="009E5156"/>
     <w:rsid w:val="009E5689"/>
     <w:rsid w:val="009E61ED"/>
     <w:rsid w:val="009E67C4"/>
     <w:rsid w:val="009E6912"/>
     <w:rsid w:val="009E6F28"/>
     <w:rsid w:val="009E7EB9"/>
     <w:rsid w:val="009F1D6C"/>
     <w:rsid w:val="009F2677"/>
     <w:rsid w:val="009F3396"/>
     <w:rsid w:val="009F3A19"/>
     <w:rsid w:val="009F4908"/>
@@ -12776,50 +13097,51 @@
     <w:rsid w:val="00A82694"/>
     <w:rsid w:val="00A829A9"/>
     <w:rsid w:val="00A83BBB"/>
     <w:rsid w:val="00A841BF"/>
     <w:rsid w:val="00A8563C"/>
     <w:rsid w:val="00A8585E"/>
     <w:rsid w:val="00A85D73"/>
     <w:rsid w:val="00A8624B"/>
     <w:rsid w:val="00A87015"/>
     <w:rsid w:val="00A871A4"/>
     <w:rsid w:val="00A87364"/>
     <w:rsid w:val="00A87998"/>
     <w:rsid w:val="00A90281"/>
     <w:rsid w:val="00A9051D"/>
     <w:rsid w:val="00A90838"/>
     <w:rsid w:val="00A90B33"/>
     <w:rsid w:val="00A92022"/>
     <w:rsid w:val="00A92314"/>
     <w:rsid w:val="00A935F0"/>
     <w:rsid w:val="00A94088"/>
     <w:rsid w:val="00A94F7C"/>
     <w:rsid w:val="00A97892"/>
     <w:rsid w:val="00AA028F"/>
     <w:rsid w:val="00AA095D"/>
     <w:rsid w:val="00AA124A"/>
+    <w:rsid w:val="00AA1E7D"/>
     <w:rsid w:val="00AA2A96"/>
     <w:rsid w:val="00AA2F10"/>
     <w:rsid w:val="00AA2F16"/>
     <w:rsid w:val="00AA35BC"/>
     <w:rsid w:val="00AA3CDD"/>
     <w:rsid w:val="00AA3CE5"/>
     <w:rsid w:val="00AA42C4"/>
     <w:rsid w:val="00AA6049"/>
     <w:rsid w:val="00AA6E0B"/>
     <w:rsid w:val="00AA7D06"/>
     <w:rsid w:val="00AB0728"/>
     <w:rsid w:val="00AB125A"/>
     <w:rsid w:val="00AB1360"/>
     <w:rsid w:val="00AB158C"/>
     <w:rsid w:val="00AB2E16"/>
     <w:rsid w:val="00AB377D"/>
     <w:rsid w:val="00AB436C"/>
     <w:rsid w:val="00AB44FC"/>
     <w:rsid w:val="00AB4A93"/>
     <w:rsid w:val="00AB5862"/>
     <w:rsid w:val="00AB5A92"/>
     <w:rsid w:val="00AB5E2D"/>
     <w:rsid w:val="00AB73A9"/>
     <w:rsid w:val="00AB748D"/>
     <w:rsid w:val="00AC0957"/>
@@ -12948,50 +13270,51 @@
     <w:rsid w:val="00B56173"/>
     <w:rsid w:val="00B5691E"/>
     <w:rsid w:val="00B57A1A"/>
     <w:rsid w:val="00B61347"/>
     <w:rsid w:val="00B61483"/>
     <w:rsid w:val="00B62C39"/>
     <w:rsid w:val="00B633DA"/>
     <w:rsid w:val="00B63E80"/>
     <w:rsid w:val="00B6446D"/>
     <w:rsid w:val="00B6673B"/>
     <w:rsid w:val="00B667D1"/>
     <w:rsid w:val="00B6689D"/>
     <w:rsid w:val="00B66BE0"/>
     <w:rsid w:val="00B67D1C"/>
     <w:rsid w:val="00B70DC6"/>
     <w:rsid w:val="00B70F12"/>
     <w:rsid w:val="00B71526"/>
     <w:rsid w:val="00B7171C"/>
     <w:rsid w:val="00B71FDB"/>
     <w:rsid w:val="00B72368"/>
     <w:rsid w:val="00B73AE9"/>
     <w:rsid w:val="00B73BF4"/>
     <w:rsid w:val="00B74C28"/>
     <w:rsid w:val="00B7506F"/>
     <w:rsid w:val="00B77448"/>
+    <w:rsid w:val="00B77557"/>
     <w:rsid w:val="00B779C0"/>
     <w:rsid w:val="00B77C37"/>
     <w:rsid w:val="00B8101B"/>
     <w:rsid w:val="00B816B9"/>
     <w:rsid w:val="00B825D3"/>
     <w:rsid w:val="00B830D4"/>
     <w:rsid w:val="00B8334F"/>
     <w:rsid w:val="00B839AF"/>
     <w:rsid w:val="00B83CF2"/>
     <w:rsid w:val="00B85317"/>
     <w:rsid w:val="00B85385"/>
     <w:rsid w:val="00B861D5"/>
     <w:rsid w:val="00B86201"/>
     <w:rsid w:val="00B87938"/>
     <w:rsid w:val="00B87CC2"/>
     <w:rsid w:val="00B87D05"/>
     <w:rsid w:val="00B907A5"/>
     <w:rsid w:val="00B90AC3"/>
     <w:rsid w:val="00B9158D"/>
     <w:rsid w:val="00B91747"/>
     <w:rsid w:val="00B92154"/>
     <w:rsid w:val="00B92E8D"/>
     <w:rsid w:val="00B93A2B"/>
     <w:rsid w:val="00B9464E"/>
     <w:rsid w:val="00B94CCC"/>
@@ -13090,50 +13413,51 @@
     <w:rsid w:val="00BE5433"/>
     <w:rsid w:val="00BE5786"/>
     <w:rsid w:val="00BE73AA"/>
     <w:rsid w:val="00BE7508"/>
     <w:rsid w:val="00BE7DD7"/>
     <w:rsid w:val="00BF05B3"/>
     <w:rsid w:val="00BF2849"/>
     <w:rsid w:val="00BF51AB"/>
     <w:rsid w:val="00BF5D27"/>
     <w:rsid w:val="00BF5EE6"/>
     <w:rsid w:val="00BF7EA5"/>
     <w:rsid w:val="00C014B3"/>
     <w:rsid w:val="00C01991"/>
     <w:rsid w:val="00C021D9"/>
     <w:rsid w:val="00C022B1"/>
     <w:rsid w:val="00C0249D"/>
     <w:rsid w:val="00C027F0"/>
     <w:rsid w:val="00C03029"/>
     <w:rsid w:val="00C0330A"/>
     <w:rsid w:val="00C038A1"/>
     <w:rsid w:val="00C03F61"/>
     <w:rsid w:val="00C04136"/>
     <w:rsid w:val="00C05A8E"/>
     <w:rsid w:val="00C05C1E"/>
     <w:rsid w:val="00C05CAD"/>
+    <w:rsid w:val="00C0614A"/>
     <w:rsid w:val="00C06453"/>
     <w:rsid w:val="00C068AB"/>
     <w:rsid w:val="00C07251"/>
     <w:rsid w:val="00C10D31"/>
     <w:rsid w:val="00C1155B"/>
     <w:rsid w:val="00C118F8"/>
     <w:rsid w:val="00C12601"/>
     <w:rsid w:val="00C13C32"/>
     <w:rsid w:val="00C13F52"/>
     <w:rsid w:val="00C14D82"/>
     <w:rsid w:val="00C15082"/>
     <w:rsid w:val="00C155B2"/>
     <w:rsid w:val="00C16633"/>
     <w:rsid w:val="00C20779"/>
     <w:rsid w:val="00C209B4"/>
     <w:rsid w:val="00C20A72"/>
     <w:rsid w:val="00C2103B"/>
     <w:rsid w:val="00C23A63"/>
     <w:rsid w:val="00C24289"/>
     <w:rsid w:val="00C25660"/>
     <w:rsid w:val="00C25756"/>
     <w:rsid w:val="00C26831"/>
     <w:rsid w:val="00C2798C"/>
     <w:rsid w:val="00C3076F"/>
     <w:rsid w:val="00C30BC8"/>
@@ -13543,51 +13867,50 @@
     <w:rsid w:val="00E3705E"/>
     <w:rsid w:val="00E37C2A"/>
     <w:rsid w:val="00E40425"/>
     <w:rsid w:val="00E4068A"/>
     <w:rsid w:val="00E41FC6"/>
     <w:rsid w:val="00E4211D"/>
     <w:rsid w:val="00E432E3"/>
     <w:rsid w:val="00E44EAD"/>
     <w:rsid w:val="00E458D8"/>
     <w:rsid w:val="00E473AE"/>
     <w:rsid w:val="00E51ECD"/>
     <w:rsid w:val="00E527DB"/>
     <w:rsid w:val="00E54747"/>
     <w:rsid w:val="00E56997"/>
     <w:rsid w:val="00E6020C"/>
     <w:rsid w:val="00E61779"/>
     <w:rsid w:val="00E63EAA"/>
     <w:rsid w:val="00E6629E"/>
     <w:rsid w:val="00E66A88"/>
     <w:rsid w:val="00E67289"/>
     <w:rsid w:val="00E67AA3"/>
     <w:rsid w:val="00E70FB8"/>
     <w:rsid w:val="00E7199B"/>
     <w:rsid w:val="00E71CB9"/>
     <w:rsid w:val="00E71F56"/>
-    <w:rsid w:val="00E7246D"/>
     <w:rsid w:val="00E72600"/>
     <w:rsid w:val="00E74291"/>
     <w:rsid w:val="00E75F21"/>
     <w:rsid w:val="00E761EB"/>
     <w:rsid w:val="00E76A83"/>
     <w:rsid w:val="00E76D94"/>
     <w:rsid w:val="00E76F4B"/>
     <w:rsid w:val="00E803FF"/>
     <w:rsid w:val="00E81EEA"/>
     <w:rsid w:val="00E8214A"/>
     <w:rsid w:val="00E83B5A"/>
     <w:rsid w:val="00E8427A"/>
     <w:rsid w:val="00E8667A"/>
     <w:rsid w:val="00E86920"/>
     <w:rsid w:val="00E86D40"/>
     <w:rsid w:val="00E87501"/>
     <w:rsid w:val="00E8781D"/>
     <w:rsid w:val="00E8796C"/>
     <w:rsid w:val="00E90B99"/>
     <w:rsid w:val="00E91B61"/>
     <w:rsid w:val="00E955E2"/>
     <w:rsid w:val="00E95FEA"/>
     <w:rsid w:val="00E966A9"/>
     <w:rsid w:val="00E96E77"/>
     <w:rsid w:val="00EA04F2"/>
@@ -13782,67 +14105,69 @@
     <w:rsid w:val="00F94A18"/>
     <w:rsid w:val="00F960C8"/>
     <w:rsid w:val="00F96794"/>
     <w:rsid w:val="00F975F0"/>
     <w:rsid w:val="00F978BD"/>
     <w:rsid w:val="00F97C13"/>
     <w:rsid w:val="00FA00EF"/>
     <w:rsid w:val="00FA0B90"/>
     <w:rsid w:val="00FA1C29"/>
     <w:rsid w:val="00FA2497"/>
     <w:rsid w:val="00FA250D"/>
     <w:rsid w:val="00FA2FC6"/>
     <w:rsid w:val="00FA31E2"/>
     <w:rsid w:val="00FA5EC0"/>
     <w:rsid w:val="00FA6236"/>
     <w:rsid w:val="00FA66E8"/>
     <w:rsid w:val="00FA70D7"/>
     <w:rsid w:val="00FA753F"/>
     <w:rsid w:val="00FA7775"/>
     <w:rsid w:val="00FA790A"/>
     <w:rsid w:val="00FA7AE4"/>
     <w:rsid w:val="00FB001D"/>
     <w:rsid w:val="00FB0692"/>
     <w:rsid w:val="00FB0706"/>
     <w:rsid w:val="00FB0BB2"/>
+    <w:rsid w:val="00FB1662"/>
     <w:rsid w:val="00FB1771"/>
     <w:rsid w:val="00FB2137"/>
     <w:rsid w:val="00FB2286"/>
     <w:rsid w:val="00FB2A5F"/>
     <w:rsid w:val="00FB2B7E"/>
     <w:rsid w:val="00FB3369"/>
     <w:rsid w:val="00FB3831"/>
     <w:rsid w:val="00FB41DD"/>
     <w:rsid w:val="00FB41EF"/>
     <w:rsid w:val="00FB4854"/>
     <w:rsid w:val="00FB5846"/>
     <w:rsid w:val="00FB5B15"/>
     <w:rsid w:val="00FB6477"/>
     <w:rsid w:val="00FB64DD"/>
     <w:rsid w:val="00FB666A"/>
     <w:rsid w:val="00FB673C"/>
     <w:rsid w:val="00FC00ED"/>
+    <w:rsid w:val="00FC0517"/>
     <w:rsid w:val="00FC06E8"/>
     <w:rsid w:val="00FC188C"/>
     <w:rsid w:val="00FC1E4F"/>
     <w:rsid w:val="00FC2F5F"/>
     <w:rsid w:val="00FC343A"/>
     <w:rsid w:val="00FC3802"/>
     <w:rsid w:val="00FC5A1E"/>
     <w:rsid w:val="00FC6AF4"/>
     <w:rsid w:val="00FC6C09"/>
     <w:rsid w:val="00FC7DAA"/>
     <w:rsid w:val="00FD10DC"/>
     <w:rsid w:val="00FD1E20"/>
     <w:rsid w:val="00FD23FE"/>
     <w:rsid w:val="00FD3164"/>
     <w:rsid w:val="00FD4CEF"/>
     <w:rsid w:val="00FD4EA3"/>
     <w:rsid w:val="00FD562F"/>
     <w:rsid w:val="00FD5DCA"/>
     <w:rsid w:val="00FD6392"/>
     <w:rsid w:val="00FD6564"/>
     <w:rsid w:val="00FD6D4E"/>
     <w:rsid w:val="00FD735A"/>
     <w:rsid w:val="00FD7609"/>
     <w:rsid w:val="00FE13FA"/>
     <w:rsid w:val="00FE19C6"/>
@@ -16053,98 +16378,83 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C70606BE-170E-4066-BE1E-751C52038ECA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>17276</Characters>
+  <Pages>11</Pages>
+  <Words>4166</Words>
+  <Characters>23336</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>316</Lines>
-  <Paragraphs>185</Paragraphs>
+  <Lines>416</Lines>
+  <Paragraphs>261</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20269</CharactersWithSpaces>
+  <CharactersWithSpaces>27241</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Indigenous Centre of Vocational Excellence – Frequently Asked Questions</dc:title>
+  <dc:title>Indigenous Centre of Vocational Excellence – Frequently asked questions</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SetDate">
-    <vt:lpwstr>2025-12-03T21:24:20Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-22T22:15:01Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Name">
     <vt:lpwstr>79d889eb-932f-4752-8739-64d25806ef64</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SiteId">
     <vt:lpwstr>dd0cfd15-4558-4b12-8bad-ea26984fc417</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ActionId">
-    <vt:lpwstr>d460130c-2913-4370-9380-fa8d53efba2a</vt:lpwstr>
+    <vt:lpwstr>2b2b4df3-8150-4be1-826a-e734f2183eec</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>