--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -1,127 +1,124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7AD9547C" w14:textId="57C99336" w:rsidR="005565B8" w:rsidRDefault="00286F3C" w:rsidP="00C55A70">
       <w:pPr>
         <w:spacing w:after="1600"/>
         <w:sectPr w:rsidR="005565B8" w:rsidSect="00534110">
-          <w:footerReference w:type="default" r:id="rId11"/>
-          <w:footerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="first" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1021" w:right="851" w:bottom="1418" w:left="851" w:header="227" w:footer="1247" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D8C6F17" wp14:editId="1AD7FE9E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D8C6F17" wp14:editId="6DEDBFA9">
             <wp:extent cx="3506400" cy="968400"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:docPr id="6" name="Picture 6" descr="Australian Government&#10;Workforce Australia"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Picture 6" descr="Australian Government&#10;Workforce Australia"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3506400" cy="968400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EDC1A19" wp14:editId="589DDFBB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EDC1A19" wp14:editId="0FAE0B3E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7560000" cy="2160000"/>
                 <wp:effectExtent l="0" t="0" r="3175" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rectangle 3">
                   <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                       <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                     </a:ext>
                   </a:extLst>
                 </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -151,75 +148,76 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="764E289B" id="Rectangle 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:0;width:595.3pt;height:170.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVwXohfAIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1nTbsFdYqgRYcB&#10;RVusHXpWZCk2IIsapcTJfv0oyXG6rthhmA+yKD4+fojUxeWuM2yr0LdgK16eTDhTVkLd2nXFvz/d&#10;fPjEmQ/C1sKAVRXfK88vF+/fXfRurqbQgKkVMiKxft67ijchuHlReNmoTvgTcMqSUgN2IpCI66JG&#10;0RN7Z4rpZHJW9IC1Q5DKezq9zkq+SPxaKxnutfYqMFNxii2kFdO6imuxuBDzNQrXtHIIQ/xDFJ1o&#10;LTkdqa5FEGyD7R9UXSsRPOhwIqErQOtWqpQDZVNOXmXz2AinUi5UHO/GMvn/Ryvvto/uAakMvfNz&#10;T9uYxU5jF/8UH9ulYu3HYqldYJIOz2dnE/o4k6SbllkgnuJo7tCHLwo6FjcVR7qNVCSxvfUhQw+Q&#10;6M2Daeub1pgk4Hp1ZZBtRby5WTn7OI2XRey/wYyNYAvRLKvjSXFMJu3C3qiIM/ab0qytKfxpiiT1&#10;mRr9CCmVDWVWNaJW2f0sJTp4j50ZLVIsiTAya/I/cg8EB2QmOXBnmgEfTVVq09F48rfAsvFokTyD&#10;DaNx11rAtwgMZTV4zvhDkXJpYpVWUO8fkCHkIfFO3rR0b7fChweBNBV01zTp4Z4WbaCvOAw7zhrA&#10;n2+dRzw1K2k562nKKu5/bAQqzsxXS238uTw9jWOZhNPZ+ZQEfKlZvdTYTXcF1A4lvSlOpm3EB3PY&#10;aoTumR6EZfRKKmEl+a64DHgQrkKefnpSpFouE4xG0Ylwax+djOSxqrEvn3bPAt3QvIH6/g4OEynm&#10;r3o4Y6OlheUmgG5Tgx/rOtSbxjg1zvDkxHfipZxQx4dx8QsAAP//AwBQSwMEFAAGAAgAAAAhADzm&#10;YircAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+AdrK3ErdqCNSoiDaNWIXqG9&#10;cHPibRIlXkexgeTva3qhl5VGM5p5m25H07ELDq6xJCFaCGBIpdUNVRK+v/KnV2DOK9Kqs4QSJnSw&#10;zWYPqUq0vdIBL0dfsVBCLlESau/7hHNX1miUW9geKXg/djDKBzlUXA/qGspNx5dCxNyohsJCrXp8&#10;r7Fsj2cjoSj2L9Nh/xZP61OUu7GNPj/aXMr547jbAPM4+nsYbvgBHbLAVNgzacc6CeER/3dvXrQW&#10;MbBCwupZLIFnKf+Pn/0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVcF6IXwCAABgBQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPOZiKtwAAAAG&#10;AQAADwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;" fillcolor="#051532" stroked="f" strokeweight="1pt">
+              <v:rect w14:anchorId="1E4359C0" id="Rectangle 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:0;width:595.3pt;height:170.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVwXohfAIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx1nTbsFdYqgRYcB&#10;RVusHXpWZCk2IIsapcTJfv0oyXG6rthhmA+yKD4+fojUxeWuM2yr0LdgK16eTDhTVkLd2nXFvz/d&#10;fPjEmQ/C1sKAVRXfK88vF+/fXfRurqbQgKkVMiKxft67ijchuHlReNmoTvgTcMqSUgN2IpCI66JG&#10;0RN7Z4rpZHJW9IC1Q5DKezq9zkq+SPxaKxnutfYqMFNxii2kFdO6imuxuBDzNQrXtHIIQ/xDFJ1o&#10;LTkdqa5FEGyD7R9UXSsRPOhwIqErQOtWqpQDZVNOXmXz2AinUi5UHO/GMvn/Ryvvto/uAakMvfNz&#10;T9uYxU5jF/8UH9ulYu3HYqldYJIOz2dnE/o4k6SbllkgnuJo7tCHLwo6FjcVR7qNVCSxvfUhQw+Q&#10;6M2Daeub1pgk4Hp1ZZBtRby5WTn7OI2XRey/wYyNYAvRLKvjSXFMJu3C3qiIM/ab0qytKfxpiiT1&#10;mRr9CCmVDWVWNaJW2f0sJTp4j50ZLVIsiTAya/I/cg8EB2QmOXBnmgEfTVVq09F48rfAsvFokTyD&#10;DaNx11rAtwgMZTV4zvhDkXJpYpVWUO8fkCHkIfFO3rR0b7fChweBNBV01zTp4Z4WbaCvOAw7zhrA&#10;n2+dRzw1K2k562nKKu5/bAQqzsxXS238uTw9jWOZhNPZ+ZQEfKlZvdTYTXcF1A4lvSlOpm3EB3PY&#10;aoTumR6EZfRKKmEl+a64DHgQrkKefnpSpFouE4xG0Ylwax+djOSxqrEvn3bPAt3QvIH6/g4OEynm&#10;r3o4Y6OlheUmgG5Tgx/rOtSbxjg1zvDkxHfipZxQx4dx8QsAAP//AwBQSwMEFAAGAAgAAAAhADzm&#10;YircAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V+AdrK3ErdqCNSoiDaNWIXqG9&#10;cHPibRIlXkexgeTva3qhl5VGM5p5m25H07ELDq6xJCFaCGBIpdUNVRK+v/KnV2DOK9Kqs4QSJnSw&#10;zWYPqUq0vdIBL0dfsVBCLlESau/7hHNX1miUW9geKXg/djDKBzlUXA/qGspNx5dCxNyohsJCrXp8&#10;r7Fsj2cjoSj2L9Nh/xZP61OUu7GNPj/aXMr547jbAPM4+nsYbvgBHbLAVNgzacc6CeER/3dvXrQW&#10;MbBCwupZLIFnKf+Pn/0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVcF6IXwCAABgBQAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAPOZiKtwAAAAG&#10;AQAADwAAAAAAAAAAAAAAAADWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAN8FAAAA&#10;AA==&#10;" fillcolor="#051532" stroked="f" strokeweight="1pt">
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8B0670" w14:textId="4750A74E" w:rsidR="00654A65" w:rsidRPr="00654A65" w:rsidRDefault="008268D0" w:rsidP="00654A65">
+    <w:p w14:paraId="7E8B0670" w14:textId="4750A74E" w:rsidR="00654A65" w:rsidRPr="00654A65" w:rsidRDefault="008268D0" w:rsidP="00480613">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Workforce Australia – Observational Work Experience for </w:t>
       </w:r>
       <w:r w:rsidR="00C6035C">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>articipants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9FEC39" w14:textId="595F6E44" w:rsidR="00654A65" w:rsidRDefault="008268D0" w:rsidP="00654A65">
+    <w:p w14:paraId="1D9FEC39" w14:textId="595F6E44" w:rsidR="00654A65" w:rsidRDefault="008268D0" w:rsidP="00480613">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="180"/>
       </w:pPr>
       <w:r>
         <w:t>What is Observational Work Experience?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B360BF1" w14:textId="31D9E82B" w:rsidR="00654A65" w:rsidRDefault="008268D0" w:rsidP="00654A65">
       <w:r>
         <w:t>Workforce Australia offers short term, unpaid Observational Work Experience (OWE) placements to help you build employability skills</w:t>
       </w:r>
       <w:r w:rsidR="00203DE6">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00483673">
         <w:t>confidence, and an</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00483673">
         <w:t xml:space="preserve">understanding of the </w:t>
       </w:r>
       <w:r>
@@ -238,159 +236,170 @@
         <w:t xml:space="preserve">. Participating in an OWE placement is a great way to </w:t>
       </w:r>
       <w:r w:rsidR="00483673">
         <w:t>improve your awareness of different careers and make</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> connections with the broader community.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="237A59B0" w14:textId="6D948B22" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="00654A65">
       <w:r>
         <w:t xml:space="preserve">OWE placements last for a maximum of 4 weeks, up to 25 </w:t>
       </w:r>
       <w:r w:rsidR="00AD50D8">
         <w:t>hour</w:t>
       </w:r>
       <w:r>
         <w:t>s per week and no more than 8 hours per day.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="260FD6A6" w14:textId="274909A5" w:rsidR="008268D0" w:rsidRPr="00654A65" w:rsidRDefault="008268D0" w:rsidP="00654A65">
       <w:r>
         <w:t xml:space="preserve">If you have a points requirement, you can earn points towards your requirement during your OWE placement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0455DCB7" w14:textId="34A55BF3" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="008268D0">
+    <w:p w14:paraId="0455DCB7" w14:textId="34A55BF3" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="00480613">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="180"/>
       </w:pPr>
       <w:r>
         <w:t>Am I eligible for an OWE placement?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46C54FBF" w14:textId="12B0913B" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="008268D0">
       <w:r>
         <w:t>To participate in OWE, you must be aged 15 years or over and registered with an eligible employment service:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="334EB5BE" w14:textId="46A6B32E" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="008268D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Workforce Australia Services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="631E7D25" w14:textId="0FAC7DA9" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="008268D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Workforce Australia Transition to Work</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="196434FF" w14:textId="428D9267" w:rsidR="002E26F6" w:rsidRPr="00873EDD" w:rsidRDefault="002E26F6" w:rsidP="008268D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00873EDD">
         <w:t>Parent Pathways</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="585722A6" w14:textId="248B20DF" w:rsidR="008268D0" w:rsidRPr="008268D0" w:rsidRDefault="008268D0" w:rsidP="008268D0">
+    <w:p w14:paraId="585722A6" w14:textId="7D8DC615" w:rsidR="008268D0" w:rsidRPr="008268D0" w:rsidRDefault="00E73985" w:rsidP="00480613">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
+        <w:spacing w:after="60"/>
+        <w:ind w:left="714" w:hanging="357"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Disability Employment Services. </w:t>
+        <w:t>Inclusive Empl</w:t>
+      </w:r>
+      <w:r w:rsidR="00C41B51">
+        <w:t>oyment Australia</w:t>
+      </w:r>
+      <w:r w:rsidR="008268D0">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB4CD23" w14:textId="07015134" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="008268D0">
+    <w:p w14:paraId="1BB4CD23" w14:textId="07015134" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="00480613">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="180"/>
       </w:pPr>
       <w:r>
         <w:t>What can I expect?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5894F82E" w14:textId="53E44755" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="008268D0">
       <w:r>
         <w:t xml:space="preserve">Your provider will work with you and your Host Organisation to document the details of the placement, including any supervision and training you will receive prior to starting the placement. Your role will be observational only and cannot involve productive work. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="167DC667" w14:textId="40576900" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="008268D0">
+    <w:p w14:paraId="167DC667" w14:textId="40576900" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="00480613">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="180"/>
       </w:pPr>
       <w:r>
         <w:t>How can I start my journey?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E420D91" w14:textId="495E36FF" w:rsidR="00816398" w:rsidRDefault="008268D0" w:rsidP="00B00423">
       <w:r>
         <w:t>Contact your provider who can confirm whether you are eligible to undertake an OWE placement. You may also contact the National Customer Service Line on 1800 805 260 (free call from land</w:t>
       </w:r>
       <w:r w:rsidR="00026AA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">lines), or email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="007F0BA3" w:rsidRPr="00BA7ABB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>nationalcustomerserviceline@dewr.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DC7FB31" w14:textId="54CC65D9" w:rsidR="00816398" w:rsidRDefault="00816398" w:rsidP="00B00423">
       <w:r>
         <w:t xml:space="preserve">Visit </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00816398">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>workforceaustralia.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> for more information. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGridLight"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="6320"/>
       </w:tblGrid>
       <w:tr w:rsidR="00286F3C" w14:paraId="4D367812" w14:textId="77777777" w:rsidTr="005C0632">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
@@ -408,132 +417,132 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6320" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67413FB9" w14:textId="6E296466" w:rsidR="00B00423" w:rsidRDefault="00B00423" w:rsidP="00B00423"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B00423" w14:paraId="1B1F4359" w14:textId="77777777" w:rsidTr="00286F3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9864" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="059E7711" w14:textId="77777777" w:rsidR="00B00423" w:rsidRDefault="008268D0" w:rsidP="00B00423">
             <w:r>
               <w:t xml:space="preserve">If you need an interpreter, please call the </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF7A2E">
               <w:t>Translating and Interpreting Service (TIS) on 131 450* and ask for the National Customer Service Line (NCSL) on 1800 805 260 (free call from land lines).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="644CE4EB" w14:textId="0C785BA9" w:rsidR="008268D0" w:rsidRDefault="008268D0" w:rsidP="00B00423">
             <w:r>
               <w:t>If you are deaf, or have a hearing or speech impairment, you can use the National Relay Service (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00330D93">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>www.relayservice.gov.au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve">). For more information, visit </w:t>
             </w:r>
             <w:r w:rsidR="00E24906">
               <w:t>Access hub</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DA9188A" w14:textId="77777777" w:rsidR="008268D0" w:rsidRPr="005C0632" w:rsidRDefault="008268D0" w:rsidP="00B00423">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C0632">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">*Note that call charges apply for calls to ‘13’ numbers from mobile phones. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="48571976" w14:textId="77777777" w:rsidR="00F65BB6" w:rsidRPr="00B06D98" w:rsidRDefault="00F65BB6" w:rsidP="00A67E85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1605"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F65BB6" w:rsidRPr="00B06D98" w:rsidSect="00A65A88">
+    <w:sectPr w:rsidR="00F65BB6" w:rsidRPr="00B06D98" w:rsidSect="00480613">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1021" w:bottom="851" w:left="1021" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1021" w:bottom="284" w:left="1021" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3278B383" w14:textId="77777777" w:rsidR="00EE38DA" w:rsidRDefault="00EE38DA" w:rsidP="00EE7FDA">
+    <w:p w14:paraId="22263E76" w14:textId="77777777" w:rsidR="00332B36" w:rsidRDefault="00332B36" w:rsidP="00EE7FDA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11962D75" w14:textId="77777777" w:rsidR="00EE38DA" w:rsidRDefault="00EE38DA" w:rsidP="00EE7FDA">
+    <w:p w14:paraId="4972FBFD" w14:textId="77777777" w:rsidR="00332B36" w:rsidRDefault="00332B36" w:rsidP="00EE7FDA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -571,51 +580,51 @@
   </w:font>
   <w:font w:name="News Gothic Com">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="News Gothic Com Light">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="543806E9" w14:textId="0BD0B022" w:rsidR="00F65BB6" w:rsidRDefault="00A1654A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0426B92B" wp14:editId="6D148A8D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10253980</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7560000" cy="428400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
@@ -653,51 +662,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7560000" cy="428400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1B1C00B8" w14:textId="6A568FB9" w:rsidR="00B06D98" w:rsidRDefault="00105919">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D90293D" wp14:editId="5A86EC77">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>bottom</wp:align>
           </wp:positionV>
           <wp:extent cx="6895465" cy="857250"/>
           <wp:effectExtent l="0" t="0" r="635" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
@@ -735,76 +744,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6895465" cy="857250"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51940403" w14:textId="77777777" w:rsidR="00EE38DA" w:rsidRDefault="00EE38DA" w:rsidP="00D105E6">
+    <w:p w14:paraId="00CB3EBA" w14:textId="77777777" w:rsidR="00332B36" w:rsidRDefault="00332B36" w:rsidP="00D105E6">
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="39894FD9" w14:textId="77777777" w:rsidR="00EE38DA" w:rsidRDefault="00EE38DA" w:rsidP="00EE7FDA">
+    <w:p w14:paraId="6F4218A6" w14:textId="77777777" w:rsidR="00332B36" w:rsidRDefault="00332B36" w:rsidP="00EE7FDA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BE176C9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="11A8BAC4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1Numbered"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -1760,318 +1769,341 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="640576152">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1330673433">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1799109970">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1601600056">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1785075220">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1583222701">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1228" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0003"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE0BBC"/>
     <w:rsid w:val="00011BA5"/>
     <w:rsid w:val="00026AA0"/>
+    <w:rsid w:val="00034948"/>
     <w:rsid w:val="00037765"/>
     <w:rsid w:val="00040F83"/>
     <w:rsid w:val="00052659"/>
     <w:rsid w:val="00052B07"/>
+    <w:rsid w:val="00066E52"/>
     <w:rsid w:val="0009541A"/>
     <w:rsid w:val="000E406E"/>
     <w:rsid w:val="00105919"/>
     <w:rsid w:val="001073B2"/>
+    <w:rsid w:val="00130E48"/>
     <w:rsid w:val="0013557F"/>
     <w:rsid w:val="00145A12"/>
     <w:rsid w:val="00155F8B"/>
     <w:rsid w:val="0016510A"/>
     <w:rsid w:val="00165A2C"/>
     <w:rsid w:val="00195EF0"/>
     <w:rsid w:val="001B6D04"/>
     <w:rsid w:val="001C6347"/>
     <w:rsid w:val="001C65BE"/>
     <w:rsid w:val="001F444A"/>
     <w:rsid w:val="001F7332"/>
     <w:rsid w:val="00203DE6"/>
+    <w:rsid w:val="00212F12"/>
     <w:rsid w:val="00244DD6"/>
     <w:rsid w:val="002462D7"/>
     <w:rsid w:val="00253AD5"/>
     <w:rsid w:val="00257065"/>
     <w:rsid w:val="002678F4"/>
     <w:rsid w:val="00275860"/>
+    <w:rsid w:val="00275AC7"/>
     <w:rsid w:val="00275D69"/>
     <w:rsid w:val="00286F3C"/>
     <w:rsid w:val="0029379A"/>
     <w:rsid w:val="002E26F6"/>
     <w:rsid w:val="002E4508"/>
     <w:rsid w:val="002E766F"/>
     <w:rsid w:val="00312F55"/>
     <w:rsid w:val="0031425C"/>
     <w:rsid w:val="00316088"/>
     <w:rsid w:val="003267A5"/>
+    <w:rsid w:val="00332B36"/>
+    <w:rsid w:val="00341E10"/>
     <w:rsid w:val="003B13B2"/>
     <w:rsid w:val="003C6FAE"/>
     <w:rsid w:val="003E21F8"/>
+    <w:rsid w:val="003E25C4"/>
     <w:rsid w:val="003E44F1"/>
     <w:rsid w:val="003F0880"/>
     <w:rsid w:val="004132E8"/>
     <w:rsid w:val="004234E8"/>
     <w:rsid w:val="00426E46"/>
+    <w:rsid w:val="00435751"/>
     <w:rsid w:val="00440F0C"/>
     <w:rsid w:val="0046637C"/>
     <w:rsid w:val="0047432C"/>
+    <w:rsid w:val="00480613"/>
     <w:rsid w:val="00483673"/>
     <w:rsid w:val="00485567"/>
     <w:rsid w:val="004A2800"/>
     <w:rsid w:val="004B48A5"/>
     <w:rsid w:val="004D00B2"/>
     <w:rsid w:val="004F3CE3"/>
     <w:rsid w:val="004F5993"/>
     <w:rsid w:val="00517064"/>
     <w:rsid w:val="00520CA0"/>
     <w:rsid w:val="00522E88"/>
+    <w:rsid w:val="00531C50"/>
     <w:rsid w:val="00533F48"/>
     <w:rsid w:val="00534110"/>
     <w:rsid w:val="00534DC7"/>
     <w:rsid w:val="005565B8"/>
     <w:rsid w:val="00566A2E"/>
     <w:rsid w:val="005725B2"/>
     <w:rsid w:val="00575DFC"/>
     <w:rsid w:val="00577A33"/>
     <w:rsid w:val="00582D06"/>
     <w:rsid w:val="00586EA4"/>
+    <w:rsid w:val="005B590D"/>
     <w:rsid w:val="005C0632"/>
     <w:rsid w:val="005D150B"/>
     <w:rsid w:val="005D2489"/>
-    <w:rsid w:val="005D294E"/>
     <w:rsid w:val="005E4CE3"/>
     <w:rsid w:val="005F08A3"/>
     <w:rsid w:val="0063350D"/>
     <w:rsid w:val="00654A65"/>
     <w:rsid w:val="00657B92"/>
     <w:rsid w:val="00691F21"/>
     <w:rsid w:val="006A2D8D"/>
     <w:rsid w:val="006D1E27"/>
     <w:rsid w:val="006D7710"/>
     <w:rsid w:val="006F2229"/>
     <w:rsid w:val="00706143"/>
     <w:rsid w:val="00730B97"/>
     <w:rsid w:val="00737C1D"/>
     <w:rsid w:val="00774BA7"/>
     <w:rsid w:val="0078584C"/>
     <w:rsid w:val="007A3566"/>
+    <w:rsid w:val="007A686F"/>
     <w:rsid w:val="007A7DAD"/>
+    <w:rsid w:val="007B458F"/>
     <w:rsid w:val="007C3D4E"/>
     <w:rsid w:val="007D4962"/>
     <w:rsid w:val="007F0BA3"/>
     <w:rsid w:val="007F63CC"/>
     <w:rsid w:val="0080594C"/>
     <w:rsid w:val="00813629"/>
     <w:rsid w:val="00816398"/>
     <w:rsid w:val="00817BD6"/>
     <w:rsid w:val="008268D0"/>
     <w:rsid w:val="00832F2D"/>
     <w:rsid w:val="0083461C"/>
     <w:rsid w:val="008447BA"/>
     <w:rsid w:val="00872F70"/>
     <w:rsid w:val="00873EDD"/>
     <w:rsid w:val="00876539"/>
     <w:rsid w:val="008A28DA"/>
     <w:rsid w:val="008B1AE0"/>
+    <w:rsid w:val="008D4E73"/>
     <w:rsid w:val="008D5B12"/>
-    <w:rsid w:val="008E0A5D"/>
     <w:rsid w:val="008F24CE"/>
     <w:rsid w:val="00925F5C"/>
     <w:rsid w:val="00927849"/>
     <w:rsid w:val="00931FEE"/>
+    <w:rsid w:val="0094421F"/>
     <w:rsid w:val="00961F5C"/>
     <w:rsid w:val="00973379"/>
     <w:rsid w:val="00975A29"/>
     <w:rsid w:val="00997BE6"/>
     <w:rsid w:val="009C3E7A"/>
     <w:rsid w:val="009D079F"/>
     <w:rsid w:val="009F5239"/>
     <w:rsid w:val="009F5669"/>
     <w:rsid w:val="009F652B"/>
     <w:rsid w:val="00A073B9"/>
     <w:rsid w:val="00A112E2"/>
     <w:rsid w:val="00A1654A"/>
     <w:rsid w:val="00A23D73"/>
     <w:rsid w:val="00A34D39"/>
     <w:rsid w:val="00A513A6"/>
+    <w:rsid w:val="00A61517"/>
+    <w:rsid w:val="00A65126"/>
     <w:rsid w:val="00A65A88"/>
     <w:rsid w:val="00A67E85"/>
     <w:rsid w:val="00A70EEB"/>
     <w:rsid w:val="00A713BC"/>
     <w:rsid w:val="00A74FD2"/>
     <w:rsid w:val="00A81FB9"/>
     <w:rsid w:val="00A82BDB"/>
+    <w:rsid w:val="00A840AD"/>
     <w:rsid w:val="00AA03F6"/>
     <w:rsid w:val="00AA2FD8"/>
     <w:rsid w:val="00AB49D3"/>
+    <w:rsid w:val="00AD4F08"/>
     <w:rsid w:val="00AD50D8"/>
     <w:rsid w:val="00B00423"/>
     <w:rsid w:val="00B06D98"/>
     <w:rsid w:val="00B81A68"/>
     <w:rsid w:val="00BA48C8"/>
     <w:rsid w:val="00BB57FE"/>
     <w:rsid w:val="00BB69F4"/>
+    <w:rsid w:val="00BC0D48"/>
     <w:rsid w:val="00BD6E26"/>
     <w:rsid w:val="00BE133B"/>
     <w:rsid w:val="00BE54EE"/>
     <w:rsid w:val="00BE6D94"/>
     <w:rsid w:val="00BF2EE7"/>
     <w:rsid w:val="00BF7A2E"/>
     <w:rsid w:val="00BF7BDF"/>
     <w:rsid w:val="00C04E0C"/>
     <w:rsid w:val="00C14D7A"/>
     <w:rsid w:val="00C230BC"/>
     <w:rsid w:val="00C30A1E"/>
     <w:rsid w:val="00C368C9"/>
+    <w:rsid w:val="00C41B51"/>
     <w:rsid w:val="00C47177"/>
     <w:rsid w:val="00C50AA1"/>
     <w:rsid w:val="00C53187"/>
     <w:rsid w:val="00C55508"/>
     <w:rsid w:val="00C55A70"/>
     <w:rsid w:val="00C6035C"/>
     <w:rsid w:val="00C66B71"/>
+    <w:rsid w:val="00C808BB"/>
     <w:rsid w:val="00CD38C9"/>
     <w:rsid w:val="00CD5F0D"/>
     <w:rsid w:val="00CF6EBF"/>
     <w:rsid w:val="00D105E6"/>
+    <w:rsid w:val="00D76C04"/>
     <w:rsid w:val="00D84DC0"/>
     <w:rsid w:val="00D910F9"/>
     <w:rsid w:val="00D97626"/>
     <w:rsid w:val="00DA46BB"/>
     <w:rsid w:val="00DD4EBE"/>
     <w:rsid w:val="00DE1663"/>
     <w:rsid w:val="00DF0B8A"/>
     <w:rsid w:val="00DF60E1"/>
     <w:rsid w:val="00E24906"/>
+    <w:rsid w:val="00E408B7"/>
     <w:rsid w:val="00E55470"/>
+    <w:rsid w:val="00E73985"/>
     <w:rsid w:val="00E814A0"/>
     <w:rsid w:val="00EB7775"/>
     <w:rsid w:val="00EC4486"/>
     <w:rsid w:val="00EC63BF"/>
     <w:rsid w:val="00ED3F85"/>
     <w:rsid w:val="00EE2677"/>
-    <w:rsid w:val="00EE38DA"/>
     <w:rsid w:val="00EE511B"/>
     <w:rsid w:val="00EE59F7"/>
     <w:rsid w:val="00EE68B6"/>
     <w:rsid w:val="00EE7FDA"/>
     <w:rsid w:val="00EF27F0"/>
     <w:rsid w:val="00F121AC"/>
     <w:rsid w:val="00F23048"/>
     <w:rsid w:val="00F23C4B"/>
     <w:rsid w:val="00F25A17"/>
     <w:rsid w:val="00F36B35"/>
     <w:rsid w:val="00F54B75"/>
     <w:rsid w:val="00F55BB9"/>
-    <w:rsid w:val="00F604BE"/>
     <w:rsid w:val="00F65BB6"/>
     <w:rsid w:val="00F81C4B"/>
     <w:rsid w:val="00F85A8C"/>
     <w:rsid w:val="00FA1736"/>
     <w:rsid w:val="00FA63D2"/>
     <w:rsid w:val="00FC1005"/>
     <w:rsid w:val="00FD6726"/>
     <w:rsid w:val="00FE0BBC"/>
     <w:rsid w:val="00FF5068"/>
     <w:rsid w:val="00FF73BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="hi-IN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3EE4060C"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{CA08B052-CDB5-4AE1-8E99-547062A92E01}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
@@ -3614,72 +3646,72 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004A2800"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007F0BA3"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1238707695">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.relayservice.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workforceaustralia.gov.au/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nationalcustomerserviceline@dewr.gov.au" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.relayservice.gov.au" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workforceaustralia.gov.au/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nationalcustomerserviceline@dewr.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -3911,370 +3943,115 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...189 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{700C2574-6197-4928-A2C5-CE3CB951C646}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CF49D2B-8C93-4E2C-B22C-BF8476B74BA9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1887</Characters>
+  <Pages>1</Pages>
+  <Words>343</Words>
+  <Characters>1875</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2214</CharactersWithSpaces>
+  <CharactersWithSpaces>2193</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Workforce Australia – Observational Work Experience for Participants</dc:title>
   <dc:subject/>
-  <dc:creator>DOWNES,Meagan</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SetDate">
-    <vt:lpwstr>2024-05-20T02:10:17Z</vt:lpwstr>
+    <vt:lpwstr>2025-11-07T00:20:13Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Name">
     <vt:lpwstr>79d889eb-932f-4752-8739-64d25806ef64</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SiteId">
     <vt:lpwstr>dd0cfd15-4558-4b12-8bad-ea26984fc417</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ActionId">
-    <vt:lpwstr>4be95b35-3d0c-4cf7-9f0e-cb548ee033c8</vt:lpwstr>
+    <vt:lpwstr>b80a5f6c-085b-4785-b0ed-6e5f58d527fe</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
-    <vt:lpwstr>0x0101007B53B5196E2F5640AA1500E82A7BF106</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>