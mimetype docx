--- v0 (2025-11-03)
+++ v1 (2026-01-29)
@@ -20,51 +20,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="301B5EF0" w14:textId="72C90F3E" w:rsidR="005502C0" w:rsidRDefault="58841441" w:rsidP="000535E8">
       <w:pPr>
         <w:spacing w:before="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D7F82">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36E8A68F" wp14:editId="55AC1F04">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36E8A68F" wp14:editId="52DF0F61">
             <wp:extent cx="3517200" cy="1162800"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:docPr id="5" name="Picture 5" descr="Australian Government &#10;Workforce Australia &#10;Employment"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Picture 6" descr="Australian Government &#10;Workforce Australia &#10;Employment"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -144,51 +144,51 @@
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
             <w:pict>
               <v:rect w14:anchorId="1591360E" id="Rectangle 2" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:0;width:595.3pt;height:158.75pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACGO9higIAAHkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hSKGwRKapATJMq&#10;QMDEs+vYTTTH59lu0+6v39lOQsXQHqblwcr5vvvuh+/u8mrfKbIT1rWgK1qc5JQIzaFu9aai359v&#10;P32mxHmma6ZAi4oehKNXi48fLntTihk0oGphCZJoV/amoo33pswyxxvRMXcCRmhUSrAd8yjaTVZb&#10;1iN7p7JZnp9nPdjaWODCOby9SUq6iPxSCu7vpXTCE1VRjM3H08ZzHc5sccnKjWWmafkQBvuHKDrW&#10;anQ6Ud0wz8jWtn9QdS234ED6Ew5dBlK2XMQcMJsif5PNU8OMiLlgcZyZyuT+Hy2/2z2ZBxtCd2YF&#10;/IfDimS9ceWkCYIbMHtpu4DFwMk+VvEwVVHsPeF4eTE/z08LLDZHHWZ1Xszmoc4ZK0dzY53/KqAj&#10;4aeiFp8pVo/tVs4n6AiJkYFq69tWqSjYzfpaWbJj4Unnxfx0NrC7Y5jSAawhmCXGcBMzS8nEtPxB&#10;iYBT+lFI0tYY/ixGEhtQTH4Y50L7IqkaVovkfp7jN3oPLRssYqaRMDBL9D9xDwQjMpGM3CnKAR9M&#10;RezfyTj/W2DJeLKInkH7ybhrNdj3CBRmNXhO+LFIqTShSmuoDw+WWEjT4wy/bfHdVsz5B2ZxXPCt&#10;cQX4ezykgr6iMPxR0oD99d59wGMXo5aSHsevou7nlllBifqmsb+/FGdnYV6jcDa/mKFgjzXrY43e&#10;dteA7VDgsjE8/ga8V+OvtNC94KZYBq+oYpqj74pyb0fh2qe1gLuGi+UywnBGDfMr/WR4IA9VDX35&#10;vH9h1gzN67Hv72AcVVa+6eGEDZYallsPso0N/lrXod4437Fxhl0UFsixHFGvG3PxGwAA//8DAFBL&#10;AwQUAAYACAAAACEAwUw7DNwAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X4B2sr&#10;9VYcF5GWEAdR1Iheob1wc+JtEiVeR7GB5O9reimXlUYzmnmbbkbTsQsOrrEkQcwjYEil1Q1VEr6/&#10;8uc3YM4r0qqzhBImdLDJZg+pSrS90gEvR1+xUEIuURJq7/uEc1fWaJSb2x4peD92MMoHOVRcD+oa&#10;yk3HX6Io5kY1FBZq1eOuxrI9no2Eotgvp8P+PZ5WJ5G7sRWfH20u5dPjuF0D8zj6/zDc8AM6ZIGp&#10;sGfSjnUSwiP+7948sYpiYIWEhXhdAs9Sfo+f/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQACGO9higIAAHkFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDBTDsM3AAAAAYBAAAPAAAAAAAAAAAAAAAAAOQEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAA7QUAAAAA&#10;" fillcolor="#051532" stroked="f" strokeweight="1pt">
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F4DE625" w14:textId="46F30836" w:rsidR="000F7631" w:rsidRPr="00375B03" w:rsidRDefault="000F7631" w:rsidP="00BC652C">
       <w:pPr>
         <w:spacing w:before="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47861ED6" w14:textId="02249BFD" w:rsidR="000F7631" w:rsidRPr="00375B03" w:rsidRDefault="00CA3C48" w:rsidP="00D70871">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:before="960" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00375B03">
         <w:t>Workforce Australia</w:t>
       </w:r>
       <w:r w:rsidR="000F7631" w:rsidRPr="00375B03">
         <w:t xml:space="preserve"> Guideline</w:t>
       </w:r>
@@ -293,192 +293,168 @@
       <w:r w:rsidRPr="002609B4">
         <w:rPr>
           <w:rStyle w:val="1AllTextNormalCharacter"/>
         </w:rPr>
         <w:t>and assumes no responsibility for the delivery of the Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="002609B4">
         <w:rPr>
           <w:rStyle w:val="1AllTextNormalCharacter"/>
         </w:rPr>
         <w:t>. This Guideline does not reduce the obligation of Providers to comply with their relevant legal obligations and, to the extent that this Guideline is inconsistent with obligations under the Privacy Act, Social Security Law, the WHS Laws or any other legislation or laws relevant to the respective jurisdictions in which Providers operate, the relevant legislation or laws will prevail</w:t>
       </w:r>
       <w:r w:rsidRPr="006449F1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CD6CA13" w14:textId="49620509" w:rsidR="000F7631" w:rsidRPr="00375B03" w:rsidRDefault="000F7631" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="FrontPageHeading"/>
       </w:pPr>
       <w:r w:rsidRPr="00375B03">
         <w:t>Version History</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38F1D234" w14:textId="33F1FF87" w:rsidR="00F5614F" w:rsidRDefault="00F5614F" w:rsidP="00F5614F">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="38F1D234" w14:textId="122A0AF4" w:rsidR="00F5614F" w:rsidRDefault="00F5614F" w:rsidP="00FC0F5B">
+      <w:pPr>
+        <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="4A4F3A7F">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
       <w:r w:rsidR="003D1FBC">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="000966B6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
-        <w:t>10</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00926631">
+        <w:rPr>
+          <w:rStyle w:val="1AllTextBold"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="4A4F3A7F">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
-        <w:t xml:space="preserve">Published on: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000966B6">
+        <w:t>Published on:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5EBD">
+        <w:rPr>
+          <w:rStyle w:val="1AllTextBold"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005164EF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003D1FBC">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00926631">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>December 2024</w:t>
+        <w:t xml:space="preserve"> October 2025</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="4A4F3A7F">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>Effective from:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C90925">
+      <w:r w:rsidR="000966B6">
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00926631">
+        <w:t xml:space="preserve">November </w:t>
+      </w:r>
+      <w:r w:rsidR="000966B6">
+        <w:t>2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441A6A7C" w14:textId="77777777" w:rsidR="00FF5CFC" w:rsidRDefault="00FF5CFC" w:rsidP="00FF5CFC">
+      <w:r>
+        <w:t xml:space="preserve">In this version of the Guideline, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00537F97">
+        <w:t>the following Chapters have been updated:</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000966B6">
-[...17 lines deleted...]
-    <w:p w14:paraId="7A09045D" w14:textId="4554AD3C" w:rsidR="000633B4" w:rsidRDefault="000633B4" w:rsidP="000966B6">
+    </w:p>
+    <w:p w14:paraId="4473EFC3" w14:textId="77777777" w:rsidR="00FF5CFC" w:rsidRDefault="00FF5CFC" w:rsidP="00FF5CFC">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
-      <w:r w:rsidRPr="000633B4">
-[...3 lines deleted...]
-    <w:p w14:paraId="63902456" w14:textId="70229708" w:rsidR="001442F3" w:rsidRDefault="004F440D" w:rsidP="000966B6">
+      <w:r>
+        <w:t>Referrals, Eligibility and Onboarding</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC1E814" w14:textId="77777777" w:rsidR="00FF5CFC" w:rsidRDefault="00FF5CFC" w:rsidP="00FF5CFC">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Small Business Training </w:t>
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00A85BA7">
         <w:t>Commencing Small Business Coaching</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D0C2A63" w14:textId="1975A798" w:rsidR="004F440D" w:rsidRDefault="004F440D" w:rsidP="00A85BA7">
-[...7 lines deleted...]
-    <w:p w14:paraId="160C56BF" w14:textId="3666E214" w:rsidR="00613A55" w:rsidRPr="00375B03" w:rsidRDefault="00613A55" w:rsidP="4A4F3A7F">
+    <w:p w14:paraId="7A691946" w14:textId="77777777" w:rsidR="00FF5CFC" w:rsidRDefault="00FF5CFC" w:rsidP="4A4F3A7F">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="709"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="72E3D969" w14:textId="3326C6F0" w:rsidR="00613A55" w:rsidRPr="00375B03" w:rsidRDefault="000F7631" w:rsidP="4A4F3A7F">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72E3D969" w14:textId="58C0E048" w:rsidR="00613A55" w:rsidRPr="00375B03" w:rsidRDefault="000F7631" w:rsidP="4A4F3A7F">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A full version history of this Guideline can be found at </w:t>
       </w:r>
       <w:r w:rsidR="00CF1261" w:rsidRPr="4A4F3A7F">
         <w:rPr>
           <w:rStyle w:val="1AllTextNormalCharacter"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidR="00CF1261" w:rsidRPr="4A4F3A7F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>the Archived Guidelines page on the Provider Portal</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CF1261" w:rsidRPr="4A4F3A7F">
@@ -509,51 +485,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:id w:val="-627009309"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="06F51886" w14:textId="77777777" w:rsidR="000F7631" w:rsidRPr="00375B03" w:rsidRDefault="000F7631" w:rsidP="00C36DF0">
           <w:pPr>
             <w:pStyle w:val="FrontPageHeading"/>
           </w:pPr>
           <w:r w:rsidRPr="00375B03">
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="03FCE8F4" w14:textId="2F3CE3A4" w:rsidR="00DA6255" w:rsidRDefault="00D97952">
+        <w:p w14:paraId="03FCE8F4" w14:textId="4DA0959B" w:rsidR="00DA6255" w:rsidRDefault="00D97952">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00375B03">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00375B03">
             <w:rPr>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
@@ -590,67 +566,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00DA6255">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757202 \h </w:instrText>
             </w:r>
             <w:r w:rsidR="00DA6255">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00DA6255">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00DA6255">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="18818E97" w14:textId="7ADC1837" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="18818E97" w14:textId="6FA6D0FD" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757203" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -678,67 +654,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757203 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3D48084E" w14:textId="734474E3" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="3D48084E" w14:textId="097CE2D3" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757204" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -766,67 +742,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757204 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0F735CD3" w14:textId="0BE29DB2" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="0F735CD3" w14:textId="534D3381" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757205" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -854,67 +830,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757205 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="57BCBEE0" w14:textId="19255CD8" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="57BCBEE0" w14:textId="2F4F934E" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757206" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -942,67 +918,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757206 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7EF3885D" w14:textId="242649C4" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="7EF3885D" w14:textId="2980DCC3" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757207" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -1030,67 +1006,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757207 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5FC354B0" w14:textId="590C31F9" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="5FC354B0" w14:textId="1366B9E3" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757208" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 6.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -1118,67 +1094,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757208 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>24</w:t>
+              <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6394DC58" w14:textId="677839D9" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="6394DC58" w14:textId="0624CD7B" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757209" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 7.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -1206,67 +1182,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757209 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>27</w:t>
+              <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="60D61833" w14:textId="42734114" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="60D61833" w14:textId="074A32F2" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757210" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 8.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -1294,67 +1270,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757210 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>36</w:t>
+              <w:t>37</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="106B3C84" w14:textId="0EF65F4A" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="106B3C84" w14:textId="11B7689A" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757211" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 9.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -1382,67 +1358,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757211 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>40</w:t>
+              <w:t>41</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7CFD3B36" w14:textId="0295EE56" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="7CFD3B36" w14:textId="31D0587E" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757212" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 10.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -1470,67 +1446,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757212 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>46</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="19D58DB7" w14:textId="07F8199C" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="19D58DB7" w14:textId="3C76D3B2" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757213" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 11.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -1558,67 +1534,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757213 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>51</w:t>
+              <w:t>52</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="30AA6C24" w14:textId="67DBEC27" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="30AA6C24" w14:textId="776F7427" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757214" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 12.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -1646,67 +1622,67 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757214 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>59</w:t>
+              <w:t>60</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="15035F92" w14:textId="36D555C0" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
+        <w:p w14:paraId="15035F92" w14:textId="557D7909" w:rsidR="00DA6255" w:rsidRDefault="00DA6255">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:noProof/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-AU"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc121757215" w:history="1">
             <w:r w:rsidRPr="00555133">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Chapter 13.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
@@ -1734,56 +1710,56 @@
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc121757215 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="001E5BC2">
+            <w:r w:rsidR="008C0AF9">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>61</w:t>
+              <w:t>62</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="41C47952" w14:textId="3D762A3F" w:rsidR="000F7631" w:rsidRPr="00375B03" w:rsidRDefault="00D97952" w:rsidP="000F7631">
           <w:r w:rsidRPr="00375B03">
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
@@ -2707,161 +2683,242 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3B2515C5" w14:textId="460130B9" w:rsidR="007A1C8A" w:rsidRPr="00356AED" w:rsidRDefault="00947F62" w:rsidP="00356AED">
       <w:r>
         <w:t xml:space="preserve">Providers are required to ensure a business is on-track to have a net income that is at least equal to the Basic Rate of JobSeeker Payment and operate on </w:t>
       </w:r>
       <w:r w:rsidR="00F72D4B">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r>
         <w:t>average</w:t>
       </w:r>
       <w:r w:rsidR="00F72D4B">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 35 hours a week within 12 months of commencement in the program</w:t>
       </w:r>
       <w:r w:rsidR="00ED1DF9">
         <w:t>, unless part-time Mutual Obligation Requirements or Reduced Capacity to Work apply</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2904F239" w14:textId="77777777" w:rsidR="00A54100" w:rsidRPr="00356AED" w:rsidRDefault="00A54100" w:rsidP="00A54100">
+    <w:p w14:paraId="2904F239" w14:textId="284E7057" w:rsidR="00A54100" w:rsidRPr="00356AED" w:rsidRDefault="00D232FA" w:rsidP="00A54100">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Ref97297238"/>
       <w:r>
-        <w:t>Community Development Program (CDP) locations</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">CDP participants in </w:t>
+        <w:t>Remote Australia Employment Service</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54100">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:t>RAES</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54100">
+        <w:t>) locations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DCD3E5D" w14:textId="67EAE030" w:rsidR="00A54100" w:rsidRPr="000B442F" w:rsidRDefault="00D232FA" w:rsidP="00A54100">
+      <w:r>
+        <w:t>RAES</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54100">
+        <w:t xml:space="preserve"> participants in </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54100" w:rsidRPr="000B442F">
+        <w:t xml:space="preserve">regional and remote Australia can participate in Self-Employment </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54100">
+        <w:t>Assistance S</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54100" w:rsidRPr="000B442F">
+        <w:t xml:space="preserve">ervices with agreement from their </w:t>
+      </w:r>
+      <w:r>
+        <w:t>RAES</w:t>
       </w:r>
       <w:r w:rsidRPr="000B442F">
-        <w:t xml:space="preserve">regional and remote Australia can participate in Self-Employment </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="05DE3E78" w14:textId="233DD40C" w:rsidR="00A54100" w:rsidRPr="000B442F" w:rsidRDefault="00A54100" w:rsidP="00A54100">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54100" w:rsidRPr="000B442F">
+        <w:t xml:space="preserve">provider. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DE3E78" w14:textId="38A792B1" w:rsidR="00A54100" w:rsidRPr="000B442F" w:rsidRDefault="00A54100" w:rsidP="00A54100">
       <w:r w:rsidRPr="005A771C">
-        <w:t xml:space="preserve">The Self-Employment Assistance Provider must contact the CDP provider to notify them of the participant’s </w:t>
+        <w:t xml:space="preserve">The Self-Employment Assistance Provider must contact the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D232FA">
+        <w:t>RAES</w:t>
+      </w:r>
+      <w:r w:rsidR="00D232FA" w:rsidRPr="005A771C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A771C">
+        <w:t xml:space="preserve">provider to notify them of the participant’s </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005A771C">
         <w:t>request</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E87CF8">
         <w:t>and</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E87CF8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">seek </w:t>
       </w:r>
       <w:r w:rsidR="00E87CF8">
         <w:t>their</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> agreement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0F3C6A" w14:textId="77777777" w:rsidR="00A54100" w:rsidRPr="000B442F" w:rsidRDefault="00A54100" w:rsidP="00A54100">
-[...4 lines deleted...]
-    <w:p w14:paraId="758D7889" w14:textId="30CE31D8" w:rsidR="00A54100" w:rsidRPr="00356AED" w:rsidRDefault="00A54100" w:rsidP="00A54100">
+    <w:p w14:paraId="3A0F3C6A" w14:textId="6D21C51B" w:rsidR="00A54100" w:rsidRPr="000B442F" w:rsidRDefault="00D232FA" w:rsidP="00A54100">
+      <w:r>
+        <w:t xml:space="preserve">RAES </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54100">
+        <w:t xml:space="preserve">participants may still need to meet with their </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">RAES </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54100">
+        <w:t>provider to agree a job plan, which can include creating a business.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="758D7889" w14:textId="1006F8E8" w:rsidR="00A54100" w:rsidRPr="00356AED" w:rsidRDefault="00A54100" w:rsidP="00A54100">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For Self-Employment Assistance Services, except for Small Business Coaching, once eligibility has been assessed, </w:t>
       </w:r>
       <w:r w:rsidRPr="005A771C">
         <w:t xml:space="preserve">Self-Employment Assistance </w:t>
       </w:r>
       <w:r>
-        <w:t>Providers must conduct a search for the CDP participant through the Department’s IT Systems and create a SEA6 contract referral by directly registering the CDP participant or by implementing a Provider Self-Referral (as appropriate).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4F560B4B" w14:textId="77777777" w:rsidR="00A54100" w:rsidRPr="00356AED" w:rsidRDefault="00A54100" w:rsidP="00A54100">
+        <w:t xml:space="preserve">Providers must conduct a search for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D232FA">
+        <w:t xml:space="preserve">RAES </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">participant through the Department’s IT Systems and create a SEA6 contract referral by directly registering the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D232FA">
+        <w:t xml:space="preserve">RAES </w:t>
+      </w:r>
+      <w:r>
+        <w:t>participant or by implementing a Provider Self-Referral (as appropriate).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F560B4B" w14:textId="4C68D734" w:rsidR="00A54100" w:rsidRPr="00356AED" w:rsidRDefault="00A54100" w:rsidP="00A54100">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r>
-        <w:t>The Self-Employment Assistance Provider notifies the CDP provider whenever the CDP participant commences or completes a service element.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="32FC08E6" w14:textId="66B305ED" w:rsidR="00A54100" w:rsidRDefault="00A54100" w:rsidP="00A54100">
+        <w:t xml:space="preserve">The Self-Employment Assistance Provider notifies the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D232FA">
+        <w:t xml:space="preserve">RAES </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">provider whenever the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D232FA">
+        <w:t xml:space="preserve">RAES </w:t>
+      </w:r>
+      <w:r>
+        <w:t>participant commences or completes a service element.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FC08E6" w14:textId="4C8DF01D" w:rsidR="00A54100" w:rsidRDefault="00A54100" w:rsidP="00A54100">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="008276" w:themeColor="accent3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">For Small Business Coaching, the Self-Employment Assistance Provider must email their Employment Region Lead seeking the removal of the Participant’s CDP indicator in </w:t>
+        <w:t xml:space="preserve">For Small Business Coaching, the Self-Employment Assistance Provider must email their Employment Region Lead seeking the removal of the Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00D232FA">
+        <w:t xml:space="preserve">RAES </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">indicator in </w:t>
       </w:r>
       <w:r w:rsidR="00C3608F">
         <w:t>the Department</w:t>
       </w:r>
       <w:r w:rsidR="00E93BAA">
         <w:t>'</w:t>
       </w:r>
       <w:r w:rsidR="00C3608F">
         <w:t xml:space="preserve">s IT </w:t>
       </w:r>
       <w:r w:rsidR="00A25680">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00C3608F">
         <w:t>ystem</w:t>
       </w:r>
       <w:r w:rsidR="00A25680">
         <w:t>s</w:t>
       </w:r>
       <w:r>
-        <w:t>, with agreement from the CDP provider. The Self-Employment Assistance Provider must advise the Employment Region Lead once services have ceased, to restore the CDP indicator.</w:t>
+        <w:t xml:space="preserve">, with agreement from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D232FA">
+        <w:t xml:space="preserve">RAES </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">provider. The Self-Employment Assistance Provider must advise the Employment Region Lead once services have ceased, to restore the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D232FA">
+        <w:t xml:space="preserve">RAES </w:t>
+      </w:r>
+      <w:r>
+        <w:t>indicator.</w:t>
       </w:r>
       <w:r w:rsidRPr="76F516D4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="008276" w:themeColor="accent3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09EE326E" w14:textId="77777777" w:rsidR="00A54100" w:rsidRDefault="00A54100" w:rsidP="00A54100">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="76F516D4">
         <w:t>Special Cohorts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12115565" w14:textId="77777777" w:rsidR="00A54100" w:rsidRDefault="00A54100" w:rsidP="00A54100">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="76F516D4">
         <w:t xml:space="preserve">Regardless of eligibility, the following cohorts must be flagged in the </w:t>
@@ -3475,154 +3532,162 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="12BD20B8" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc98756342"/>
       <w:r w:rsidRPr="00356AED">
         <w:t>Participant Referrals</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="7C9CDCE0" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">When a person approaches the Provider wishing to access Self-Employment Assistance Services, the Provider must determine their eligibility by conducting a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00356AED">
         <w:t>Registration</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> search using the Department’s IT Systems. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D279C2" w14:textId="4ACBA7D2" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
+    <w:p w14:paraId="28D279C2" w14:textId="72CC8E42" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">The outcome of the Registration search in the Department’s IT Systems will determine which option the Provider selects in accordance with </w:t>
       </w:r>
-      <w:r w:rsidRPr="00356AED">
+      <w:r w:rsidRPr="00A11D45">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00356AED">
+      <w:r w:rsidRPr="00A11D45">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> REF _Ref98839890 \h </w:instrText>
-[...1 lines deleted...]
-      <w:r>
+        <w:instrText xml:space="preserve"> REF _Ref98839890 \h  \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A11D45">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00356AED">
+      </w:r>
+      <w:r w:rsidRPr="00A11D45">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
-      </w:r>
-      <w:r w:rsidRPr="00356AED">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rStyle w:val="1AllTextBold"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00356AED">
+      <w:r w:rsidRPr="00A11D45">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CE1C86D" w14:textId="23E6E56E" w:rsidR="6F34105B" w:rsidRDefault="6F34105B" w:rsidP="6F34105B"/>
-    <w:p w14:paraId="72116B16" w14:textId="09CC9B0A" w:rsidR="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
+    <w:p w14:paraId="72116B16" w14:textId="491AA2BF" w:rsidR="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Ref98839890"/>
       <w:bookmarkStart w:id="21" w:name="_Hlk158123501"/>
       <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> STYLEREF 1 \s </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="003553AC">
+      <w:r w:rsidR="00A11D45">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> SEQ Table \* ALPHABETIC \s 1 </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>: Referral Options into Self-Employment Assistance</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DESE"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4508"/>
         <w:gridCol w:w="4508"/>
       </w:tblGrid>
       <w:tr w:rsidR="00356AED" w14:paraId="2F2878B5" w14:textId="77777777" w:rsidTr="6C99A348">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -3899,84 +3964,93 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B5357">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Participant has a current record in the Department’s IT Systems and wishes to transfer to the Provider but is on another Self-Employment Assistance Provider’s caseload.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="top"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="719DF0AE" w14:textId="52D3C334" w:rsidR="00753DAA" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="001E65BF">
+          <w:p w14:paraId="719DF0AE" w14:textId="7D8EBE5A" w:rsidR="00753DAA" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="001E65BF">
             <w:pPr>
               <w:pStyle w:val="BulletLevel1"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">If the person is accessing Small Business Coaching, the Provider must follow the transfers process identified in the </w:t>
+              <w:t>If the person is accessing Small Business Coaching, the Provider must follow the transfers process identified in</w:t>
             </w:r>
-            <w:hyperlink w:anchor="_Monitoring_Participants_in">
-              <w:r w:rsidRPr="26D2FD83">
+            <w:r w:rsidR="00E36F52">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B01B85">
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidR="009A211B" w:rsidRPr="009A211B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="_Services_to_be" w:history="1">
+              <w:r w:rsidR="009A211B" w:rsidRPr="00D77409">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring Participants in Small Business Coaching </w:t>
+                <w:t>Referrals, Eligibility and Onboardin</w:t>
               </w:r>
-              <w:r w:rsidR="00DB3C80">
+              <w:r w:rsidR="000C79DF" w:rsidRPr="00D77409">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>C</w:t>
+                <w:t>g</w:t>
               </w:r>
-              <w:r w:rsidR="16E3940A" w:rsidRPr="26D2FD83">
+              <w:r w:rsidR="0043200B" w:rsidRPr="00D77409">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>hapter</w:t>
-[...5 lines deleted...]
-                <w:t xml:space="preserve">. </w:t>
+                <w:t xml:space="preserve"> Chapter</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidR="0043200B">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B01B85" w:rsidRPr="009A211B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="613B50ED" w14:textId="5570FE21" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
             <w:pPr>
               <w:pStyle w:val="BulletLevel1"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">If the person is not accessing Small Business Coaching, they should be directed to </w:t>
             </w:r>
             <w:r w:rsidR="358FB47F">
               <w:t xml:space="preserve">ask </w:t>
             </w:r>
             <w:r>
               <w:t>their current Self-Employment Assistance Provider to end their Self-Employment Assistance contract referral in the Department’s IT Systems</w:t>
             </w:r>
             <w:r w:rsidR="1A53F5BC">
               <w:t>, t</w:t>
             </w:r>
             <w:r w:rsidR="1773758E">
               <w:t xml:space="preserve">his will enable the new Self-Employment Assistance Provider to conduct </w:t>
             </w:r>
             <w:r w:rsidR="4970F4F7">
               <w:t xml:space="preserve">a Provider Self-Referral. </w:t>
             </w:r>
           </w:p>
@@ -4010,51 +4084,51 @@
       <w:r w:rsidRPr="00356AED">
         <w:t>Referrals from Other Program Providers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25C21946" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>Other Program Providers (including the Digital Services Contact Centre) can refer their participants to the Self-Employment Assistance Provider through the Department’s IT Systems. Other Program Providers are not responsible for confirming the Participants’ Eligibility for Self-Employment Assistance prior to issuing the Referral. The Self-Employment Assistance Provider must confirm the Participant’s Eligibility and suitability at their initial point of contact.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="225047A2" w14:textId="3C309ED0" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r>
         <w:t>The Self-Employment Assistance Provider must end the Referral of any Participant who is assessed as not Eligible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD8C3FA" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>Provider Self-Referrals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E33B84" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
+    <w:p w14:paraId="22E33B84" w14:textId="2B0A51F4" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>The Self-Employment Assistance Provider may complete a Provider Self-Referral in the Department’s IT Systems when they are satisfied that a person is Eligible for the Services. Before the Provider can complete the Provider Self-Referral, the Provider must first confirm that the person has previously been Registered in the Department’s IT Systems.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="026F0DCD" w14:textId="304968EE" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>The Provider may complete a Provider Self-Referral for an Eligible person through the Department’s IT Systems.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79711296" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>Direct Registrations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01E30FA4" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>A person may directly contact a Provider wishing to access the Services without a current referral to any employment services program in the Department’s IT Systems. Where this occurs, the Self-Employment Assistance Provider must assess whether the person is Eligible for the Services and if so, Directly Register them.</w:t>
       </w:r>
@@ -4372,69 +4446,81 @@
       <w:r w:rsidR="0020137B">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">articipant’s Employment Region do not offer services that are offered by Providers outside the Employment Region. Participants must attempt to contact all Providers within their Employment Region before seeking Out-of-Region servicing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AFC0787" w14:textId="57764A1B" w:rsidR="00E15B82" w:rsidRDefault="00E15B82" w:rsidP="00946F34">
       <w:pPr>
         <w:pStyle w:val="DocumentaryEvidencePoint"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">It is in the best interests of the </w:t>
       </w:r>
       <w:r w:rsidR="004E3915">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>articipant to remain with their current Provider (e.g. the Participant has commenced Small Business Coaching and has developed a strong relationship with their current Provider).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25BDB7A4" w14:textId="57842AD4" w:rsidR="0063089F" w:rsidRPr="0063089F" w:rsidRDefault="0063089F" w:rsidP="005B5357">
+    <w:p w14:paraId="25BDB7A4" w14:textId="6F7435F3" w:rsidR="0063089F" w:rsidRPr="0063089F" w:rsidRDefault="0063089F" w:rsidP="005B5357">
       <w:pPr>
         <w:pStyle w:val="DocumentaryEvidencePoint"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="0063089F">
         <w:t>Participant</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="0063089F">
-        <w:t xml:space="preserve"> in a Community Development Program (CDP) Region</w:t>
+        <w:t xml:space="preserve"> in a </w:t>
+      </w:r>
+      <w:r w:rsidR="00D232FA">
+        <w:t>Remote Australia Employment Service</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063089F">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D232FA">
+        <w:t>RAES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063089F">
+        <w:t>) Region</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> can b</w:t>
       </w:r>
       <w:r w:rsidR="009607C3">
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> serviced Out</w:t>
       </w:r>
       <w:r w:rsidR="00E007CF">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="00E007CF">
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Region</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
@@ -4443,51 +4529,57 @@
       <w:r w:rsidR="00E007CF">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidR="00E007CF">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Region Servicing form is not required. </w:t>
       </w:r>
       <w:r w:rsidR="00DA7F90">
         <w:t>However, approval is required by th</w:t>
       </w:r>
       <w:r w:rsidR="001B4293">
         <w:t>e Participant</w:t>
       </w:r>
       <w:r w:rsidR="00125CBA">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="001B4293">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00DA7F90">
-        <w:t xml:space="preserve"> CDP Provider</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F541B">
+        <w:t>RAES p</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7F90">
+        <w:t>rovider</w:t>
       </w:r>
       <w:r w:rsidR="00E03C2C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B9B8C2" w14:textId="7A3ADB87" w:rsidR="00E15B82" w:rsidRDefault="00E15B82" w:rsidP="00E15B82">
       <w:pPr>
         <w:pStyle w:val="DocumentaryEvidencePoint"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CF1C7EA" w14:textId="7D087A89" w:rsidR="00E15B82" w:rsidRDefault="00E15B82" w:rsidP="00E15B82">
       <w:pPr>
         <w:pStyle w:val="DocumentaryEvidencePoint"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The current Provider must retain documents identifying the change of location and discussions with the gaining Provider. </w:t>
       </w:r>
       <w:r w:rsidR="002E4A5E">
         <w:t xml:space="preserve">An </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
@@ -5727,67 +5819,76 @@
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">the Participant eligibility criteria identified in the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Services_to_be" w:history="1">
         <w:r w:rsidRPr="00E73F78">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Referrals, Eligibility and Onboarding </w:t>
         </w:r>
         <w:r w:rsidR="006101E7" w:rsidRPr="00A13F9A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>chapter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008B59A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidRPr="00356AED">
         <w:t>are eligible to participate in a Workshop.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="349D3B8E" w14:textId="33F8BA44" w:rsidR="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
+    <w:p w14:paraId="349D3B8E" w14:textId="36FA9F84" w:rsidR="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">Participants can participate in a Workshop more than </w:t>
       </w:r>
       <w:r w:rsidR="005501C0" w:rsidRPr="00356AED">
         <w:t>once;</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00356AED">
         <w:t>however</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00356AED">
-        <w:t xml:space="preserve"> the Workshop Fee is only payable once every twelve months per Participant. This applies regardless of which Provider delivered the Workshop.</w:t>
+        <w:t xml:space="preserve"> the Workshop Fee is only payable once every </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03AB8">
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00C03AB8" w:rsidRPr="00356AED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356AED">
+        <w:t>months per Participant. This applies regardless of which Provider delivered the Workshop.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BFBDEF9" w14:textId="44C7C7D0" w:rsidR="00F7446C" w:rsidRPr="00356AED" w:rsidRDefault="00F7446C" w:rsidP="00356AED">
       <w:r>
         <w:t xml:space="preserve">Note: A Participant can be placed in </w:t>
       </w:r>
       <w:r w:rsidR="00D8255E">
         <w:t>Small Business Training</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> while they are completing a Workshop.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F02826B" w14:textId="48B2CB68" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="DeedReferences"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00810C45">
         <w:t>Deed Reference(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">: </w:t>
@@ -6158,67 +6259,67 @@
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>the topics and matters specified in the Content Guide, and/or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76FCCDB3" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>the duration of Workshops.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B6C3AC5" w14:textId="5D19AE8A" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="3832A8E3">
         <w:t>Department</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> will consider the suitability of alternative delivery plans by considering whether the proposed plan:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62178363" w14:textId="4615AA67" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
+    <w:p w14:paraId="62178363" w14:textId="51D0A491" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">continues to achieve the objectives of Workshops (see </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> REF _Ref90479233 \r \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:t>3.2.1</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – Workshop Objectives)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B18556A" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>maximises the Provider’s usage of Workshop Places, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F91A54A" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>ensures that Workshops are accessible, including to Participants with limited access to the internet and to Participants from culturally and linguistically diverse backgrounds.</w:t>
       </w:r>
     </w:p>
@@ -6673,55 +6774,60 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Small Business Management Skill Set (BSBSS00104).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70585C0F" w14:textId="6E7D7C40" w:rsidR="000B5C94" w:rsidRPr="00356AED" w:rsidRDefault="00B506AE" w:rsidP="000B5C94">
       <w:r>
         <w:t>A minimum of</w:t>
       </w:r>
       <w:r w:rsidR="00605E3A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00616EB2">
         <w:t>one</w:t>
       </w:r>
       <w:r w:rsidR="00605E3A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F297F">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00605E3A">
         <w:t xml:space="preserve">kill </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002F297F">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00605E3A">
-        <w:t xml:space="preserve">et and </w:t>
+        <w:t>et</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00605E3A">
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00616EB2">
         <w:t>one</w:t>
       </w:r>
       <w:r w:rsidR="00605E3A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F297F">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00605E3A">
         <w:t xml:space="preserve">ertificate must be made available for </w:t>
       </w:r>
       <w:r w:rsidR="00616EB2">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00605E3A">
         <w:t>articipants to choose from.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CA23AFD" w14:textId="790FE5DD" w:rsidR="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">Providers must arrange for Small Business Training to be delivered by a Registered Training Organisation (RTO) that is accredited to deliver the relevant qualification in the Participant’s state or territory. </w:t>
       </w:r>
     </w:p>
@@ -6777,165 +6883,182 @@
           <w:t>Chapter</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00356AED">
         <w:t>, a Participant must either:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="545D245E" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>have a business idea that meets the Business Eligibility Criteria and be capable of operating that business following their completion of Small Business Training, or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="144915AC" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>be an Eligible Business Owner of a business that meets the Business Eligibility Criteria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D1340F" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
-        <w:t>Participants who have previously accessed Small Business Training are eligible to participate again, however, the Provider must first discuss with the Participant the outcomes of their prior participation and identify the Participant’s objectives in accessing Small Business Training again.</w:t>
+        <w:t xml:space="preserve">Participants who have previously accessed Small Business Training are eligible to participate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00356AED">
+        <w:t>again,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00356AED">
+        <w:t xml:space="preserve"> however, the Provider must first discuss with the Participant the outcomes of their prior participation and identify the Participant’s objectives in accessing Small Business Training again.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EC715B7" w14:textId="0D187036" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r>
         <w:t>When placing a Participant who has previously accessed Small Business Training in a Small Business Training activity in the Department’s IT Systems, the Provider must identify with a comment the details of the Participant’s prior participation and the Participant’s rationale for accessing it again.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7698E764" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:lastRenderedPageBreak/>
         <w:t>Providers should also note that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F1E654" w14:textId="5128E921" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
+    <w:p w14:paraId="62F1E654" w14:textId="0C72E774" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
-        <w:t>the Training Fee is only payable once every twelve months per Participant. This applies regardless of which Provider delivers Small Business Training, and</w:t>
+        <w:t xml:space="preserve">the Training Fee is only payable once every </w:t>
+      </w:r>
+      <w:r w:rsidR="004B07E2">
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:r>
+        <w:t>months per Participant. This applies regardless of which Provider delivers Small Business Training, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="751E2038" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>a Certificate Completion Fee is only payable for Participants who complete a Training Certificate and have never previously completed a Certificate III or IV in Entrepreneurship and New Business.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FC70047" w14:textId="6DEF950A" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="DeedReferences"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00810C45">
         <w:t>Deed Reference(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C741A1">
         <w:t>Clause</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> 87.2, 87.4, 96.1, 97.2)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3062680E" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>Mutual Obligation Requirements for Participants accessing Small Business Training</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A3EA6C5" w14:textId="69CDFE5A" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r>
         <w:t>Small Business Training is a Services Australia approved activity for a maximum of 8 weeks which meets the Mutual Obligation Requirements of Participants receiving activity-tested Income Support Payments. This means that Participants with Mutual Obligation Requirements do not have to undertake activities (such as monthly job search requirements or a Points-Based Activation System</w:t>
       </w:r>
       <w:r w:rsidR="007F4FB0">
         <w:t xml:space="preserve"> (PBAS)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> requirement) while participating in Small Business Training. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6090AA8E" w14:textId="0FD95D7E" w:rsidR="00356AED" w:rsidRPr="007053A9" w:rsidRDefault="00356AED" w:rsidP="00D21D66">
+    <w:p w14:paraId="6090AA8E" w14:textId="0690D5D8" w:rsidR="00356AED" w:rsidRPr="007053A9" w:rsidRDefault="00356AED" w:rsidP="00D21D66">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">For further information, refer </w:t>
       </w:r>
       <w:r w:rsidRPr="007053A9">
         <w:t>to the</w:t>
       </w:r>
       <w:r w:rsidR="00EF25F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId32">
         <w:r w:rsidR="00852A6D" w:rsidRPr="078E8105">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Mutual Obligation Requirements for Self-Employment Assistance Participants Factsheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00852A6D">
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidR="002E38D1" w:rsidRPr="002E38D1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Points Based Activation System (PBAS) supporting documents and factsheets</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="002E38D1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E38D1" w:rsidRPr="002E38D1">
+        <w:t>located on the Provider Portal</w:t>
+      </w:r>
+      <w:r w:rsidR="002E38D1">
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00042EEA" w:rsidRPr="26A3BB24">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t xml:space="preserve">Points Based Activation System (PBAS) supporting documents and factsheets located on the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28EC055F" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="62" w:name="_Toc97043427"/>
       <w:bookmarkStart w:id="63" w:name="_Toc98756357"/>
       <w:r>
         <w:t>Commencing Participants in Small Business Training</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
     </w:p>
     <w:p w14:paraId="0196C3B0" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>Once a Provider has established that a Participant wishing to access Small Business Training is Eligible, they may arrange for the Participant to enrol in the relevant qualification.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDDF6EE" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>The Provider must ensure that the Participant has made an informed decision in choosing their qualification. This should involve the Participant’s:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5156C095" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
@@ -7323,59 +7446,91 @@
       </w:hyperlink>
       <w:r w:rsidR="7DB1E649">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DC07F92" w14:textId="37F26377" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="7B9DD362" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="71" w:name="_Toc97043431"/>
       <w:bookmarkStart w:id="72" w:name="_Toc98756361"/>
       <w:r>
         <w:t>Chapter</w:t>
       </w:r>
       <w:r w:rsidR="62ED9DC0">
         <w:t xml:space="preserve"> Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
     </w:p>
     <w:p w14:paraId="4CEACF1E" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>The development and implementation of Viable Business Plans is one of the key objectives of Self-Employment Assistance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67188BE3" w14:textId="3F81DEA0" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
+    <w:p w14:paraId="67188BE3" w14:textId="3F81DEA0" w:rsidR="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00810C45">
         <w:t>Chapter</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> identifies the components of a Business Plan, how Providers should help Participants to develop a Business Plan, and how Providers should assess Business Plans.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137BB3E4" w14:textId="70592670" w:rsidR="00FE6BFE" w:rsidRPr="00356AED" w:rsidRDefault="009A6DE2" w:rsidP="00356AED">
+      <w:r w:rsidRPr="00BD3A43">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: Business Plan Development</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF040B">
+        <w:t xml:space="preserve"> sessions are not considered an activity </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35B98">
+        <w:t>in the Workforce Australia Online system</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67292">
+        <w:t xml:space="preserve"> and can therefore be delivered concurrently </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED1665">
+        <w:t xml:space="preserve">with other Self-Employment Assistance </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5AB6">
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED1665">
+        <w:t>er</w:t>
+      </w:r>
+      <w:r w:rsidR="00707A1E">
+        <w:t>vices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33BB6313" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="73" w:name="_Toc97043432"/>
       <w:bookmarkStart w:id="74" w:name="_Toc98756362"/>
       <w:r>
         <w:t>Developing a Business Plan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
     </w:p>
     <w:p w14:paraId="36D4A10D" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>Supporting a Participant to Develop a Business Plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16333EB3" w14:textId="53FC92F2" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">The Provider must proactively assist Participants who meet the Participant Eligibility criteria identified in the </w:t>
@@ -7514,81 +7669,81 @@
       <w:r w:rsidRPr="00356AED">
         <w:t>market research (competitors, price point, target market)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3361B3F8" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>a SWOT (Strengths, Weaknesses, Opportunities and Threats) analysis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4641F91A" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>a management plan, identifying:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BFE2346" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
+        <w:lastRenderedPageBreak/>
         <w:t>business structure</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F9C238D" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>legal and compliance requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740C9A15" w14:textId="39D5EFAB" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">work, </w:t>
       </w:r>
       <w:r w:rsidR="00641953" w:rsidRPr="00356AED">
         <w:t>health,</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> and safety requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22800ADF" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>a risk plan, identifying</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="252DCE93" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>business insurance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="695AB4C4" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel2"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">disaster planning </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D5BB76" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>an operational plan</w:t>
@@ -7821,50 +7976,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="21FD174D" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>Rejecting a Business Plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0573A677" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>Before rejecting a Business Plan, the Provider must first proactively assist the Participant to further develop their Business Plan to satisfy the Business Eligibility Criteria. If the Business Plan cannot be further developed to meet the Business Eligibility Criteria, the Provider must reject the Business Plan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C5CD44" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>The Provider must explain in writing to the Participant why their Business Plan has been rejected and inform them of their right to have the decision reviewed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F607FB8" w14:textId="719B0DFC" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Provider must record the outcome, </w:t>
       </w:r>
       <w:r w:rsidR="38D8850E">
         <w:t>reason,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and date of a decision to reject a Business Plan in the Department’s IT Systems. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3410A3C4" w14:textId="6CC175D6" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="DeedReferences"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00810C45">
         <w:t>Deed Reference(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C741A1">
         <w:t>Clause</w:t>
       </w:r>
@@ -8070,51 +8226,59 @@
     </w:p>
     <w:p w14:paraId="028D6EBA" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>Participants who access a Business Advice Session may include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06DD98DC" w14:textId="2BB9DA4C" w:rsidR="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">individuals starting (or interested in starting) a business who only want one or 2 meetings with the Provider for advice on establishing their business, rather </w:t>
       </w:r>
       <w:r w:rsidR="3F2E07EB">
         <w:t xml:space="preserve">than </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the 12 months of mentoring and other support available under Small Business Coaching </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E3DE7BE" w14:textId="1BB8EF4B" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
-        <w:t>Eligible Business Owners who need tailored advice, such as: applying for a business loan to help their business’ viability or marketing advice on sourcing clients/customers</w:t>
+        <w:t xml:space="preserve">Eligible Business Owners who need tailored advice, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>such as:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> applying for a business loan to help their business’ viability or marketing advice on sourcing clients/customers</w:t>
       </w:r>
       <w:r w:rsidR="00F2116A">
         <w:t>, and ch</w:t>
       </w:r>
       <w:r w:rsidR="009A688A">
         <w:t>oose not to access Small Business Coaching</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27F06139" w14:textId="64747B40" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>former Participants who need additional support from their Provider after completing Small Business Coaching (to ensure their business is Operating Commercially).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BCE7FFA" w14:textId="13DE862C" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r>
         <w:t>Participants accessing a Business Advice Session must be placed into the appropriate activity in the Department’s IT systems. The Provider must record in the Department’s IT Systems the support delivered to the Participant during a Business Advice Session.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C108378" w14:textId="2A4CDB9E" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
@@ -8815,51 +8979,51 @@
     <w:p w14:paraId="49D82A23" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="008900CF">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>will be at least 18 years of age at the time of their Small Business Coaching Commencement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04D550AB" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="008900CF">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>have not received Small Business Coaching in the past 12 months, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06845C55" w14:textId="231F05D3" w:rsidR="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="000343BF">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t>agree to enter into a Small Business Coaching Agreement with the Department.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D269B55" w14:textId="5B175092" w:rsidR="008763B5" w:rsidRPr="00356AED" w:rsidRDefault="008763B5" w:rsidP="6F34105B">
+    <w:p w14:paraId="6D269B55" w14:textId="0C80F5BC" w:rsidR="008763B5" w:rsidRPr="00356AED" w:rsidRDefault="008763B5" w:rsidP="6F34105B">
       <w:r w:rsidRPr="3E384E66">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Where a </w:t>
       </w:r>
       <w:r w:rsidR="00E6072B">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">articipant has requested to </w:t>
       </w:r>
       <w:r w:rsidR="00282B69">
         <w:t>access</w:t>
       </w:r>
@@ -8901,51 +9065,57 @@
       <w:r>
         <w:t xml:space="preserve">request </w:t>
       </w:r>
       <w:r w:rsidR="006627B4">
         <w:t xml:space="preserve">to the Department (Provider Lead), </w:t>
       </w:r>
       <w:r w:rsidR="0080043B">
         <w:t xml:space="preserve">with a request to waive the waiting period </w:t>
       </w:r>
       <w:r w:rsidR="006627B4">
         <w:t xml:space="preserve">inclusive of their justification for </w:t>
       </w:r>
       <w:r w:rsidR="0080043B">
         <w:t>servicing</w:t>
       </w:r>
       <w:r w:rsidR="006627B4">
         <w:t xml:space="preserve">. The Department </w:t>
       </w:r>
       <w:r w:rsidR="00E6072B">
         <w:t xml:space="preserve">will </w:t>
       </w:r>
       <w:r w:rsidR="006627B4">
         <w:t xml:space="preserve">review all ‘Waiver’ requests on a case-by-case basis and notify the Provider in writing of the decision. </w:t>
       </w:r>
       <w:r w:rsidR="00E6072B">
-        <w:t>The Small Business Coaching Fee is only payable once every twelve months per Participant. Providers should also note that this applies regardless of which Provider delivers Small Business Coaching.</w:t>
+        <w:t xml:space="preserve">The Small Business Coaching Fee is only payable once every </w:t>
+      </w:r>
+      <w:r w:rsidR="0088225B">
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6072B">
+        <w:t>months per Participant. Providers should also note that this applies regardless of which Provider delivers Small Business Coaching.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ED6E2CD" w14:textId="1A2A377B" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="99" w:name="_Hlk97205055"/>
       <w:r w:rsidRPr="00356AED">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Participants’ Required Hours </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34C7959C" w14:textId="51F6EFDD" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:bookmarkStart w:id="100" w:name="_Hlk98260050"/>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">The Required Hours of a Participant accessing Small Business Coaching must be identified in their approved Business Plan and must be </w:t>
       </w:r>
       <w:r w:rsidR="00F17429">
         <w:t>on average</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> 35 hours per week</w:t>
       </w:r>
       <w:r w:rsidR="007E6C9B">
         <w:t xml:space="preserve"> within 12 months</w:t>
@@ -9084,145 +9254,145 @@
         <w:t>payslips</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A0BF343" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">a statutory declaration. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF9EA82" w14:textId="77777777" w:rsidR="00C42290" w:rsidRPr="00356AED" w:rsidRDefault="00C42290" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="102" w:name="_Possible_Business_structures"/>
       <w:bookmarkStart w:id="103" w:name="_Ref104370774"/>
       <w:bookmarkEnd w:id="99"/>
       <w:bookmarkEnd w:id="100"/>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:t>Possible Business structures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="103"/>
     </w:p>
-    <w:p w14:paraId="2AA6695A" w14:textId="73D2AEB0" w:rsidR="00C42290" w:rsidRDefault="00C42290" w:rsidP="00C42290">
+    <w:p w14:paraId="2AA6695A" w14:textId="7F3FA879" w:rsidR="00C42290" w:rsidRDefault="00C42290" w:rsidP="00C42290">
       <w:r>
         <w:t xml:space="preserve">Participants may access Small Business Coaching for support running a Business that operates as one of the four following business structures. Participants must identify their chosen Business structure on their </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="0050654E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Small Business Coaching Application Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and provide the relevant evidence to the Provider (where required in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="003553AC">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="003553AC">
         <w:instrText xml:space="preserve"> REF _Ref107576933 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="003553AC">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="003553AC">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD287F2" w14:textId="0DBC17E3" w:rsidR="003553AC" w:rsidRDefault="003553AC" w:rsidP="009C331C">
+    <w:p w14:paraId="6CD287F2" w14:textId="3F6E82A7" w:rsidR="003553AC" w:rsidRDefault="003553AC" w:rsidP="009C331C">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:bookmarkStart w:id="104" w:name="_Ref107576933"/>
       <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> STYLEREF 1 \s </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> SEQ Table \* ALPHABETIC \s 1 </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:t>: Business structures and required evidence</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DESE"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2122"/>
         <w:gridCol w:w="6894"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C42290" w14:paraId="3316809D" w14:textId="77777777" w:rsidTr="3E384E66">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -10251,51 +10421,50 @@
       <w:r w:rsidR="009E6008">
         <w:t xml:space="preserve"> indicate the allowance will be claimed</w:t>
       </w:r>
       <w:r w:rsidR="00E67E4E">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E67E4E">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t>fter both Peter and the Provider have signed an updated agreement</w:t>
       </w:r>
       <w:r w:rsidR="009E6008">
         <w:t xml:space="preserve">, the Provider emails it to the </w:t>
       </w:r>
       <w:r w:rsidR="00474C9E">
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:t>epartment for approval.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221FC657" w14:textId="77777777" w:rsidR="00C12852" w:rsidRDefault="00C12852" w:rsidP="00356AED"/>
     <w:p w14:paraId="2256BE90" w14:textId="37143780" w:rsidR="00CF4ABD" w:rsidRDefault="7D745B5F" w:rsidP="00CC570E">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r w:rsidR="378E668E">
         <w:t>start</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the process of transferring a Small Business Coaching Participant to Self-Employment Allowance, the Provider must</w:t>
       </w:r>
       <w:r w:rsidR="000E5DC0">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="104C2025" w14:textId="3E2E6965" w:rsidR="00A77F0B" w:rsidRDefault="00B31834" w:rsidP="00946F34">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1003" w:hanging="357"/>
@@ -10307,91 +10476,91 @@
         <w:t>irst collect the Participant</w:t>
       </w:r>
       <w:r w:rsidR="002D108B">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00CC570E" w:rsidRPr="00CC570E">
         <w:t>s bank and tax details</w:t>
       </w:r>
       <w:r w:rsidR="0088165A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CC570E" w:rsidRPr="00CC570E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71995151" w14:textId="1052E11D" w:rsidR="008274C2" w:rsidRDefault="00B31834" w:rsidP="00946F34">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1003" w:hanging="357"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="001A1199">
         <w:t>sing</w:t>
       </w:r>
       <w:r w:rsidR="00CC570E" w:rsidRPr="00CC570E">
         <w:t xml:space="preserve"> the Department’s IT Systems</w:t>
       </w:r>
       <w:r w:rsidR="00B83146">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CC570E" w:rsidRPr="00CC570E">
         <w:t xml:space="preserve"> click the ‘View agreement’ link and select the ‘Claim for Allowance’ button, to choose the next available allowance start date and to enter the </w:t>
       </w:r>
       <w:r w:rsidR="002D108B">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00CC570E" w:rsidRPr="00CC570E">
         <w:t>articipant</w:t>
       </w:r>
       <w:r w:rsidR="002D108B">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00CC570E" w:rsidRPr="00CC570E">
         <w:t>s bank and tax details</w:t>
       </w:r>
       <w:r w:rsidR="0088165A">
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B875696" w14:textId="464AF572" w:rsidR="00F127E2" w:rsidRDefault="00B31834" w:rsidP="00946F34">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="1003" w:hanging="357"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00D551FD">
         <w:t xml:space="preserve">nce </w:t>
       </w:r>
       <w:r w:rsidR="00054B61">
         <w:t>complete</w:t>
       </w:r>
       <w:r w:rsidR="00153007">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CC570E" w:rsidRPr="00CC570E">
         <w:t xml:space="preserve"> select ‘Finalise agreement for participant signature’</w:t>
       </w:r>
       <w:r w:rsidR="00214FAA">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CC570E" w:rsidRPr="00CC570E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00214FAA">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00CC570E" w:rsidRPr="00CC570E">
         <w:t>rint</w:t>
@@ -10607,87 +10776,87 @@
       <w:r>
         <w:t>Partner Service Pension (from the DVA), or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="223838CE" w14:textId="77777777" w:rsidR="00155139" w:rsidRDefault="0FFD5954" w:rsidP="00155139">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">War Widow(er)’s Pension (from the DVA). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E7FB18" w14:textId="77777777" w:rsidR="00155139" w:rsidRPr="00356AED" w:rsidRDefault="00155139" w:rsidP="00155139">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r>
         <w:t>Remaining on an Income Support Payment will mean that the Participant also receives any related entitlements, which may include supplementary payments and access to a concession card.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="544D8993" w14:textId="77777777" w:rsidR="00583419" w:rsidRPr="00356AED" w:rsidDel="00E175B7" w:rsidRDefault="00583419" w:rsidP="00583419">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Participants who can remain on a partial rate of their Income Support Payments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DA3A75E" w14:textId="77777777" w:rsidR="00583419" w:rsidRPr="00356AED" w:rsidDel="00E175B7" w:rsidRDefault="00583419" w:rsidP="00583419">
       <w:r w:rsidRPr="00356AED" w:rsidDel="00E175B7">
         <w:t xml:space="preserve">If a Participant transfers to Self-Employment Allowance from an Income Support Payment that </w:t>
       </w:r>
       <w:r>
         <w:t>pays</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED" w:rsidDel="00E175B7">
         <w:t xml:space="preserve"> them a higher fortnightly rate</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> than Self-Employment Allowance</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED" w:rsidDel="00E175B7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>Services Australia will automatically reduce that Participant’s fortnightly rate of payment by the fortnightly rate of Self-Employment Allowance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="108DA21E" w14:textId="130FA5F8" w:rsidR="00AE7673" w:rsidRDefault="00AE7673" w:rsidP="00AE7673">
       <w:pPr>
         <w:pStyle w:val="ExampleTextBox"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="002D3F" w:themeColor="text2" w:shadow="1"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:ind w:right="522"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00BF4F34" w:rsidRPr="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>xample:</w:t>
       </w:r>
       <w:r w:rsidR="00BF4F34" w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E1195D4" w14:textId="0DFF2726" w:rsidR="00BF4F34" w:rsidRDefault="00BF4F34" w:rsidP="00AE7673">
       <w:pPr>
         <w:pStyle w:val="ExampleTextBox"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="002D3F" w:themeColor="text2" w:shadow="1"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:ind w:right="522"/>
       </w:pPr>
       <w:r w:rsidRPr="00C71349">
         <w:t xml:space="preserve">Angela </w:t>
       </w:r>
       <w:r>
@@ -10756,51 +10925,59 @@
       </w:pPr>
       <w:bookmarkStart w:id="108" w:name="_Toc97043443"/>
       <w:bookmarkStart w:id="109" w:name="_Toc98756373"/>
       <w:r>
         <w:t>Small Business Coaching Agreement</w:t>
       </w:r>
       <w:bookmarkEnd w:id="108"/>
       <w:bookmarkEnd w:id="109"/>
     </w:p>
     <w:p w14:paraId="5517FE14" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>Each Participant must agree to or sign a Small Business Coaching Agreement prior to commencing Small Business Coaching.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="147B2E9E" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">The Small Business Coaching Agreement can be generated in the Department’s IT Systems after the Participant has completed the Small Business Coaching </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF55F4">
         <w:rPr>
           <w:rStyle w:val="1AllTextNormalCharacter"/>
         </w:rPr>
         <w:t>application</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
-        <w:t xml:space="preserve"> process and the Provider has approved a Business Plan for the Participant.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00356AED">
+        <w:t>process</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00356AED">
+        <w:t xml:space="preserve"> and the Provider has approved a Business Plan for the Participant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B825B6" w14:textId="00236AEB" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00D21D66">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">The Provider must send the Small Business Coaching Agreement to the Participant with their agreed Small Business Coaching Commencement date for consideration and agreement. The agreed date must be a scheduled Self-Employment Allowance pay day, which occurs every second Thursday in accordance with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidRPr="00CD6882">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Self-Employment Allowance Pay Calendar</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00356AED">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="378B8771" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>The Provider must explain the Participant’s obligations when commencing and while receiving Small Business Coaching and advise them to carefully read and understand all the terms of their Small Business Coaching Agreement. In doing so, the Provider must ensure that the Participant is aware of:</w:t>
       </w:r>
@@ -10820,109 +10997,121 @@
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>their obligation to maintain their Business Insurance throughout their Period of Small Business Coaching</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4839AEC9" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="7FB288FA" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>the frequency and expected timeframes for the delivery of Business Mentoring, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F32198" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="7FB288FA" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>the Participant’s obligation to maintain contact with the Provider, including by returning missed calls and responding to emails.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="755CB67B" w14:textId="77777777" w:rsidR="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
-        <w:lastRenderedPageBreak/>
         <w:t>The Provider must ensure Participants are aware that not complying with these obligations within the specified timeframes may result in their Self-Employment Allowance and Self-Employment Rental Assistance (if applicable) not being paid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00D18CF7" w14:textId="5ADA53D5" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00D007CC">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To send the Participant the Small Business Coaching Agreement online, the Provider must enter the </w:t>
       </w:r>
       <w:r w:rsidR="00D007CC">
         <w:t>proposed Small Business Coaching start date</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> into the Department’s IT Systems and select ‘Send online’</w:t>
       </w:r>
       <w:r w:rsidR="00D007CC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56BBAFBC" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Once a Participant agrees to the Small Business Coaching Agreement online, the agreement is automatically sent to the Department for approval. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7951A589" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>Note: If a Participant is signing the Small Business Coaching Agreement offline, the Provider must manually send the Small Business Coaching Agreement (signed by the Participant) to the Department via email for approval.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C486005" w14:textId="21346A15" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">Regardless of whether a Participant’s Small Business Coaching Agreement is completed online or offline, </w:t>
       </w:r>
       <w:r w:rsidR="005501C0" w:rsidRPr="00356AED">
         <w:t>the Department must receive it</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> at least 5 Business Days prior to the scheduled Small Business Coaching Commencement date.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F988559" w14:textId="5A0B1E6D" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="62ED9DC0" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r>
         <w:t>If all requirements are met, the Department approves the Participant’s Small Business Coaching Commencement in the Department’s IT Systems. The Department’s IT Systems use the Small Business Coaching Commencement to trigger payment of the Small Business Coaching Fee</w:t>
       </w:r>
       <w:r w:rsidR="163984EE">
         <w:t xml:space="preserve"> and to use one of the Provider's Small Business Coaching Places</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69405F87" w14:textId="54074990" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
-[...1 lines deleted...]
-        <w:t xml:space="preserve">The Department’s IT Systems advise Services Australia when the Participant commences Small Business Coaching and will trigger the exiting of the Participant from the Other Program Provider’s caseload (where applicable). Where the Participant is a Disability Employment Services Participant or a </w:t>
+    <w:p w14:paraId="69405F87" w14:textId="5846A183" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
+      <w:r w:rsidRPr="00356AED">
+        <w:t>The Department’s IT Systems advise Services Australia when the Participant commences Small Business Coaching and will trigger the exiting of the Participant from the Other Program Provider’s caseload (where applicable). Where the Participant is a</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5373">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356AED">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5373">
+        <w:t>Inclusive Employment Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356AED">
+        <w:t xml:space="preserve"> Participant or a </w:t>
       </w:r>
       <w:r w:rsidR="009E4DDB">
         <w:t>Parent Pathways</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> Participant, the Participant is not automatically exited from the Other Program Provider’s caseload and will be concurrently serviced by the Provider and their Other Program Provider.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44405CF8" w14:textId="72D6643E" w:rsidR="00B42AE1" w:rsidRPr="00B42AE1" w:rsidRDefault="00356AED" w:rsidP="00B42AE1">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="005501C0" w:rsidRPr="00356AED">
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidR="005501C0">
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="005501C0" w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> Other Program Provider will concurrently service the Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> while accessing Small Business Coaching, the Provider must advise the Other Program Provider of the Participant’s Small Business Coaching Commencement.</w:t>
       </w:r>
     </w:p>
@@ -11061,51 +11250,50 @@
       </w:r>
       <w:r w:rsidR="003A21CD">
         <w:t>'</w:t>
       </w:r>
       <w:r w:rsidR="00D14100">
         <w:t xml:space="preserve">s IT </w:t>
       </w:r>
       <w:r w:rsidR="00D007CC">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00D14100">
         <w:t>ystem</w:t>
       </w:r>
       <w:r w:rsidR="00D007CC">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> at any time. Please follow the procedure outlined in the next section when submitting the Tax File Declaration to the Department. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149F206C" w14:textId="10B17B3F" w:rsidR="00B42AE1" w:rsidRDefault="00B42AE1" w:rsidP="002F7B8F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Correspondence with the Department's </w:t>
       </w:r>
       <w:r w:rsidR="00F838F5">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00AC40E8">
         <w:t xml:space="preserve">mall </w:t>
       </w:r>
       <w:r w:rsidR="00F838F5">
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00AC40E8">
         <w:t xml:space="preserve">usiness </w:t>
       </w:r>
       <w:r w:rsidR="00F838F5">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00AC40E8">
         <w:t>oaching (SBC)</w:t>
       </w:r>
       <w:r w:rsidR="00F838F5">
         <w:t xml:space="preserve"> Allowance Review Team</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0F53A9" w14:textId="5618482B" w:rsidR="000F77AE" w:rsidRDefault="00BD4068" w:rsidP="00BD4068">
@@ -11124,50 +11312,51 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>, the Provider should apply the following naming protocol for email subject lines.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E8C1423" w14:textId="77777777" w:rsidR="00BD4068" w:rsidRPr="00CF55F4" w:rsidRDefault="00BD4068" w:rsidP="002F7B8F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rStyle w:val="1AllTextUnderline"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF55F4">
         <w:rPr>
           <w:rStyle w:val="1AllTextUnderline"/>
           <w:bCs w:val="0"/>
           <w:u w:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Small Business Coaching commencement paperwork</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EED3DE8" w14:textId="77777777" w:rsidR="00BD4068" w:rsidRDefault="00BD4068" w:rsidP="00BD4068">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">When the Provider emails Small Business Coaching commencement paperwork, the subject line should be of the following format: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A136A3" w14:textId="77777777" w:rsidR="00CF55F4" w:rsidRDefault="00BD4068" w:rsidP="00AE7673">
       <w:pPr>
         <w:pStyle w:val="ExampleTextBox"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">proposed commencement date (YY/MM/DD) | Provider organisation code | JSID | SBC APP | First Name | Last Name. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4373A739" w14:textId="77777777" w:rsidR="00AE7673" w:rsidRDefault="00CF55F4" w:rsidP="00AE7673">
       <w:pPr>
         <w:pStyle w:val="ExampleTextBox"/>
         <w:spacing w:after="120"/>
         <w:rPr>
@@ -11942,56 +12131,80 @@
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0003459E">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Participants may travel overseas to purchase stock, make sales, or earn business income </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0003459E">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>as long as</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0003459E">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> management and control of the business remain in Australia. Participants in Small Business Coaching must organise travel so that they are available for monthly contacts and Business Mentoring and must not work overseas on an ongoing basis.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46100027" w14:textId="3B6CEF37" w:rsidR="0003459E" w:rsidRDefault="0003459E" w:rsidP="0003459E">
+    <w:p w14:paraId="46100027" w14:textId="7D70E5EC" w:rsidR="0003459E" w:rsidRDefault="0003459E" w:rsidP="0003459E">
       <w:r w:rsidRPr="0003459E">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>Any business-related travel should be approved and outlined in the Business Plan at least 28 of days before any travel. This must include a detailed itinerary</w:t>
+        <w:t xml:space="preserve">Any business-related travel </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6F41">
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="006B6F41" w:rsidRPr="0003459E">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0003459E">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be approved and outlined in the Business Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="006B6F41" w:rsidRPr="006B6F41">
+        <w:t xml:space="preserve">and the Department should be notified </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0003459E">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>at least 28 days before any travel. This must include a detailed itinerary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0003459E">
         <w:t>that outlines the purpose of the travel, the details of any planned meetings including who the Participant will be meeting with and where and when the meetings will occur, and any other relevant details pertaining to the travel. The Provider must upload the updated Business Plan and the travel itinerary to the Department’s IT Systems. The Provider should also ensure the Business Plan details that an appropriate level of travel insurance has been obtained in relation to the travel. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FF18AAF" w14:textId="35ABB023" w:rsidR="0003459E" w:rsidRPr="0003459E" w:rsidRDefault="0003459E" w:rsidP="0003459E">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0003459E">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">For Participants receiving Self-Employment Allowance, overseas travel could be longer than the four-week period allowed by Services Australia for those </w:t>
       </w:r>
       <w:r w:rsidR="0086681B">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>P</w:t>
@@ -13724,214 +13937,214 @@
       <w:r w:rsidR="00CF55F4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Terminating_a_Participant" w:history="1">
         <w:r w:rsidR="00CF55F4" w:rsidRPr="00CF55F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Terminating a Participant</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00356AED">
         <w:t>), the Provider must generally recommend the suspension of the Participant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF54D98" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>The exception to the Provider’s obligation to recommend a suspension is where a Participant has breached their Small Business Coaching Agreement due to illness or other personal issues and the Participant is likely to begin complying with their Small Business Coaching Agreement in less than a week's time. A Participant may remain unsuspended for a maximum of 5 Business Days throughout their Period of Small Business Coaching while not working their Required Hours due to these reasons only.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76AEC537" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">The Provider should not recommend a suspension where a Participant’s circumstances change but the Participant is still able to comply with their Small Business Coaching Agreement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D0B8B5" w14:textId="78A09B4C" w:rsidR="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
+    <w:p w14:paraId="29D0B8B5" w14:textId="0851AD9F" w:rsidR="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">Once the Provider has identified that it is appropriate to recommend the suspension of a Participant, they must identify the category of the suspension and the date from which the suspension will apply in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="008900CF" w:rsidRPr="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="008900CF" w:rsidRPr="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref98840540 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="008900CF" w:rsidRPr="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="008900CF" w:rsidRPr="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>Table 10</w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="008900CF" w:rsidRPr="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A598BC5" w14:textId="03B854E5" w:rsidR="004F6EA2" w:rsidRDefault="004F6EA2" w:rsidP="004F6EA2">
+    <w:p w14:paraId="0A598BC5" w14:textId="7DF41CCB" w:rsidR="004F6EA2" w:rsidRDefault="004F6EA2" w:rsidP="004F6EA2">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Note: Participants in receipt of Self-Employment Allowance (and Rental Assistance, if applicable) may be eligible for backpay, </w:t>
       </w:r>
       <w:r w:rsidR="00AE7673">
         <w:t xml:space="preserve">where they continue to operate their business </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for the </w:t>
       </w:r>
       <w:r w:rsidR="00AE7673">
         <w:t>specified</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> suspension reasons identified in </w:t>
       </w:r>
       <w:r w:rsidR="00CB77DF">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00CB77DF">
         <w:instrText xml:space="preserve"> REF _Ref98840540 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00CB77DF">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00CB77DF">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, providing the suspension has been </w:t>
       </w:r>
       <w:r w:rsidR="00445D09">
         <w:t>resolved</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and a recommencement request is approved by the Department. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="461B50C0" w14:textId="14332D32" w:rsidR="004F6EA2" w:rsidRPr="00356AED" w:rsidRDefault="004F6EA2" w:rsidP="004F6EA2">
       <w:r>
         <w:t>If a suspension duration has passed, termination will occur and no backpay can be paid.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B885DA1" w14:textId="2A2C7A32" w:rsidR="008900CF" w:rsidRDefault="008900CF" w:rsidP="008900CF">
+    <w:p w14:paraId="0B885DA1" w14:textId="59171EF2" w:rsidR="008900CF" w:rsidRDefault="008900CF" w:rsidP="008900CF">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:bookmarkStart w:id="147" w:name="_Ref98840540"/>
       <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> STYLEREF 1 \s </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="003553AC">
+      <w:r w:rsidR="00A11D45">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> SEQ Table \* ALPHABETIC \s 1 </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="147"/>
       <w:r>
         <w:t>: Suspension categories and key dates</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DESE"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3117"/>
         <w:gridCol w:w="3201"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1950"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED2DE2" w14:paraId="22253D9A" w14:textId="77777777" w:rsidTr="70A25889">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
@@ -15098,109 +15311,109 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>No backpay</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="15239010" w14:textId="5F5E796C" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00CF55F4" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="ExampleTextBox"/>
       </w:pPr>
       <w:bookmarkStart w:id="148" w:name="_Hlk98406992"/>
       <w:r w:rsidRPr="00CF55F4">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>Example:</w:t>
       </w:r>
       <w:r w:rsidR="00356AED" w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> Steve is a Small Business Coaching Participant operating a food truck small business. He falls ill for a week and is unable to operate his food truck as a result. He is however able to continue working in his Business by developing his Business’ social media presence and catching up on his bookkeeping. As a result, Steve’s Provider does not recommend to the Department that Steve’s Small Business Coaching Agreement is suspended for the week that Steve is unwell.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:p w14:paraId="000FB530" w14:textId="7C8461AA" w:rsidR="00ED2DE2" w:rsidRDefault="00356AED" w:rsidP="00356AED">
+    <w:p w14:paraId="000FB530" w14:textId="6F1AEAC4" w:rsidR="00ED2DE2" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="Systemstep"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">The Provider </w:t>
       </w:r>
       <w:r w:rsidR="005D7F3F">
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="005D7F3F" w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t>enter a recommended suspension in the Department’s IT Systems</w:t>
       </w:r>
       <w:r w:rsidR="008F4945">
         <w:t>, in accordance with</w:t>
       </w:r>
       <w:r w:rsidR="000D3B13">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D3B13" w:rsidRPr="26D2FD83">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="000D3B13" w:rsidRPr="26D2FD83">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref98840540 \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="000D3B13" w:rsidRPr="26D2FD83">
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="000D3B13" w:rsidRPr="26D2FD83">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="000D3B13" w:rsidRPr="26D2FD83">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="008F4945">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F4945" w:rsidRPr="26D2FD83">
         <w:rPr>
           <w:b/>
@@ -15265,87 +15478,87 @@
         </w:rPr>
         <w:t xml:space="preserve">The Provider may be liable for any overpayment of Self-Employment Allowance and/or Self-Employment Rental Assistance to a Participant if they fail to enter the </w:t>
       </w:r>
       <w:r w:rsidR="00DA46F5" w:rsidRPr="26D2FD83">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">suspension </w:t>
       </w:r>
       <w:r w:rsidRPr="26D2FD83">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>recommendation within 5 Business Days</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Failure to notify may also result in the recovery of any Business Progress Fees paid to the Provider following their failure to </w:t>
       </w:r>
       <w:r w:rsidR="00917394">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t>otify.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D6DC776" w14:textId="2835087F" w:rsidR="00ED2DE2" w:rsidRDefault="00356AED" w:rsidP="002A6D04">
+    <w:p w14:paraId="7D6DC776" w14:textId="20EE5AC7" w:rsidR="00ED2DE2" w:rsidRDefault="00356AED" w:rsidP="002A6D04">
       <w:pPr>
         <w:pStyle w:val="1AllTextNormalParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">Participants should be terminated from Small Business Coaching if they are suspended for the relevant maximum duration specified in </w:t>
       </w:r>
       <w:r w:rsidR="008900CF" w:rsidRPr="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="008900CF" w:rsidRPr="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref98840540 \h  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="008900CF" w:rsidRPr="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="008900CF" w:rsidRPr="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>Table 10</w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="008900CF" w:rsidRPr="008900CF">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00ED2DE2">
         <w:t xml:space="preserve">The Provider must not recommend a termination until the timeframe advised in the suspension notification has passed, unless termination from Small Business Coaching has been requested by the </w:t>
       </w:r>
       <w:r w:rsidR="664179A8">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00ED2DE2">
         <w:t xml:space="preserve">articipant in writing. </w:t>
       </w:r>
       <w:r w:rsidR="00ED2DE2">
@@ -15567,101 +15780,101 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>Recommencing a Participant after a suspension</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57DD632A" w14:textId="6FED761F" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">Once the Participant has </w:t>
       </w:r>
       <w:r w:rsidR="00E46CC7">
         <w:t>resolved</w:t>
       </w:r>
       <w:r w:rsidR="00E46CC7" w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t>the issue that led to them being suspended, the Provider must ask the Department to recommence the Participant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63321FC4" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>Where the Provider identifies that a Participant was incorrectly suspended, the recommencement date must be the same date as the suspension start date to ensure the Participant receives their full payment in arrears.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE35543" w14:textId="6C156B10" w:rsidR="00A1194B" w:rsidRDefault="00A1194B" w:rsidP="00A1194B">
+    <w:p w14:paraId="7CE35543" w14:textId="21F79DB1" w:rsidR="00A1194B" w:rsidRDefault="00A1194B" w:rsidP="00A1194B">
       <w:r>
         <w:t xml:space="preserve">For Participants in receipt of Self-Employment Allowance and Self-Employment Rental Assistance, who are suspended and receive backpay once the suspension reason is resolved (specified in </w:t>
       </w:r>
       <w:r w:rsidR="00C85D4F" w:rsidRPr="001F2933">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00C85D4F" w:rsidRPr="001F2933">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref98840540 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00C85D4F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00C85D4F" w:rsidRPr="001F2933">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00C85D4F" w:rsidRPr="001F2933">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00C85D4F" w:rsidRPr="001F2933">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidRPr="004C69EA">
         <w:t>the recommencement date should be the same as the suspension start date</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4D35">
@@ -16617,51 +16830,51 @@
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C33EC55" w14:textId="0AFDA6CD" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">Where the Provider’s usage of Places for Business Health Checks and/or Business Advice Sessions exceeds their nominal regional Place allocation (see </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Flexible_usage_of" w:history="1">
         <w:r w:rsidRPr="00CF55F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Flexible usage of Places for Business Health Checks and Business Advice Sessions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00356AED">
         <w:t>), the figure used will be their allocated number of relevant Places in the Employment Region.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71BF42A0" w14:textId="00016E49" w:rsidR="00D0585A" w:rsidRDefault="00CF55F4" w:rsidP="00356AED">
+    <w:p w14:paraId="71BF42A0" w14:textId="042AE345" w:rsidR="00D0585A" w:rsidRDefault="00CF55F4" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="ExampleTextBox"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>Example</w:t>
       </w:r>
       <w:r w:rsidR="00356AED" w:rsidRPr="00FD5E8B">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00356AED" w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> Ask! Advisory Services is a Provider in the Ballarat and Bendigo Employment Regions. </w:t>
       </w:r>
       <w:r w:rsidR="00D0585A">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00356AED" w:rsidRPr="00356AED">
         <w:t xml:space="preserve">heir Place allocations and usage </w:t>
       </w:r>
       <w:r w:rsidR="00D0585A">
@@ -16689,149 +16902,149 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref98841981 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>Table 11</w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00D0585A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC387CC" w14:textId="77777777" w:rsidR="00D0585A" w:rsidRPr="00356AED" w:rsidRDefault="00D0585A" w:rsidP="00D0585A">
       <w:pPr>
         <w:pStyle w:val="ExampleTextBox"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>Because they exceeded their Place allocation for Business Advice Sessions in Ballarat, they were unable to use 34 Business Advice Session Places in Bendigo. In totalling their Places used in Ballarat for the purposes of KPI 1B, their allocation of Business Advice Session Places (29) is used rather than their Places used (33).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EA64F5D" w14:textId="0562AD73" w:rsidR="00D0585A" w:rsidRPr="00356AED" w:rsidRDefault="00D0585A" w:rsidP="00FD5E8B">
       <w:pPr>
         <w:pStyle w:val="ExampleTextBox"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>Accordingly, for KPI 1B Ask! Advisory Services received the following scores:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EFE4E25" w14:textId="143FB00B" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00D0585A" w:rsidP="00FD5E8B">
       <w:pPr>
         <w:pStyle w:val="ExampleTextBox"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>Ballarat: (62 / 65) = 95%</w:t>
       </w:r>
       <w:r w:rsidR="00FD5E8B">
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t>Bendigo: (70 / 76) = 92%.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="552E2B0F" w14:textId="24889B62" w:rsidR="00056DF6" w:rsidRDefault="00056DF6" w:rsidP="00056DF6">
+    <w:p w14:paraId="552E2B0F" w14:textId="75C8F076" w:rsidR="00056DF6" w:rsidRDefault="00056DF6" w:rsidP="00056DF6">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:bookmarkStart w:id="166" w:name="_Ref98841981"/>
       <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> STYLEREF 1 \s </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="003553AC">
+      <w:r w:rsidR="00A11D45">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> SEQ Table \* ALPHABETIC \s 1 </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="166"/>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00D0585A">
         <w:t xml:space="preserve">Example of Place allocations - </w:t>
       </w:r>
       <w:r>
         <w:t>Ask! Advisory Services</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DESE"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:topFromText="100" w:bottomFromText="100" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="1906" w:tblpY="120"/>
         <w:tblW w:w="8217" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1696"/>
         <w:gridCol w:w="1587"/>
         <w:gridCol w:w="1587"/>
         <w:gridCol w:w="1587"/>
@@ -17683,51 +17896,51 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
     <w:p w14:paraId="09B6CA72" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t>As Performance Outcomes have significant lead times, KPI 2 will be measured on a contract-to-date basis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44812904" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>KPI 3 – Quality and Assurance (20%)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE4D58E" w14:textId="43B285ED" w:rsidR="00056DF6" w:rsidRDefault="00356AED" w:rsidP="00056DF6">
+    <w:p w14:paraId="3CE4D58E" w14:textId="1781BF18" w:rsidR="00056DF6" w:rsidRDefault="00356AED" w:rsidP="00056DF6">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">KPI 3 assesses the quality of the Provider’s service delivery, the Provider’s compliance with the Deed, Participant feedback and the outcomes of assurance activities </w:t>
       </w:r>
       <w:r w:rsidR="00641953" w:rsidRPr="00356AED">
         <w:t>conducted</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> by the Department. Each Performance Period, the Department’s </w:t>
       </w:r>
       <w:r w:rsidR="00EC7952">
         <w:t>Provider Lead</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> may consider the evidence outlined below </w:t>
       </w:r>
       <w:r w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextNormalCharacter"/>
         </w:rPr>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
@@ -17738,125 +17951,125 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref98842154 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>Table 11</w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextNormalCharacter"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t>to assess the Provider’s performance</w:t>
       </w:r>
       <w:r w:rsidR="4D315391">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="169" w:name="_Ref98842154"/>
       <w:r w:rsidR="00056DF6">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r w:rsidR="00056DF6">
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00056DF6">
-[...2 lines deleted...]
-      <w:r w:rsidR="00056DF6">
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> STYLEREF 1 \s </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidR="00056DF6">
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="003553AC">
+      <w:r w:rsidR="00A11D45">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r w:rsidR="00056DF6">
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00056DF6">
-[...2 lines deleted...]
-      <w:r w:rsidR="00056DF6">
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> SEQ Table \* ALPHABETIC \s 1 </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00056DF6">
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="169"/>
       <w:r w:rsidR="00056DF6">
         <w:t>: KPI 3 - Measures of Quality and Assurance</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DESE"/>
         <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="4961"/>
       </w:tblGrid>
       <w:tr w:rsidR="00356AED" w14:paraId="1D6B916D" w14:textId="77777777" w:rsidTr="26D2FD83">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -18394,153 +18607,153 @@
               <w:pStyle w:val="BulletLevel1"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>A relevant senior staff member investigates complaints</w:t>
             </w:r>
             <w:r w:rsidR="5A64A6A2">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B3FB349" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00C36DF0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="170" w:name="_Benchmarks"/>
       <w:bookmarkStart w:id="171" w:name="_Ref98751148"/>
       <w:bookmarkEnd w:id="170"/>
       <w:r w:rsidRPr="00356AED">
         <w:t>Benchmarks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="171"/>
     </w:p>
-    <w:p w14:paraId="65CDC944" w14:textId="1415928F" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
+    <w:p w14:paraId="65CDC944" w14:textId="20B7E515" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">Provider performance will be measured against an overarching benchmarked single performance score at an Employment Region level. The Department has set individual benchmarks for each Key Performance Indicator, each of which contribute to the overarching benchmark single performance score as shown in </w:t>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> REF _Ref98842244 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:t>Table 11</w:t>
       </w:r>
-      <w:r w:rsidR="001E5BC2" w:rsidRPr="001E5BC2">
+      <w:r w:rsidR="008C0AF9" w:rsidRPr="008C0AF9">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00056DF6" w:rsidRPr="00056DF6">
         <w:rPr>
           <w:rStyle w:val="1AllTextBold"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51340BC3" w14:textId="50C24A40" w:rsidR="00056DF6" w:rsidRDefault="00056DF6" w:rsidP="00056DF6">
+    <w:p w14:paraId="51340BC3" w14:textId="0E014A30" w:rsidR="00056DF6" w:rsidRDefault="00056DF6" w:rsidP="00056DF6">
       <w:pPr>
         <w:pStyle w:val="Caption"/>
         <w:keepNext/>
       </w:pPr>
       <w:bookmarkStart w:id="172" w:name="_Ref98842244"/>
       <w:bookmarkStart w:id="173" w:name="_Hlk95748089"/>
       <w:r>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> STYLEREF 1 \s </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="003553AC">
+      <w:r w:rsidR="00A11D45">
         <w:noBreakHyphen/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A11D45">
+        <w:instrText xml:space="preserve"> SEQ Table \* ALPHABETIC \s 1 </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="001E5BC2">
+      <w:r w:rsidR="008C0AF9">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00A11D45">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="172"/>
       <w:r>
         <w:t>: Key Performance Indicator Weightings and Benchmarks</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DESE"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4390"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="1344"/>
       </w:tblGrid>
       <w:tr w:rsidR="00356AED" w14:paraId="600A1D47" w14:textId="77777777" w:rsidTr="00356AED">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000100" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="1" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -19207,51 +19420,59 @@
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00810C45">
         <w:t>Deed Reference(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00C741A1">
         <w:t>Clause</w:t>
       </w:r>
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve"> 107)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="793118C7" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00356AED">
         <w:t>Right of Reply</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B9089F8" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
-        <w:t xml:space="preserve">The Department will formally notify Self-Employment Assistance Providers subject to a reduction in Places and they will have the opportunity to submit a ‘right of reply’. The ‘right of reply’ may describe: </w:t>
+        <w:t xml:space="preserve">The Department will formally notify Self-Employment Assistance Providers subject to a reduction in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00356AED">
+        <w:t>Places</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00356AED">
+        <w:t xml:space="preserve"> and they will have the opportunity to submit a ‘right of reply’. The ‘right of reply’ may describe: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2309DCB7" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="5A64A6A2" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">labour market or geographical factors that affected performance, or </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C65286E" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="5A64A6A2" w:rsidP="00356AED">
       <w:pPr>
         <w:pStyle w:val="BulletLevel1"/>
       </w:pPr>
       <w:r>
         <w:t>extenuating circumstances that may have affected their ability to use their Places. Extenuating circumstances are outside the Provider’s control, have not affected other Self-Employment Assistance Providers and are not situations internal to the Provider’s organisation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FCCD688" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
         <w:t xml:space="preserve">Providers that elect to submit a ‘right of reply’ will need to include strategies for responding to these challenges in their submission. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="504EFFB0" w14:textId="77777777" w:rsidR="00356AED" w:rsidRPr="00356AED" w:rsidRDefault="00356AED" w:rsidP="00356AED">
       <w:r w:rsidRPr="00356AED">
@@ -20326,71 +20547,71 @@
     </w:p>
     <w:p w14:paraId="5A394906" w14:textId="513BABDB" w:rsidR="00560BA2" w:rsidRPr="00375B03" w:rsidRDefault="60733608" w:rsidP="00641D16">
       <w:pPr>
         <w:pStyle w:val="DocumentaryEvidencePoint"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="3E76C73E">
         <w:t>Provider must retain copies of the insurance policies relied upon by the Provider to be compliant with the requirements for additional insurance. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00560BA2" w:rsidRPr="00375B03" w:rsidSect="00891532">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="142" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68E1DCAA" w14:textId="77777777" w:rsidR="00574AD1" w:rsidRDefault="00574AD1" w:rsidP="00977D5C">
+    <w:p w14:paraId="69D925E8" w14:textId="77777777" w:rsidR="006860E4" w:rsidRDefault="006860E4" w:rsidP="00977D5C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67F521CA" w14:textId="77777777" w:rsidR="00574AD1" w:rsidRDefault="00574AD1" w:rsidP="00977D5C">
+    <w:p w14:paraId="193589A9" w14:textId="77777777" w:rsidR="006860E4" w:rsidRDefault="006860E4" w:rsidP="00977D5C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E12A47C" w14:textId="77777777" w:rsidR="00574AD1" w:rsidRDefault="00574AD1">
+    <w:p w14:paraId="288273FB" w14:textId="77777777" w:rsidR="006860E4" w:rsidRDefault="006860E4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -20440,74 +20661,88 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="19B87A7C" w14:textId="4B95C51F" w:rsidR="00CE15F7" w:rsidRPr="00054DE8" w:rsidRDefault="4A4F3A7F" w:rsidP="4A4F3A7F">
+  <w:p w14:paraId="19B87A7C" w14:textId="1A27A9B7" w:rsidR="00CE15F7" w:rsidRPr="00054DE8" w:rsidRDefault="4A4F3A7F" w:rsidP="4A4F3A7F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="767171" w:themeColor="background2" w:themeShade="80"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="4A4F3A7F">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Effective from: </w:t>
     </w:r>
     <w:r w:rsidR="000966B6">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>1 January 2025</w:t>
+      <w:t xml:space="preserve">1 </w:t>
+    </w:r>
+    <w:r w:rsidR="00926631">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">November </w:t>
+    </w:r>
+    <w:r w:rsidR="000966B6">
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>2025</w:t>
     </w:r>
     <w:r w:rsidR="00CE15F7">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00CE15F7">
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="4A4F3A7F">
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00CE15F7" w:rsidRPr="4A4F3A7F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00CE15F7" w:rsidRPr="4A4F3A7F">
       <w:rPr>
@@ -20582,71 +20817,71 @@
     <w:r w:rsidRPr="4A4F3A7F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidR="00CE15F7" w:rsidRPr="4A4F3A7F">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="094A9AC9" w14:textId="77777777" w:rsidR="00574AD1" w:rsidRDefault="00574AD1" w:rsidP="00977D5C">
+    <w:p w14:paraId="47808D0E" w14:textId="77777777" w:rsidR="006860E4" w:rsidRDefault="006860E4" w:rsidP="00977D5C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1AD70589" w14:textId="77777777" w:rsidR="00574AD1" w:rsidRDefault="00574AD1" w:rsidP="00977D5C">
+    <w:p w14:paraId="658F4068" w14:textId="77777777" w:rsidR="006860E4" w:rsidRDefault="006860E4" w:rsidP="00977D5C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7215570E" w14:textId="77777777" w:rsidR="00574AD1" w:rsidRDefault="00574AD1">
+    <w:p w14:paraId="70720CFA" w14:textId="77777777" w:rsidR="006860E4" w:rsidRDefault="006860E4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="48751F8E" w14:textId="4FB2C586" w:rsidR="00CE15F7" w:rsidRDefault="00CE15F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1533378A" w14:textId="77777777" w:rsidR="00CE15F7" w:rsidRDefault="00CE15F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
@@ -22723,65 +22958,67 @@
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000F7631"/>
     <w:rsid w:val="00000785"/>
     <w:rsid w:val="000007C9"/>
     <w:rsid w:val="0000096D"/>
     <w:rsid w:val="00000A90"/>
+    <w:rsid w:val="0000147C"/>
     <w:rsid w:val="00001D11"/>
     <w:rsid w:val="000030A8"/>
     <w:rsid w:val="000031F5"/>
     <w:rsid w:val="00003C80"/>
     <w:rsid w:val="00003FBE"/>
     <w:rsid w:val="0000472F"/>
     <w:rsid w:val="000055E5"/>
     <w:rsid w:val="00005796"/>
     <w:rsid w:val="00005C79"/>
     <w:rsid w:val="00005CCC"/>
     <w:rsid w:val="0000622E"/>
     <w:rsid w:val="000067B5"/>
     <w:rsid w:val="00006E9A"/>
     <w:rsid w:val="00007683"/>
     <w:rsid w:val="00007E94"/>
+    <w:rsid w:val="00010319"/>
     <w:rsid w:val="00010451"/>
     <w:rsid w:val="000110BC"/>
     <w:rsid w:val="000112CE"/>
     <w:rsid w:val="00011376"/>
     <w:rsid w:val="0001143A"/>
     <w:rsid w:val="00011B10"/>
     <w:rsid w:val="00012029"/>
     <w:rsid w:val="00012720"/>
     <w:rsid w:val="000128AA"/>
     <w:rsid w:val="00012C17"/>
     <w:rsid w:val="00013B5F"/>
     <w:rsid w:val="00014355"/>
     <w:rsid w:val="0001478D"/>
     <w:rsid w:val="00014878"/>
     <w:rsid w:val="00014AFD"/>
     <w:rsid w:val="00014DFB"/>
     <w:rsid w:val="0001534E"/>
     <w:rsid w:val="0001586F"/>
     <w:rsid w:val="0001680B"/>
     <w:rsid w:val="00016E4D"/>
     <w:rsid w:val="00017439"/>
     <w:rsid w:val="00017553"/>
     <w:rsid w:val="0001763B"/>
     <w:rsid w:val="0001765F"/>
     <w:rsid w:val="000209D0"/>
@@ -22790,73 +23027,74 @@
     <w:rsid w:val="0002185D"/>
     <w:rsid w:val="00021E89"/>
     <w:rsid w:val="00022D9B"/>
     <w:rsid w:val="00022DAC"/>
     <w:rsid w:val="000238F0"/>
     <w:rsid w:val="00023E97"/>
     <w:rsid w:val="0002424C"/>
     <w:rsid w:val="000248F4"/>
     <w:rsid w:val="00024A07"/>
     <w:rsid w:val="00024E48"/>
     <w:rsid w:val="00025126"/>
     <w:rsid w:val="00025410"/>
     <w:rsid w:val="0002570B"/>
     <w:rsid w:val="00025D87"/>
     <w:rsid w:val="00026685"/>
     <w:rsid w:val="00027272"/>
     <w:rsid w:val="0002773D"/>
     <w:rsid w:val="00027BEF"/>
     <w:rsid w:val="00030036"/>
     <w:rsid w:val="0003065A"/>
     <w:rsid w:val="00031018"/>
     <w:rsid w:val="000310AA"/>
     <w:rsid w:val="0003134E"/>
     <w:rsid w:val="0003237E"/>
     <w:rsid w:val="000329CA"/>
+    <w:rsid w:val="00032ADF"/>
     <w:rsid w:val="00032C59"/>
     <w:rsid w:val="0003328D"/>
     <w:rsid w:val="000336C2"/>
     <w:rsid w:val="00033C62"/>
     <w:rsid w:val="0003407C"/>
     <w:rsid w:val="00034134"/>
     <w:rsid w:val="000343BF"/>
     <w:rsid w:val="0003459E"/>
     <w:rsid w:val="00034B4A"/>
     <w:rsid w:val="0003544C"/>
     <w:rsid w:val="000355D0"/>
     <w:rsid w:val="0003647D"/>
     <w:rsid w:val="00036906"/>
     <w:rsid w:val="000372CD"/>
     <w:rsid w:val="000376B3"/>
     <w:rsid w:val="00037A0D"/>
     <w:rsid w:val="00037AAE"/>
     <w:rsid w:val="00037F9A"/>
-    <w:rsid w:val="0004053B"/>
     <w:rsid w:val="0004069E"/>
     <w:rsid w:val="00040731"/>
     <w:rsid w:val="00041554"/>
     <w:rsid w:val="00041BD4"/>
+    <w:rsid w:val="00041FE6"/>
     <w:rsid w:val="00042AA6"/>
     <w:rsid w:val="00042EEA"/>
     <w:rsid w:val="00043084"/>
     <w:rsid w:val="00043A75"/>
     <w:rsid w:val="00043DB3"/>
     <w:rsid w:val="0004401C"/>
     <w:rsid w:val="000445F9"/>
     <w:rsid w:val="00044A63"/>
     <w:rsid w:val="000453CD"/>
     <w:rsid w:val="0004581A"/>
     <w:rsid w:val="00045DD3"/>
     <w:rsid w:val="00045E19"/>
     <w:rsid w:val="00045FB2"/>
     <w:rsid w:val="0004632B"/>
     <w:rsid w:val="00046A87"/>
     <w:rsid w:val="0004738C"/>
     <w:rsid w:val="00047AE5"/>
     <w:rsid w:val="00047C3D"/>
     <w:rsid w:val="00047ECF"/>
     <w:rsid w:val="00050278"/>
     <w:rsid w:val="000503CF"/>
     <w:rsid w:val="000504D9"/>
     <w:rsid w:val="000504F9"/>
     <w:rsid w:val="000508FE"/>
     <w:rsid w:val="00050B85"/>
@@ -23015,88 +23253,89 @@
     <w:rsid w:val="000B1BDE"/>
     <w:rsid w:val="000B2473"/>
     <w:rsid w:val="000B2CA6"/>
     <w:rsid w:val="000B442F"/>
     <w:rsid w:val="000B4732"/>
     <w:rsid w:val="000B50A1"/>
     <w:rsid w:val="000B5C94"/>
     <w:rsid w:val="000B5D18"/>
     <w:rsid w:val="000B5E44"/>
     <w:rsid w:val="000B6202"/>
     <w:rsid w:val="000B694C"/>
     <w:rsid w:val="000B6A0C"/>
     <w:rsid w:val="000B7040"/>
     <w:rsid w:val="000B712C"/>
     <w:rsid w:val="000B7213"/>
     <w:rsid w:val="000B73F9"/>
     <w:rsid w:val="000B7FC3"/>
     <w:rsid w:val="000C0286"/>
     <w:rsid w:val="000C06BA"/>
     <w:rsid w:val="000C0FAD"/>
     <w:rsid w:val="000C11D5"/>
     <w:rsid w:val="000C13BB"/>
     <w:rsid w:val="000C18B9"/>
     <w:rsid w:val="000C1BA8"/>
     <w:rsid w:val="000C20BC"/>
-    <w:rsid w:val="000C210D"/>
     <w:rsid w:val="000C21C7"/>
     <w:rsid w:val="000C24D8"/>
     <w:rsid w:val="000C257C"/>
     <w:rsid w:val="000C266C"/>
     <w:rsid w:val="000C35C3"/>
     <w:rsid w:val="000C3748"/>
     <w:rsid w:val="000C38DB"/>
     <w:rsid w:val="000C41CA"/>
     <w:rsid w:val="000C44B5"/>
     <w:rsid w:val="000C450E"/>
     <w:rsid w:val="000C4BB2"/>
     <w:rsid w:val="000C5145"/>
     <w:rsid w:val="000C52BF"/>
     <w:rsid w:val="000C5EBB"/>
     <w:rsid w:val="000C61B3"/>
     <w:rsid w:val="000C6AD5"/>
     <w:rsid w:val="000C763E"/>
+    <w:rsid w:val="000C79DF"/>
     <w:rsid w:val="000C7EE6"/>
     <w:rsid w:val="000C7EF8"/>
     <w:rsid w:val="000C7FFD"/>
     <w:rsid w:val="000D02BF"/>
     <w:rsid w:val="000D0404"/>
     <w:rsid w:val="000D1E49"/>
     <w:rsid w:val="000D218C"/>
     <w:rsid w:val="000D22E3"/>
     <w:rsid w:val="000D26FE"/>
     <w:rsid w:val="000D2972"/>
     <w:rsid w:val="000D2C5B"/>
     <w:rsid w:val="000D36B7"/>
     <w:rsid w:val="000D3B13"/>
     <w:rsid w:val="000D3D44"/>
     <w:rsid w:val="000D47EE"/>
     <w:rsid w:val="000D5007"/>
     <w:rsid w:val="000D50D1"/>
     <w:rsid w:val="000D517A"/>
     <w:rsid w:val="000D54B9"/>
     <w:rsid w:val="000D558B"/>
+    <w:rsid w:val="000D56DB"/>
     <w:rsid w:val="000D57DC"/>
     <w:rsid w:val="000D580E"/>
     <w:rsid w:val="000D5DB1"/>
     <w:rsid w:val="000D603C"/>
     <w:rsid w:val="000D631A"/>
     <w:rsid w:val="000D7330"/>
     <w:rsid w:val="000D77AF"/>
     <w:rsid w:val="000D791F"/>
     <w:rsid w:val="000E026A"/>
     <w:rsid w:val="000E0951"/>
     <w:rsid w:val="000E1BD9"/>
     <w:rsid w:val="000E1BE5"/>
     <w:rsid w:val="000E1E9F"/>
     <w:rsid w:val="000E1FF7"/>
     <w:rsid w:val="000E2428"/>
     <w:rsid w:val="000E2435"/>
     <w:rsid w:val="000E2981"/>
     <w:rsid w:val="000E2B21"/>
     <w:rsid w:val="000E2E13"/>
     <w:rsid w:val="000E30FC"/>
     <w:rsid w:val="000E3138"/>
     <w:rsid w:val="000E35B0"/>
     <w:rsid w:val="000E395D"/>
     <w:rsid w:val="000E3BB8"/>
     <w:rsid w:val="000E4290"/>
@@ -23194,157 +23433,161 @@
     <w:rsid w:val="00127801"/>
     <w:rsid w:val="00127AC2"/>
     <w:rsid w:val="00127DAC"/>
     <w:rsid w:val="00130130"/>
     <w:rsid w:val="00130A52"/>
     <w:rsid w:val="001310B4"/>
     <w:rsid w:val="0013126C"/>
     <w:rsid w:val="0013187B"/>
     <w:rsid w:val="00132624"/>
     <w:rsid w:val="00132B6D"/>
     <w:rsid w:val="00132BAC"/>
     <w:rsid w:val="0013354B"/>
     <w:rsid w:val="001335A7"/>
     <w:rsid w:val="001340EE"/>
     <w:rsid w:val="0013425C"/>
     <w:rsid w:val="00134D4E"/>
     <w:rsid w:val="0013591D"/>
     <w:rsid w:val="00135C9B"/>
     <w:rsid w:val="00135D6F"/>
     <w:rsid w:val="0013606D"/>
     <w:rsid w:val="0013627E"/>
     <w:rsid w:val="00136CF6"/>
     <w:rsid w:val="0013790C"/>
     <w:rsid w:val="00137A00"/>
     <w:rsid w:val="00137B68"/>
+    <w:rsid w:val="00137E1A"/>
     <w:rsid w:val="00140B99"/>
     <w:rsid w:val="00141309"/>
     <w:rsid w:val="00141537"/>
     <w:rsid w:val="0014173B"/>
     <w:rsid w:val="00141D43"/>
     <w:rsid w:val="0014263F"/>
     <w:rsid w:val="00142CA2"/>
     <w:rsid w:val="00142F16"/>
     <w:rsid w:val="0014376B"/>
     <w:rsid w:val="00143EA0"/>
     <w:rsid w:val="00143F40"/>
     <w:rsid w:val="001442F3"/>
     <w:rsid w:val="001446C4"/>
     <w:rsid w:val="00145119"/>
     <w:rsid w:val="001456C0"/>
     <w:rsid w:val="0014580F"/>
     <w:rsid w:val="00146421"/>
     <w:rsid w:val="00146959"/>
     <w:rsid w:val="00147D31"/>
     <w:rsid w:val="00147F09"/>
     <w:rsid w:val="00150DF3"/>
     <w:rsid w:val="00150F64"/>
     <w:rsid w:val="001514C4"/>
     <w:rsid w:val="00152413"/>
     <w:rsid w:val="00152CEB"/>
     <w:rsid w:val="00153007"/>
     <w:rsid w:val="00153A30"/>
     <w:rsid w:val="00153DE1"/>
     <w:rsid w:val="0015414C"/>
     <w:rsid w:val="00155139"/>
     <w:rsid w:val="001552F0"/>
     <w:rsid w:val="00155A4E"/>
     <w:rsid w:val="0015634E"/>
     <w:rsid w:val="00156386"/>
     <w:rsid w:val="001563BA"/>
     <w:rsid w:val="001564BD"/>
     <w:rsid w:val="00156D7E"/>
     <w:rsid w:val="001574CD"/>
     <w:rsid w:val="00157571"/>
     <w:rsid w:val="00157C86"/>
     <w:rsid w:val="0016027C"/>
     <w:rsid w:val="00160DBC"/>
     <w:rsid w:val="001615BE"/>
     <w:rsid w:val="001615DD"/>
+    <w:rsid w:val="00161B9B"/>
     <w:rsid w:val="00161FE4"/>
     <w:rsid w:val="00162A3A"/>
     <w:rsid w:val="00162AF2"/>
     <w:rsid w:val="001641FC"/>
     <w:rsid w:val="00164B71"/>
     <w:rsid w:val="001654F3"/>
     <w:rsid w:val="00165752"/>
     <w:rsid w:val="001667FF"/>
     <w:rsid w:val="00167028"/>
     <w:rsid w:val="00167032"/>
     <w:rsid w:val="001670ED"/>
     <w:rsid w:val="00167284"/>
     <w:rsid w:val="001676CB"/>
     <w:rsid w:val="00167EE2"/>
     <w:rsid w:val="001702FA"/>
+    <w:rsid w:val="001703BC"/>
     <w:rsid w:val="0017087E"/>
     <w:rsid w:val="00170EA6"/>
     <w:rsid w:val="001711FB"/>
     <w:rsid w:val="001715DC"/>
     <w:rsid w:val="0017183D"/>
     <w:rsid w:val="00171880"/>
     <w:rsid w:val="00172A17"/>
     <w:rsid w:val="00172F0D"/>
     <w:rsid w:val="00173F3F"/>
     <w:rsid w:val="001748A3"/>
     <w:rsid w:val="00174DF6"/>
     <w:rsid w:val="00175004"/>
     <w:rsid w:val="00176133"/>
     <w:rsid w:val="0017615B"/>
     <w:rsid w:val="001766A8"/>
     <w:rsid w:val="00176711"/>
     <w:rsid w:val="00177118"/>
     <w:rsid w:val="0017711E"/>
     <w:rsid w:val="00177233"/>
     <w:rsid w:val="0017758B"/>
     <w:rsid w:val="001775D1"/>
     <w:rsid w:val="00177652"/>
     <w:rsid w:val="00177CF7"/>
     <w:rsid w:val="00180669"/>
     <w:rsid w:val="00180724"/>
     <w:rsid w:val="00180EEF"/>
     <w:rsid w:val="001818C7"/>
     <w:rsid w:val="00182A21"/>
     <w:rsid w:val="00182B51"/>
     <w:rsid w:val="00182D6D"/>
     <w:rsid w:val="00183023"/>
     <w:rsid w:val="0018462C"/>
     <w:rsid w:val="00185EE0"/>
     <w:rsid w:val="00186325"/>
     <w:rsid w:val="00186531"/>
     <w:rsid w:val="00187379"/>
     <w:rsid w:val="00187390"/>
     <w:rsid w:val="00187656"/>
     <w:rsid w:val="001904F6"/>
     <w:rsid w:val="0019169C"/>
     <w:rsid w:val="00191AFA"/>
     <w:rsid w:val="001923B1"/>
     <w:rsid w:val="00192611"/>
     <w:rsid w:val="00192F2E"/>
     <w:rsid w:val="00192FC8"/>
     <w:rsid w:val="00193020"/>
     <w:rsid w:val="00193324"/>
     <w:rsid w:val="001938C7"/>
+    <w:rsid w:val="00193E89"/>
     <w:rsid w:val="001941E9"/>
     <w:rsid w:val="0019441E"/>
     <w:rsid w:val="00194529"/>
     <w:rsid w:val="00194808"/>
     <w:rsid w:val="0019599F"/>
     <w:rsid w:val="00195A1A"/>
     <w:rsid w:val="00195FB7"/>
     <w:rsid w:val="001966CC"/>
     <w:rsid w:val="00196E2D"/>
     <w:rsid w:val="00196EBE"/>
     <w:rsid w:val="00196ED3"/>
     <w:rsid w:val="00196EEC"/>
     <w:rsid w:val="00196FF8"/>
     <w:rsid w:val="001973A5"/>
     <w:rsid w:val="00197920"/>
     <w:rsid w:val="001A0103"/>
     <w:rsid w:val="001A05E8"/>
     <w:rsid w:val="001A0770"/>
     <w:rsid w:val="001A07E9"/>
     <w:rsid w:val="001A1199"/>
     <w:rsid w:val="001A14B1"/>
     <w:rsid w:val="001A166D"/>
     <w:rsid w:val="001A16DD"/>
     <w:rsid w:val="001A1E14"/>
     <w:rsid w:val="001A1F70"/>
@@ -23380,98 +23623,102 @@
     <w:rsid w:val="001B5AD4"/>
     <w:rsid w:val="001B5CAF"/>
     <w:rsid w:val="001B5E02"/>
     <w:rsid w:val="001B655F"/>
     <w:rsid w:val="001B6C06"/>
     <w:rsid w:val="001B6EBA"/>
     <w:rsid w:val="001B73C9"/>
     <w:rsid w:val="001B74E3"/>
     <w:rsid w:val="001B75CB"/>
     <w:rsid w:val="001B7AE8"/>
     <w:rsid w:val="001B7D24"/>
     <w:rsid w:val="001C056E"/>
     <w:rsid w:val="001C0E32"/>
     <w:rsid w:val="001C0F8B"/>
     <w:rsid w:val="001C1068"/>
     <w:rsid w:val="001C12ED"/>
     <w:rsid w:val="001C2162"/>
     <w:rsid w:val="001C2476"/>
     <w:rsid w:val="001C2E6E"/>
     <w:rsid w:val="001C3054"/>
     <w:rsid w:val="001C325F"/>
     <w:rsid w:val="001C346E"/>
     <w:rsid w:val="001C3850"/>
     <w:rsid w:val="001C3D98"/>
     <w:rsid w:val="001C43B4"/>
+    <w:rsid w:val="001C4508"/>
     <w:rsid w:val="001C4547"/>
     <w:rsid w:val="001C4A11"/>
     <w:rsid w:val="001C4FAB"/>
     <w:rsid w:val="001C53E5"/>
     <w:rsid w:val="001C581B"/>
     <w:rsid w:val="001C5DE2"/>
     <w:rsid w:val="001C5EBB"/>
     <w:rsid w:val="001C70AD"/>
     <w:rsid w:val="001C7F36"/>
     <w:rsid w:val="001D0178"/>
     <w:rsid w:val="001D0C89"/>
     <w:rsid w:val="001D0DD2"/>
     <w:rsid w:val="001D11D4"/>
     <w:rsid w:val="001D1563"/>
     <w:rsid w:val="001D172C"/>
     <w:rsid w:val="001D1A09"/>
     <w:rsid w:val="001D1E21"/>
     <w:rsid w:val="001D2FBB"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D3733"/>
     <w:rsid w:val="001D3AB0"/>
     <w:rsid w:val="001D3C6B"/>
     <w:rsid w:val="001D3E8E"/>
     <w:rsid w:val="001D4AF2"/>
+    <w:rsid w:val="001D4DFB"/>
     <w:rsid w:val="001D4E2B"/>
     <w:rsid w:val="001D4E80"/>
     <w:rsid w:val="001D4FF3"/>
     <w:rsid w:val="001D5197"/>
     <w:rsid w:val="001D56B3"/>
     <w:rsid w:val="001D5732"/>
     <w:rsid w:val="001D63F4"/>
     <w:rsid w:val="001D64B5"/>
     <w:rsid w:val="001D6BD1"/>
     <w:rsid w:val="001D6BD5"/>
     <w:rsid w:val="001D6CEB"/>
     <w:rsid w:val="001D744D"/>
     <w:rsid w:val="001D76F3"/>
     <w:rsid w:val="001D7795"/>
     <w:rsid w:val="001D7826"/>
     <w:rsid w:val="001D78CF"/>
     <w:rsid w:val="001D7D30"/>
     <w:rsid w:val="001E047B"/>
     <w:rsid w:val="001E04F6"/>
     <w:rsid w:val="001E052D"/>
     <w:rsid w:val="001E0721"/>
     <w:rsid w:val="001E143B"/>
     <w:rsid w:val="001E1AD4"/>
     <w:rsid w:val="001E1DA3"/>
+    <w:rsid w:val="001E1E99"/>
+    <w:rsid w:val="001E1FAA"/>
     <w:rsid w:val="001E220D"/>
     <w:rsid w:val="001E2A4F"/>
     <w:rsid w:val="001E2C3D"/>
     <w:rsid w:val="001E34BD"/>
     <w:rsid w:val="001E397C"/>
     <w:rsid w:val="001E4195"/>
     <w:rsid w:val="001E4343"/>
     <w:rsid w:val="001E48E6"/>
     <w:rsid w:val="001E4EAB"/>
     <w:rsid w:val="001E50B6"/>
     <w:rsid w:val="001E53F0"/>
     <w:rsid w:val="001E596C"/>
     <w:rsid w:val="001E5B49"/>
     <w:rsid w:val="001E5BC2"/>
     <w:rsid w:val="001E6159"/>
     <w:rsid w:val="001E65BF"/>
     <w:rsid w:val="001E661A"/>
     <w:rsid w:val="001E710E"/>
     <w:rsid w:val="001E781A"/>
     <w:rsid w:val="001F09D8"/>
     <w:rsid w:val="001F1070"/>
     <w:rsid w:val="001F1227"/>
     <w:rsid w:val="001F14A7"/>
     <w:rsid w:val="001F1DA6"/>
     <w:rsid w:val="001F24BD"/>
@@ -23627,50 +23874,51 @@
     <w:rsid w:val="00250B4F"/>
     <w:rsid w:val="00251F0A"/>
     <w:rsid w:val="00252526"/>
     <w:rsid w:val="00252661"/>
     <w:rsid w:val="00252A2F"/>
     <w:rsid w:val="002534B0"/>
     <w:rsid w:val="00254187"/>
     <w:rsid w:val="00254C1C"/>
     <w:rsid w:val="0025529C"/>
     <w:rsid w:val="00255744"/>
     <w:rsid w:val="00255F59"/>
     <w:rsid w:val="00256899"/>
     <w:rsid w:val="00256BAC"/>
     <w:rsid w:val="0025729B"/>
     <w:rsid w:val="00257659"/>
     <w:rsid w:val="00257CA2"/>
     <w:rsid w:val="00261201"/>
     <w:rsid w:val="002617CF"/>
     <w:rsid w:val="002627CE"/>
     <w:rsid w:val="00262EF3"/>
     <w:rsid w:val="00263033"/>
     <w:rsid w:val="00263464"/>
     <w:rsid w:val="002637F9"/>
     <w:rsid w:val="0026387C"/>
     <w:rsid w:val="00263961"/>
+    <w:rsid w:val="00263F36"/>
     <w:rsid w:val="002642D5"/>
     <w:rsid w:val="00265457"/>
     <w:rsid w:val="00265830"/>
     <w:rsid w:val="0026597B"/>
     <w:rsid w:val="00265E58"/>
     <w:rsid w:val="00265FC3"/>
     <w:rsid w:val="00265FFE"/>
     <w:rsid w:val="002664EE"/>
     <w:rsid w:val="00266738"/>
     <w:rsid w:val="002668C2"/>
     <w:rsid w:val="00267907"/>
     <w:rsid w:val="00267B2A"/>
     <w:rsid w:val="00267B30"/>
     <w:rsid w:val="0027018A"/>
     <w:rsid w:val="002702E8"/>
     <w:rsid w:val="002704CA"/>
     <w:rsid w:val="002719CF"/>
     <w:rsid w:val="00272B17"/>
     <w:rsid w:val="002730BA"/>
     <w:rsid w:val="0027321B"/>
     <w:rsid w:val="00273A65"/>
     <w:rsid w:val="00273AD8"/>
     <w:rsid w:val="00273E28"/>
     <w:rsid w:val="00274105"/>
     <w:rsid w:val="00274148"/>
@@ -23709,50 +23957,51 @@
     <w:rsid w:val="00284BE8"/>
     <w:rsid w:val="002855F0"/>
     <w:rsid w:val="00285810"/>
     <w:rsid w:val="002859DD"/>
     <w:rsid w:val="00285C82"/>
     <w:rsid w:val="00285E73"/>
     <w:rsid w:val="00285F9C"/>
     <w:rsid w:val="00286DAB"/>
     <w:rsid w:val="00286E6E"/>
     <w:rsid w:val="00286E98"/>
     <w:rsid w:val="002876FE"/>
     <w:rsid w:val="00287946"/>
     <w:rsid w:val="0029079B"/>
     <w:rsid w:val="00290F7D"/>
     <w:rsid w:val="0029104A"/>
     <w:rsid w:val="00291873"/>
     <w:rsid w:val="00292038"/>
     <w:rsid w:val="00292679"/>
     <w:rsid w:val="00292730"/>
     <w:rsid w:val="00293069"/>
     <w:rsid w:val="00293355"/>
     <w:rsid w:val="002936CE"/>
     <w:rsid w:val="0029420D"/>
     <w:rsid w:val="0029457B"/>
     <w:rsid w:val="00294B32"/>
+    <w:rsid w:val="00294F75"/>
     <w:rsid w:val="002953DF"/>
     <w:rsid w:val="0029542F"/>
     <w:rsid w:val="002957E4"/>
     <w:rsid w:val="00296069"/>
     <w:rsid w:val="002976F4"/>
     <w:rsid w:val="002A02D7"/>
     <w:rsid w:val="002A0F9B"/>
     <w:rsid w:val="002A1006"/>
     <w:rsid w:val="002A10D9"/>
     <w:rsid w:val="002A114B"/>
     <w:rsid w:val="002A19E4"/>
     <w:rsid w:val="002A1E91"/>
     <w:rsid w:val="002A22D1"/>
     <w:rsid w:val="002A248B"/>
     <w:rsid w:val="002A2808"/>
     <w:rsid w:val="002A2968"/>
     <w:rsid w:val="002A336F"/>
     <w:rsid w:val="002A34DF"/>
     <w:rsid w:val="002A378D"/>
     <w:rsid w:val="002A43E7"/>
     <w:rsid w:val="002A4753"/>
     <w:rsid w:val="002A48BB"/>
     <w:rsid w:val="002A4BA3"/>
     <w:rsid w:val="002A506B"/>
     <w:rsid w:val="002A568C"/>
@@ -23808,79 +24057,82 @@
     <w:rsid w:val="002C47E9"/>
     <w:rsid w:val="002C50DF"/>
     <w:rsid w:val="002C552E"/>
     <w:rsid w:val="002C5A8B"/>
     <w:rsid w:val="002C6D0E"/>
     <w:rsid w:val="002C705C"/>
     <w:rsid w:val="002C7119"/>
     <w:rsid w:val="002C73BE"/>
     <w:rsid w:val="002C7719"/>
     <w:rsid w:val="002C7734"/>
     <w:rsid w:val="002C786F"/>
     <w:rsid w:val="002C7F54"/>
     <w:rsid w:val="002D0440"/>
     <w:rsid w:val="002D0651"/>
     <w:rsid w:val="002D06C4"/>
     <w:rsid w:val="002D0716"/>
     <w:rsid w:val="002D0993"/>
     <w:rsid w:val="002D0A90"/>
     <w:rsid w:val="002D0C24"/>
     <w:rsid w:val="002D0D8F"/>
     <w:rsid w:val="002D108B"/>
     <w:rsid w:val="002D1101"/>
     <w:rsid w:val="002D1555"/>
     <w:rsid w:val="002D1559"/>
     <w:rsid w:val="002D174E"/>
+    <w:rsid w:val="002D180B"/>
     <w:rsid w:val="002D1A2B"/>
     <w:rsid w:val="002D1B44"/>
     <w:rsid w:val="002D1C83"/>
     <w:rsid w:val="002D24D6"/>
     <w:rsid w:val="002D255B"/>
     <w:rsid w:val="002D28C7"/>
     <w:rsid w:val="002D2B64"/>
     <w:rsid w:val="002D2BA0"/>
     <w:rsid w:val="002D2EFD"/>
     <w:rsid w:val="002D3234"/>
     <w:rsid w:val="002D445B"/>
     <w:rsid w:val="002D4CC1"/>
     <w:rsid w:val="002D59F6"/>
+    <w:rsid w:val="002D5A8F"/>
     <w:rsid w:val="002D5F15"/>
     <w:rsid w:val="002D609B"/>
     <w:rsid w:val="002D6DE3"/>
     <w:rsid w:val="002D72DF"/>
     <w:rsid w:val="002D7B8D"/>
     <w:rsid w:val="002D7EC5"/>
     <w:rsid w:val="002E02E7"/>
     <w:rsid w:val="002E044B"/>
     <w:rsid w:val="002E0750"/>
     <w:rsid w:val="002E0959"/>
     <w:rsid w:val="002E0ECA"/>
     <w:rsid w:val="002E1CFD"/>
     <w:rsid w:val="002E218F"/>
     <w:rsid w:val="002E291A"/>
     <w:rsid w:val="002E3278"/>
     <w:rsid w:val="002E34A1"/>
+    <w:rsid w:val="002E38D1"/>
     <w:rsid w:val="002E414C"/>
     <w:rsid w:val="002E47FD"/>
     <w:rsid w:val="002E4A5E"/>
     <w:rsid w:val="002E5210"/>
     <w:rsid w:val="002E53CD"/>
     <w:rsid w:val="002E549A"/>
     <w:rsid w:val="002E5FE9"/>
     <w:rsid w:val="002E61A3"/>
     <w:rsid w:val="002E6B33"/>
     <w:rsid w:val="002E6BCE"/>
     <w:rsid w:val="002E71C7"/>
     <w:rsid w:val="002E7BA4"/>
     <w:rsid w:val="002F0466"/>
     <w:rsid w:val="002F0C0D"/>
     <w:rsid w:val="002F0D31"/>
     <w:rsid w:val="002F0ED3"/>
     <w:rsid w:val="002F120C"/>
     <w:rsid w:val="002F13F5"/>
     <w:rsid w:val="002F1493"/>
     <w:rsid w:val="002F1660"/>
     <w:rsid w:val="002F1B46"/>
     <w:rsid w:val="002F1CEE"/>
     <w:rsid w:val="002F1EDD"/>
     <w:rsid w:val="002F2012"/>
     <w:rsid w:val="002F24A8"/>
@@ -24012,97 +24264,99 @@
     <w:rsid w:val="00347A8C"/>
     <w:rsid w:val="00347BDE"/>
     <w:rsid w:val="00347F27"/>
     <w:rsid w:val="0035014A"/>
     <w:rsid w:val="003503AA"/>
     <w:rsid w:val="00350444"/>
     <w:rsid w:val="00350B7B"/>
     <w:rsid w:val="00350D28"/>
     <w:rsid w:val="003511E5"/>
     <w:rsid w:val="003517A1"/>
     <w:rsid w:val="003519E3"/>
     <w:rsid w:val="003530B4"/>
     <w:rsid w:val="003538D0"/>
     <w:rsid w:val="003551A2"/>
     <w:rsid w:val="00355298"/>
     <w:rsid w:val="003553AC"/>
     <w:rsid w:val="0035554B"/>
     <w:rsid w:val="0035592A"/>
     <w:rsid w:val="003562A1"/>
     <w:rsid w:val="00356AED"/>
     <w:rsid w:val="00357B07"/>
     <w:rsid w:val="00357F0A"/>
     <w:rsid w:val="0036013D"/>
     <w:rsid w:val="00360593"/>
     <w:rsid w:val="00360911"/>
+    <w:rsid w:val="0036093F"/>
     <w:rsid w:val="00360DBF"/>
     <w:rsid w:val="00361439"/>
     <w:rsid w:val="00361624"/>
     <w:rsid w:val="00361AE4"/>
     <w:rsid w:val="00361F83"/>
     <w:rsid w:val="00363204"/>
     <w:rsid w:val="00363501"/>
     <w:rsid w:val="00363BDF"/>
     <w:rsid w:val="0036429C"/>
     <w:rsid w:val="00364A75"/>
     <w:rsid w:val="00364C00"/>
     <w:rsid w:val="00364CE9"/>
     <w:rsid w:val="00364DB5"/>
     <w:rsid w:val="00364F7A"/>
     <w:rsid w:val="003651DD"/>
     <w:rsid w:val="003654B9"/>
     <w:rsid w:val="00365824"/>
     <w:rsid w:val="0036638E"/>
     <w:rsid w:val="003663DC"/>
     <w:rsid w:val="00366622"/>
     <w:rsid w:val="00366719"/>
     <w:rsid w:val="003675AA"/>
     <w:rsid w:val="0036765B"/>
     <w:rsid w:val="0036787D"/>
     <w:rsid w:val="00367BE2"/>
     <w:rsid w:val="003701DB"/>
     <w:rsid w:val="0037031C"/>
     <w:rsid w:val="00371B92"/>
     <w:rsid w:val="003730F1"/>
     <w:rsid w:val="00373953"/>
     <w:rsid w:val="00373CB2"/>
     <w:rsid w:val="00373F13"/>
     <w:rsid w:val="003744D5"/>
     <w:rsid w:val="00374A93"/>
     <w:rsid w:val="00374E3A"/>
     <w:rsid w:val="00375560"/>
     <w:rsid w:val="003758C8"/>
     <w:rsid w:val="00375B03"/>
     <w:rsid w:val="00375CA0"/>
     <w:rsid w:val="0037669E"/>
     <w:rsid w:val="0037681F"/>
     <w:rsid w:val="00376927"/>
     <w:rsid w:val="0037738A"/>
     <w:rsid w:val="003774CA"/>
     <w:rsid w:val="00377688"/>
     <w:rsid w:val="00377BF0"/>
     <w:rsid w:val="00377FF7"/>
+    <w:rsid w:val="00381408"/>
     <w:rsid w:val="003816B9"/>
     <w:rsid w:val="0038187E"/>
     <w:rsid w:val="00381AA9"/>
     <w:rsid w:val="00381BBB"/>
     <w:rsid w:val="00381DAD"/>
     <w:rsid w:val="003820A5"/>
     <w:rsid w:val="00382560"/>
     <w:rsid w:val="00382637"/>
     <w:rsid w:val="003827DA"/>
     <w:rsid w:val="00383AA3"/>
     <w:rsid w:val="00383C86"/>
     <w:rsid w:val="00383CBD"/>
     <w:rsid w:val="00383E3C"/>
     <w:rsid w:val="00383FB3"/>
     <w:rsid w:val="00383FC7"/>
     <w:rsid w:val="00384112"/>
     <w:rsid w:val="00384578"/>
     <w:rsid w:val="00384880"/>
     <w:rsid w:val="00385184"/>
     <w:rsid w:val="00385401"/>
     <w:rsid w:val="003856A4"/>
     <w:rsid w:val="00386F81"/>
     <w:rsid w:val="003873AF"/>
     <w:rsid w:val="00387685"/>
     <w:rsid w:val="0038773F"/>
@@ -24125,86 +24379,89 @@
     <w:rsid w:val="00395125"/>
     <w:rsid w:val="0039527B"/>
     <w:rsid w:val="0039564D"/>
     <w:rsid w:val="0039589A"/>
     <w:rsid w:val="003959CD"/>
     <w:rsid w:val="003959F6"/>
     <w:rsid w:val="00396116"/>
     <w:rsid w:val="00397D2F"/>
     <w:rsid w:val="003A1869"/>
     <w:rsid w:val="003A1B4D"/>
     <w:rsid w:val="003A1BCB"/>
     <w:rsid w:val="003A1EEE"/>
     <w:rsid w:val="003A21CD"/>
     <w:rsid w:val="003A2246"/>
     <w:rsid w:val="003A2268"/>
     <w:rsid w:val="003A2A64"/>
     <w:rsid w:val="003A33A7"/>
     <w:rsid w:val="003A4713"/>
     <w:rsid w:val="003A4742"/>
     <w:rsid w:val="003A4807"/>
     <w:rsid w:val="003A4828"/>
     <w:rsid w:val="003A51C1"/>
     <w:rsid w:val="003A589F"/>
     <w:rsid w:val="003A621C"/>
     <w:rsid w:val="003A66B6"/>
+    <w:rsid w:val="003A69D6"/>
     <w:rsid w:val="003A6F57"/>
     <w:rsid w:val="003A700B"/>
     <w:rsid w:val="003A7CD9"/>
     <w:rsid w:val="003A7F1B"/>
     <w:rsid w:val="003B0233"/>
     <w:rsid w:val="003B03E8"/>
     <w:rsid w:val="003B0449"/>
     <w:rsid w:val="003B0CFA"/>
     <w:rsid w:val="003B0D7C"/>
+    <w:rsid w:val="003B21D5"/>
     <w:rsid w:val="003B244E"/>
     <w:rsid w:val="003B2ABF"/>
     <w:rsid w:val="003B2E67"/>
     <w:rsid w:val="003B2EB8"/>
     <w:rsid w:val="003B305D"/>
     <w:rsid w:val="003B325E"/>
     <w:rsid w:val="003B37BD"/>
     <w:rsid w:val="003B3E3E"/>
     <w:rsid w:val="003B492C"/>
     <w:rsid w:val="003B5077"/>
     <w:rsid w:val="003B573B"/>
     <w:rsid w:val="003B5A09"/>
     <w:rsid w:val="003B5AD1"/>
     <w:rsid w:val="003B659F"/>
     <w:rsid w:val="003B67D0"/>
     <w:rsid w:val="003B6ACA"/>
     <w:rsid w:val="003B6CD0"/>
     <w:rsid w:val="003B76E6"/>
     <w:rsid w:val="003C0421"/>
     <w:rsid w:val="003C04E5"/>
     <w:rsid w:val="003C0F90"/>
     <w:rsid w:val="003C11AA"/>
     <w:rsid w:val="003C133C"/>
     <w:rsid w:val="003C147D"/>
     <w:rsid w:val="003C158E"/>
     <w:rsid w:val="003C187E"/>
     <w:rsid w:val="003C1B7B"/>
+    <w:rsid w:val="003C1C56"/>
     <w:rsid w:val="003C1EE0"/>
     <w:rsid w:val="003C26CB"/>
     <w:rsid w:val="003C2A04"/>
     <w:rsid w:val="003C3716"/>
     <w:rsid w:val="003C3791"/>
     <w:rsid w:val="003C3AB7"/>
     <w:rsid w:val="003C3C81"/>
     <w:rsid w:val="003C4061"/>
     <w:rsid w:val="003C41E7"/>
     <w:rsid w:val="003C47EC"/>
     <w:rsid w:val="003C4F68"/>
     <w:rsid w:val="003C50C7"/>
     <w:rsid w:val="003C5AF4"/>
     <w:rsid w:val="003C66FC"/>
     <w:rsid w:val="003C6A3E"/>
     <w:rsid w:val="003C6B27"/>
     <w:rsid w:val="003C7133"/>
     <w:rsid w:val="003C7271"/>
     <w:rsid w:val="003C75F8"/>
     <w:rsid w:val="003C7907"/>
     <w:rsid w:val="003C7B4D"/>
     <w:rsid w:val="003C7BA1"/>
     <w:rsid w:val="003C7E4D"/>
     <w:rsid w:val="003D00E2"/>
     <w:rsid w:val="003D03FB"/>
@@ -24223,56 +24480,58 @@
     <w:rsid w:val="003D4898"/>
     <w:rsid w:val="003D49D3"/>
     <w:rsid w:val="003D49F1"/>
     <w:rsid w:val="003D4BF0"/>
     <w:rsid w:val="003D4C26"/>
     <w:rsid w:val="003D4C65"/>
     <w:rsid w:val="003D510B"/>
     <w:rsid w:val="003D5750"/>
     <w:rsid w:val="003D6611"/>
     <w:rsid w:val="003D6686"/>
     <w:rsid w:val="003D6A82"/>
     <w:rsid w:val="003D6FB4"/>
     <w:rsid w:val="003D707F"/>
     <w:rsid w:val="003D70FC"/>
     <w:rsid w:val="003D736C"/>
     <w:rsid w:val="003D79E6"/>
     <w:rsid w:val="003E04ED"/>
     <w:rsid w:val="003E09A7"/>
     <w:rsid w:val="003E0EA1"/>
     <w:rsid w:val="003E14E5"/>
     <w:rsid w:val="003E16DF"/>
     <w:rsid w:val="003E2A2D"/>
     <w:rsid w:val="003E4116"/>
     <w:rsid w:val="003E4D6C"/>
     <w:rsid w:val="003E581A"/>
+    <w:rsid w:val="003E5B68"/>
     <w:rsid w:val="003E5ED3"/>
     <w:rsid w:val="003E6ECE"/>
     <w:rsid w:val="003E7347"/>
     <w:rsid w:val="003E7783"/>
     <w:rsid w:val="003E7A50"/>
     <w:rsid w:val="003F062D"/>
+    <w:rsid w:val="003F0964"/>
     <w:rsid w:val="003F0AAD"/>
     <w:rsid w:val="003F15A2"/>
     <w:rsid w:val="003F16A7"/>
     <w:rsid w:val="003F1D75"/>
     <w:rsid w:val="003F1F5F"/>
     <w:rsid w:val="003F236B"/>
     <w:rsid w:val="003F243A"/>
     <w:rsid w:val="003F2518"/>
     <w:rsid w:val="003F31A6"/>
     <w:rsid w:val="003F31AC"/>
     <w:rsid w:val="003F3660"/>
     <w:rsid w:val="003F37C2"/>
     <w:rsid w:val="003F3F21"/>
     <w:rsid w:val="003F4B46"/>
     <w:rsid w:val="003F4EF8"/>
     <w:rsid w:val="003F5716"/>
     <w:rsid w:val="003F575B"/>
     <w:rsid w:val="003F5761"/>
     <w:rsid w:val="003F619B"/>
     <w:rsid w:val="003F6396"/>
     <w:rsid w:val="003F6672"/>
     <w:rsid w:val="003F6A5E"/>
     <w:rsid w:val="003F6B70"/>
     <w:rsid w:val="003F701A"/>
     <w:rsid w:val="003F726E"/>
@@ -24331,96 +24590,98 @@
     <w:rsid w:val="0041794A"/>
     <w:rsid w:val="00417A05"/>
     <w:rsid w:val="00417FCC"/>
     <w:rsid w:val="004206CB"/>
     <w:rsid w:val="00420F6B"/>
     <w:rsid w:val="00422A63"/>
     <w:rsid w:val="00422CB8"/>
     <w:rsid w:val="0042479E"/>
     <w:rsid w:val="004253EB"/>
     <w:rsid w:val="004255F9"/>
     <w:rsid w:val="004258DA"/>
     <w:rsid w:val="00425B5A"/>
     <w:rsid w:val="00425F70"/>
     <w:rsid w:val="004263CC"/>
     <w:rsid w:val="00426688"/>
     <w:rsid w:val="00426E32"/>
     <w:rsid w:val="0042736F"/>
     <w:rsid w:val="0043043F"/>
     <w:rsid w:val="00430545"/>
     <w:rsid w:val="00430626"/>
     <w:rsid w:val="0043088F"/>
     <w:rsid w:val="00431260"/>
     <w:rsid w:val="004317DE"/>
     <w:rsid w:val="00431873"/>
     <w:rsid w:val="00431E53"/>
+    <w:rsid w:val="0043200B"/>
     <w:rsid w:val="004321AC"/>
     <w:rsid w:val="0043250F"/>
     <w:rsid w:val="00432FCC"/>
     <w:rsid w:val="0043333D"/>
     <w:rsid w:val="004335C5"/>
     <w:rsid w:val="0043377A"/>
     <w:rsid w:val="004348FF"/>
     <w:rsid w:val="00434947"/>
     <w:rsid w:val="00434AAD"/>
     <w:rsid w:val="00434B57"/>
     <w:rsid w:val="00434BDA"/>
     <w:rsid w:val="00434CA9"/>
     <w:rsid w:val="00434F2A"/>
     <w:rsid w:val="00435233"/>
     <w:rsid w:val="004354C7"/>
     <w:rsid w:val="00436151"/>
     <w:rsid w:val="00436E54"/>
     <w:rsid w:val="00436F4F"/>
     <w:rsid w:val="004372E5"/>
     <w:rsid w:val="0043737C"/>
     <w:rsid w:val="004373CD"/>
     <w:rsid w:val="00437592"/>
     <w:rsid w:val="00437772"/>
     <w:rsid w:val="00437CB8"/>
     <w:rsid w:val="00437D72"/>
     <w:rsid w:val="00440611"/>
     <w:rsid w:val="0044061B"/>
     <w:rsid w:val="00440820"/>
     <w:rsid w:val="00440964"/>
     <w:rsid w:val="00442308"/>
     <w:rsid w:val="00442C02"/>
     <w:rsid w:val="00442EA0"/>
     <w:rsid w:val="00443168"/>
     <w:rsid w:val="004431CB"/>
     <w:rsid w:val="00443554"/>
     <w:rsid w:val="00443645"/>
     <w:rsid w:val="00443679"/>
     <w:rsid w:val="0044381A"/>
     <w:rsid w:val="00443A9B"/>
     <w:rsid w:val="0044414B"/>
     <w:rsid w:val="004442BB"/>
     <w:rsid w:val="004442EA"/>
     <w:rsid w:val="0044450B"/>
     <w:rsid w:val="00444A37"/>
     <w:rsid w:val="00444AB1"/>
     <w:rsid w:val="00444ADE"/>
+    <w:rsid w:val="00444CC0"/>
     <w:rsid w:val="004453CB"/>
     <w:rsid w:val="00445A39"/>
     <w:rsid w:val="00445AD4"/>
     <w:rsid w:val="00445BA7"/>
     <w:rsid w:val="00445CB3"/>
     <w:rsid w:val="00445D09"/>
     <w:rsid w:val="004464BE"/>
     <w:rsid w:val="00446A06"/>
     <w:rsid w:val="00446AD4"/>
     <w:rsid w:val="00446B86"/>
     <w:rsid w:val="00446E6B"/>
     <w:rsid w:val="004474A0"/>
     <w:rsid w:val="004478F4"/>
     <w:rsid w:val="00447F8F"/>
     <w:rsid w:val="004504A0"/>
     <w:rsid w:val="004508CC"/>
     <w:rsid w:val="00450963"/>
     <w:rsid w:val="00451A64"/>
     <w:rsid w:val="00451F8A"/>
     <w:rsid w:val="004523D9"/>
     <w:rsid w:val="00453263"/>
     <w:rsid w:val="0045334C"/>
     <w:rsid w:val="004533BD"/>
     <w:rsid w:val="0045352A"/>
     <w:rsid w:val="00453EAA"/>
@@ -24440,50 +24701,51 @@
     <w:rsid w:val="00461346"/>
     <w:rsid w:val="00461CD0"/>
     <w:rsid w:val="00463D52"/>
     <w:rsid w:val="00464018"/>
     <w:rsid w:val="0046483E"/>
     <w:rsid w:val="00464A20"/>
     <w:rsid w:val="00465058"/>
     <w:rsid w:val="004650BB"/>
     <w:rsid w:val="004655CA"/>
     <w:rsid w:val="00465607"/>
     <w:rsid w:val="004659C6"/>
     <w:rsid w:val="004667E4"/>
     <w:rsid w:val="00466BEA"/>
     <w:rsid w:val="00467482"/>
     <w:rsid w:val="00470315"/>
     <w:rsid w:val="0047051D"/>
     <w:rsid w:val="004705EC"/>
     <w:rsid w:val="0047068A"/>
     <w:rsid w:val="00470CDB"/>
     <w:rsid w:val="00471039"/>
     <w:rsid w:val="00471963"/>
     <w:rsid w:val="00471A3E"/>
     <w:rsid w:val="00471DDE"/>
     <w:rsid w:val="0047285B"/>
     <w:rsid w:val="0047321A"/>
+    <w:rsid w:val="004732D5"/>
     <w:rsid w:val="00474599"/>
     <w:rsid w:val="004745A8"/>
     <w:rsid w:val="00474B16"/>
     <w:rsid w:val="00474C9E"/>
     <w:rsid w:val="00475813"/>
     <w:rsid w:val="004759FC"/>
     <w:rsid w:val="00476121"/>
     <w:rsid w:val="004762E8"/>
     <w:rsid w:val="00476321"/>
     <w:rsid w:val="0047660B"/>
     <w:rsid w:val="00476AF8"/>
     <w:rsid w:val="00476B70"/>
     <w:rsid w:val="00476BC7"/>
     <w:rsid w:val="00476F3B"/>
     <w:rsid w:val="00477132"/>
     <w:rsid w:val="00477A08"/>
     <w:rsid w:val="00480699"/>
     <w:rsid w:val="004810B2"/>
     <w:rsid w:val="00481260"/>
     <w:rsid w:val="00481304"/>
     <w:rsid w:val="004819DC"/>
     <w:rsid w:val="00481E0B"/>
     <w:rsid w:val="0048208B"/>
     <w:rsid w:val="00482E40"/>
     <w:rsid w:val="00482EC1"/>
@@ -24493,120 +24755,123 @@
     <w:rsid w:val="00483F94"/>
     <w:rsid w:val="00484342"/>
     <w:rsid w:val="00484C2F"/>
     <w:rsid w:val="004850F7"/>
     <w:rsid w:val="00485F5A"/>
     <w:rsid w:val="00486306"/>
     <w:rsid w:val="00486693"/>
     <w:rsid w:val="004868F9"/>
     <w:rsid w:val="00486904"/>
     <w:rsid w:val="00486ECD"/>
     <w:rsid w:val="00487F02"/>
     <w:rsid w:val="0049032B"/>
     <w:rsid w:val="00490386"/>
     <w:rsid w:val="00490815"/>
     <w:rsid w:val="004908DA"/>
     <w:rsid w:val="00490D8E"/>
     <w:rsid w:val="0049138A"/>
     <w:rsid w:val="0049146A"/>
     <w:rsid w:val="00491474"/>
     <w:rsid w:val="004914FD"/>
     <w:rsid w:val="0049174F"/>
     <w:rsid w:val="004919F1"/>
     <w:rsid w:val="00491A04"/>
     <w:rsid w:val="00491A96"/>
     <w:rsid w:val="00491C5C"/>
+    <w:rsid w:val="00491D2D"/>
     <w:rsid w:val="00492813"/>
     <w:rsid w:val="004929ED"/>
     <w:rsid w:val="00493E39"/>
     <w:rsid w:val="00494A90"/>
     <w:rsid w:val="004954F9"/>
     <w:rsid w:val="00495D74"/>
     <w:rsid w:val="00495EBF"/>
     <w:rsid w:val="00497472"/>
     <w:rsid w:val="00497858"/>
     <w:rsid w:val="00497EFD"/>
     <w:rsid w:val="004A00A6"/>
     <w:rsid w:val="004A0455"/>
     <w:rsid w:val="004A08E6"/>
     <w:rsid w:val="004A0C38"/>
     <w:rsid w:val="004A0F63"/>
     <w:rsid w:val="004A17EB"/>
     <w:rsid w:val="004A1B4E"/>
     <w:rsid w:val="004A231F"/>
     <w:rsid w:val="004A340D"/>
     <w:rsid w:val="004A35CD"/>
     <w:rsid w:val="004A36A2"/>
     <w:rsid w:val="004A41D6"/>
     <w:rsid w:val="004A42C6"/>
     <w:rsid w:val="004A4A12"/>
     <w:rsid w:val="004A51DE"/>
     <w:rsid w:val="004A5656"/>
     <w:rsid w:val="004A5855"/>
     <w:rsid w:val="004A5DF2"/>
     <w:rsid w:val="004A5F68"/>
     <w:rsid w:val="004A720F"/>
     <w:rsid w:val="004A7977"/>
     <w:rsid w:val="004A7AC4"/>
     <w:rsid w:val="004A7C55"/>
     <w:rsid w:val="004B0244"/>
+    <w:rsid w:val="004B07E2"/>
     <w:rsid w:val="004B0D9A"/>
     <w:rsid w:val="004B1259"/>
     <w:rsid w:val="004B1749"/>
     <w:rsid w:val="004B180E"/>
     <w:rsid w:val="004B1E02"/>
     <w:rsid w:val="004B1E27"/>
     <w:rsid w:val="004B2E50"/>
     <w:rsid w:val="004B4971"/>
     <w:rsid w:val="004B507C"/>
     <w:rsid w:val="004B54DA"/>
     <w:rsid w:val="004B5743"/>
     <w:rsid w:val="004B585C"/>
     <w:rsid w:val="004B6707"/>
     <w:rsid w:val="004B68B2"/>
     <w:rsid w:val="004B6963"/>
     <w:rsid w:val="004B6BDE"/>
     <w:rsid w:val="004B6D48"/>
     <w:rsid w:val="004B6EB8"/>
     <w:rsid w:val="004B75C7"/>
     <w:rsid w:val="004B7CDE"/>
     <w:rsid w:val="004B7DE9"/>
     <w:rsid w:val="004C0959"/>
     <w:rsid w:val="004C11B0"/>
     <w:rsid w:val="004C1B48"/>
     <w:rsid w:val="004C1C42"/>
     <w:rsid w:val="004C26DC"/>
     <w:rsid w:val="004C27B7"/>
     <w:rsid w:val="004C33BB"/>
     <w:rsid w:val="004C39A7"/>
     <w:rsid w:val="004C3E4A"/>
     <w:rsid w:val="004C41A2"/>
     <w:rsid w:val="004C47D8"/>
     <w:rsid w:val="004C4AE0"/>
     <w:rsid w:val="004C4B97"/>
     <w:rsid w:val="004C51F1"/>
     <w:rsid w:val="004C6020"/>
+    <w:rsid w:val="004C661D"/>
     <w:rsid w:val="004C6629"/>
     <w:rsid w:val="004C6D4F"/>
     <w:rsid w:val="004C6E70"/>
     <w:rsid w:val="004C7841"/>
     <w:rsid w:val="004C7AFA"/>
     <w:rsid w:val="004D112F"/>
     <w:rsid w:val="004D21ED"/>
     <w:rsid w:val="004D2277"/>
     <w:rsid w:val="004D2A44"/>
     <w:rsid w:val="004D2FFA"/>
     <w:rsid w:val="004D3114"/>
     <w:rsid w:val="004D335F"/>
     <w:rsid w:val="004D3932"/>
     <w:rsid w:val="004D401F"/>
     <w:rsid w:val="004D43FD"/>
     <w:rsid w:val="004D4481"/>
     <w:rsid w:val="004D48B7"/>
     <w:rsid w:val="004D4C65"/>
     <w:rsid w:val="004D4D0D"/>
     <w:rsid w:val="004D5540"/>
     <w:rsid w:val="004D58A6"/>
     <w:rsid w:val="004D5A04"/>
     <w:rsid w:val="004D5C62"/>
     <w:rsid w:val="004D6415"/>
     <w:rsid w:val="004D6949"/>
@@ -24616,109 +24881,113 @@
     <w:rsid w:val="004D792A"/>
     <w:rsid w:val="004D7CDA"/>
     <w:rsid w:val="004D7D9B"/>
     <w:rsid w:val="004E0396"/>
     <w:rsid w:val="004E0655"/>
     <w:rsid w:val="004E065F"/>
     <w:rsid w:val="004E0A14"/>
     <w:rsid w:val="004E1000"/>
     <w:rsid w:val="004E117A"/>
     <w:rsid w:val="004E1382"/>
     <w:rsid w:val="004E1E0E"/>
     <w:rsid w:val="004E21A0"/>
     <w:rsid w:val="004E2576"/>
     <w:rsid w:val="004E2BA7"/>
     <w:rsid w:val="004E2C33"/>
     <w:rsid w:val="004E370C"/>
     <w:rsid w:val="004E3915"/>
     <w:rsid w:val="004E3CBB"/>
     <w:rsid w:val="004E3F15"/>
     <w:rsid w:val="004E42E7"/>
     <w:rsid w:val="004E430D"/>
     <w:rsid w:val="004E52CE"/>
     <w:rsid w:val="004E588D"/>
     <w:rsid w:val="004E5C2B"/>
     <w:rsid w:val="004E5CA7"/>
+    <w:rsid w:val="004E6D31"/>
     <w:rsid w:val="004E6E95"/>
     <w:rsid w:val="004E7BFC"/>
     <w:rsid w:val="004E7D7D"/>
     <w:rsid w:val="004E7F4C"/>
     <w:rsid w:val="004F055C"/>
     <w:rsid w:val="004F0A0D"/>
     <w:rsid w:val="004F0D72"/>
     <w:rsid w:val="004F1CDC"/>
     <w:rsid w:val="004F235D"/>
     <w:rsid w:val="004F3DB6"/>
     <w:rsid w:val="004F440D"/>
     <w:rsid w:val="004F479E"/>
     <w:rsid w:val="004F49B1"/>
     <w:rsid w:val="004F4B21"/>
     <w:rsid w:val="004F4D26"/>
     <w:rsid w:val="004F5120"/>
+    <w:rsid w:val="004F541B"/>
     <w:rsid w:val="004F5567"/>
     <w:rsid w:val="004F6286"/>
     <w:rsid w:val="004F6EA2"/>
     <w:rsid w:val="004F791A"/>
     <w:rsid w:val="004F79B9"/>
     <w:rsid w:val="00500057"/>
+    <w:rsid w:val="005001C4"/>
     <w:rsid w:val="00500852"/>
     <w:rsid w:val="00501227"/>
     <w:rsid w:val="00501542"/>
     <w:rsid w:val="00501FEF"/>
     <w:rsid w:val="00502219"/>
     <w:rsid w:val="00502B08"/>
     <w:rsid w:val="00502C3C"/>
     <w:rsid w:val="00502D4F"/>
     <w:rsid w:val="00503512"/>
     <w:rsid w:val="00503986"/>
     <w:rsid w:val="00504564"/>
     <w:rsid w:val="00504CFA"/>
     <w:rsid w:val="005050F6"/>
     <w:rsid w:val="0050532A"/>
     <w:rsid w:val="005055DC"/>
     <w:rsid w:val="0050589F"/>
     <w:rsid w:val="0050654E"/>
     <w:rsid w:val="00506BBD"/>
     <w:rsid w:val="00506C8E"/>
     <w:rsid w:val="00510404"/>
     <w:rsid w:val="0051127D"/>
     <w:rsid w:val="00511478"/>
     <w:rsid w:val="00511E46"/>
     <w:rsid w:val="0051221B"/>
     <w:rsid w:val="005127D5"/>
     <w:rsid w:val="00512D03"/>
     <w:rsid w:val="00513E92"/>
     <w:rsid w:val="0051458D"/>
     <w:rsid w:val="00514747"/>
     <w:rsid w:val="00514EB4"/>
     <w:rsid w:val="005150E8"/>
     <w:rsid w:val="005151BF"/>
     <w:rsid w:val="005159CC"/>
     <w:rsid w:val="00515A99"/>
     <w:rsid w:val="00515E6C"/>
     <w:rsid w:val="00516353"/>
     <w:rsid w:val="005164AC"/>
+    <w:rsid w:val="005164EF"/>
     <w:rsid w:val="00516F24"/>
     <w:rsid w:val="00517004"/>
     <w:rsid w:val="005172E4"/>
     <w:rsid w:val="00517412"/>
     <w:rsid w:val="00517F35"/>
     <w:rsid w:val="00520492"/>
     <w:rsid w:val="00520936"/>
     <w:rsid w:val="005224A4"/>
     <w:rsid w:val="00522684"/>
     <w:rsid w:val="0052314B"/>
     <w:rsid w:val="00523704"/>
     <w:rsid w:val="00523737"/>
     <w:rsid w:val="00523B15"/>
     <w:rsid w:val="00523D44"/>
     <w:rsid w:val="0052434D"/>
     <w:rsid w:val="0052459C"/>
     <w:rsid w:val="00525169"/>
     <w:rsid w:val="0052558B"/>
     <w:rsid w:val="005257E8"/>
     <w:rsid w:val="0052580A"/>
     <w:rsid w:val="00526D96"/>
     <w:rsid w:val="00526EFC"/>
     <w:rsid w:val="00526F10"/>
     <w:rsid w:val="00527174"/>
     <w:rsid w:val="00527188"/>
@@ -24849,139 +25118,143 @@
     <w:rsid w:val="005745B8"/>
     <w:rsid w:val="005746CF"/>
     <w:rsid w:val="00574AD1"/>
     <w:rsid w:val="00574D45"/>
     <w:rsid w:val="00575327"/>
     <w:rsid w:val="00575A3C"/>
     <w:rsid w:val="00575D52"/>
     <w:rsid w:val="0057637E"/>
     <w:rsid w:val="00576752"/>
     <w:rsid w:val="00576C7F"/>
     <w:rsid w:val="005770D7"/>
     <w:rsid w:val="005777CD"/>
     <w:rsid w:val="005777F1"/>
     <w:rsid w:val="00577A2E"/>
     <w:rsid w:val="00577AC0"/>
     <w:rsid w:val="00577D8C"/>
     <w:rsid w:val="00580072"/>
     <w:rsid w:val="00580D61"/>
     <w:rsid w:val="00581031"/>
     <w:rsid w:val="005813EE"/>
     <w:rsid w:val="00581553"/>
     <w:rsid w:val="0058155E"/>
     <w:rsid w:val="00581680"/>
     <w:rsid w:val="005819EE"/>
     <w:rsid w:val="00581A77"/>
+    <w:rsid w:val="00581C2A"/>
     <w:rsid w:val="00582007"/>
     <w:rsid w:val="0058340E"/>
     <w:rsid w:val="00583419"/>
     <w:rsid w:val="00583E56"/>
     <w:rsid w:val="00584098"/>
     <w:rsid w:val="00584830"/>
     <w:rsid w:val="00584CB5"/>
     <w:rsid w:val="00584CBE"/>
     <w:rsid w:val="00584FEE"/>
     <w:rsid w:val="00585285"/>
     <w:rsid w:val="0058536C"/>
     <w:rsid w:val="005855DB"/>
     <w:rsid w:val="005855F3"/>
     <w:rsid w:val="00585C00"/>
     <w:rsid w:val="00585FA7"/>
     <w:rsid w:val="00585FDC"/>
     <w:rsid w:val="00586A28"/>
     <w:rsid w:val="00586E17"/>
     <w:rsid w:val="005872D9"/>
     <w:rsid w:val="0058761C"/>
     <w:rsid w:val="00587A7D"/>
     <w:rsid w:val="00587F49"/>
     <w:rsid w:val="005906A5"/>
     <w:rsid w:val="005907ED"/>
     <w:rsid w:val="00590B34"/>
     <w:rsid w:val="00591549"/>
     <w:rsid w:val="00591736"/>
     <w:rsid w:val="00591B5D"/>
     <w:rsid w:val="00591CA1"/>
     <w:rsid w:val="00591CF5"/>
     <w:rsid w:val="00591D93"/>
     <w:rsid w:val="00591ED9"/>
     <w:rsid w:val="0059231F"/>
     <w:rsid w:val="0059278C"/>
     <w:rsid w:val="005928D0"/>
     <w:rsid w:val="00592BF2"/>
+    <w:rsid w:val="00592D98"/>
     <w:rsid w:val="00593325"/>
     <w:rsid w:val="00593ED7"/>
     <w:rsid w:val="00593F25"/>
     <w:rsid w:val="0059423A"/>
     <w:rsid w:val="005942E9"/>
     <w:rsid w:val="005948EA"/>
     <w:rsid w:val="00594C71"/>
     <w:rsid w:val="00594E29"/>
     <w:rsid w:val="005956ED"/>
+    <w:rsid w:val="00595C6A"/>
     <w:rsid w:val="00595C92"/>
     <w:rsid w:val="005960C8"/>
     <w:rsid w:val="00596A6A"/>
     <w:rsid w:val="00597267"/>
     <w:rsid w:val="00597557"/>
     <w:rsid w:val="00597587"/>
     <w:rsid w:val="00597D18"/>
     <w:rsid w:val="005A0134"/>
     <w:rsid w:val="005A096A"/>
     <w:rsid w:val="005A0F18"/>
     <w:rsid w:val="005A144C"/>
     <w:rsid w:val="005A150E"/>
     <w:rsid w:val="005A1F83"/>
     <w:rsid w:val="005A2054"/>
     <w:rsid w:val="005A21F4"/>
     <w:rsid w:val="005A26AB"/>
     <w:rsid w:val="005A28B6"/>
     <w:rsid w:val="005A2A0D"/>
     <w:rsid w:val="005A3611"/>
     <w:rsid w:val="005A3C7D"/>
     <w:rsid w:val="005A490A"/>
     <w:rsid w:val="005A4B3E"/>
     <w:rsid w:val="005A571E"/>
     <w:rsid w:val="005A63B6"/>
     <w:rsid w:val="005A6569"/>
     <w:rsid w:val="005A6C6B"/>
     <w:rsid w:val="005A736D"/>
     <w:rsid w:val="005A75B7"/>
     <w:rsid w:val="005A771C"/>
     <w:rsid w:val="005B0526"/>
     <w:rsid w:val="005B06B0"/>
     <w:rsid w:val="005B0702"/>
     <w:rsid w:val="005B080C"/>
     <w:rsid w:val="005B08F4"/>
     <w:rsid w:val="005B18E9"/>
     <w:rsid w:val="005B1DC8"/>
     <w:rsid w:val="005B2239"/>
     <w:rsid w:val="005B28C0"/>
     <w:rsid w:val="005B2A1E"/>
     <w:rsid w:val="005B2E52"/>
     <w:rsid w:val="005B3043"/>
     <w:rsid w:val="005B31BA"/>
     <w:rsid w:val="005B31C0"/>
     <w:rsid w:val="005B35CB"/>
+    <w:rsid w:val="005B3900"/>
     <w:rsid w:val="005B3DF0"/>
     <w:rsid w:val="005B4A58"/>
     <w:rsid w:val="005B4EC8"/>
     <w:rsid w:val="005B4EFE"/>
     <w:rsid w:val="005B5357"/>
     <w:rsid w:val="005B58D3"/>
     <w:rsid w:val="005B62EE"/>
     <w:rsid w:val="005B6C9C"/>
     <w:rsid w:val="005C044E"/>
     <w:rsid w:val="005C0651"/>
     <w:rsid w:val="005C16C4"/>
     <w:rsid w:val="005C1B07"/>
     <w:rsid w:val="005C23E3"/>
     <w:rsid w:val="005C3032"/>
     <w:rsid w:val="005C30C9"/>
     <w:rsid w:val="005C4037"/>
     <w:rsid w:val="005C4369"/>
     <w:rsid w:val="005C491E"/>
     <w:rsid w:val="005C4E12"/>
     <w:rsid w:val="005C5035"/>
     <w:rsid w:val="005C50DC"/>
     <w:rsid w:val="005C556C"/>
     <w:rsid w:val="005C5647"/>
     <w:rsid w:val="005C571C"/>
     <w:rsid w:val="005C5758"/>
@@ -24992,50 +25265,51 @@
     <w:rsid w:val="005C6535"/>
     <w:rsid w:val="005C6548"/>
     <w:rsid w:val="005C6AC5"/>
     <w:rsid w:val="005C6D73"/>
     <w:rsid w:val="005C72EB"/>
     <w:rsid w:val="005C75D2"/>
     <w:rsid w:val="005C7F64"/>
     <w:rsid w:val="005D0C97"/>
     <w:rsid w:val="005D0C9E"/>
     <w:rsid w:val="005D1037"/>
     <w:rsid w:val="005D1244"/>
     <w:rsid w:val="005D1AC8"/>
     <w:rsid w:val="005D234C"/>
     <w:rsid w:val="005D23D2"/>
     <w:rsid w:val="005D2B88"/>
     <w:rsid w:val="005D305C"/>
     <w:rsid w:val="005D32D6"/>
     <w:rsid w:val="005D354F"/>
     <w:rsid w:val="005D38A5"/>
     <w:rsid w:val="005D4474"/>
     <w:rsid w:val="005D4D61"/>
     <w:rsid w:val="005D546E"/>
     <w:rsid w:val="005D5701"/>
     <w:rsid w:val="005D5808"/>
     <w:rsid w:val="005D5D66"/>
+    <w:rsid w:val="005D613E"/>
     <w:rsid w:val="005D6535"/>
     <w:rsid w:val="005D653B"/>
     <w:rsid w:val="005D6A62"/>
     <w:rsid w:val="005D79EF"/>
     <w:rsid w:val="005D7B30"/>
     <w:rsid w:val="005D7E3E"/>
     <w:rsid w:val="005D7F3F"/>
     <w:rsid w:val="005E0410"/>
     <w:rsid w:val="005E054D"/>
     <w:rsid w:val="005E057A"/>
     <w:rsid w:val="005E0619"/>
     <w:rsid w:val="005E0DBE"/>
     <w:rsid w:val="005E0FC5"/>
     <w:rsid w:val="005E1375"/>
     <w:rsid w:val="005E13F8"/>
     <w:rsid w:val="005E1848"/>
     <w:rsid w:val="005E18DB"/>
     <w:rsid w:val="005E1964"/>
     <w:rsid w:val="005E1BC6"/>
     <w:rsid w:val="005E2B2F"/>
     <w:rsid w:val="005E30E6"/>
     <w:rsid w:val="005E363E"/>
     <w:rsid w:val="005E3E10"/>
     <w:rsid w:val="005E4D9E"/>
     <w:rsid w:val="005E5054"/>
@@ -25063,84 +25337,86 @@
     <w:rsid w:val="005F420E"/>
     <w:rsid w:val="005F590E"/>
     <w:rsid w:val="005F5911"/>
     <w:rsid w:val="005F5E12"/>
     <w:rsid w:val="005F5EB2"/>
     <w:rsid w:val="005F5FBB"/>
     <w:rsid w:val="005F613A"/>
     <w:rsid w:val="005F75BB"/>
     <w:rsid w:val="005F7D3C"/>
     <w:rsid w:val="00600730"/>
     <w:rsid w:val="006007B8"/>
     <w:rsid w:val="00600D93"/>
     <w:rsid w:val="00601A51"/>
     <w:rsid w:val="00601AFC"/>
     <w:rsid w:val="006020F0"/>
     <w:rsid w:val="00602917"/>
     <w:rsid w:val="00602A0E"/>
     <w:rsid w:val="00602C57"/>
     <w:rsid w:val="00602EF8"/>
     <w:rsid w:val="006030B2"/>
     <w:rsid w:val="00603F08"/>
     <w:rsid w:val="00604235"/>
     <w:rsid w:val="00604AD1"/>
     <w:rsid w:val="006053E1"/>
     <w:rsid w:val="00605A7E"/>
+    <w:rsid w:val="00605BCF"/>
     <w:rsid w:val="00605D90"/>
     <w:rsid w:val="00605E3A"/>
     <w:rsid w:val="00605EA8"/>
     <w:rsid w:val="00605EBB"/>
     <w:rsid w:val="0060611B"/>
     <w:rsid w:val="0060653B"/>
     <w:rsid w:val="00606566"/>
     <w:rsid w:val="00606847"/>
     <w:rsid w:val="0060690E"/>
     <w:rsid w:val="006070A7"/>
     <w:rsid w:val="00607A9E"/>
     <w:rsid w:val="00607FFC"/>
     <w:rsid w:val="006101E7"/>
     <w:rsid w:val="0061131B"/>
     <w:rsid w:val="00611EDC"/>
     <w:rsid w:val="0061209E"/>
     <w:rsid w:val="00612653"/>
     <w:rsid w:val="00612997"/>
     <w:rsid w:val="00612E0C"/>
     <w:rsid w:val="0061316E"/>
     <w:rsid w:val="00613A55"/>
     <w:rsid w:val="00613E87"/>
     <w:rsid w:val="006142AD"/>
     <w:rsid w:val="006147AC"/>
     <w:rsid w:val="00614E3F"/>
     <w:rsid w:val="00614ECB"/>
     <w:rsid w:val="00615042"/>
     <w:rsid w:val="0061530C"/>
     <w:rsid w:val="00616660"/>
     <w:rsid w:val="00616DE3"/>
     <w:rsid w:val="00616EB2"/>
     <w:rsid w:val="006170F5"/>
     <w:rsid w:val="0061718B"/>
     <w:rsid w:val="006176B6"/>
+    <w:rsid w:val="00617AD7"/>
     <w:rsid w:val="00617CCB"/>
     <w:rsid w:val="00620379"/>
     <w:rsid w:val="0062040E"/>
     <w:rsid w:val="00620B5A"/>
     <w:rsid w:val="00621330"/>
     <w:rsid w:val="00621405"/>
     <w:rsid w:val="00621456"/>
     <w:rsid w:val="006215D6"/>
     <w:rsid w:val="0062164F"/>
     <w:rsid w:val="0062184B"/>
     <w:rsid w:val="00622130"/>
     <w:rsid w:val="0062237D"/>
     <w:rsid w:val="00622769"/>
     <w:rsid w:val="00622A79"/>
     <w:rsid w:val="00622DA2"/>
     <w:rsid w:val="00622F35"/>
     <w:rsid w:val="00623963"/>
     <w:rsid w:val="0062495C"/>
     <w:rsid w:val="006249C7"/>
     <w:rsid w:val="00624BE7"/>
     <w:rsid w:val="00624C58"/>
     <w:rsid w:val="006255F2"/>
     <w:rsid w:val="0062572E"/>
     <w:rsid w:val="006259F2"/>
     <w:rsid w:val="00625A28"/>
@@ -25196,50 +25472,51 @@
     <w:rsid w:val="00643992"/>
     <w:rsid w:val="006449F1"/>
     <w:rsid w:val="00644C06"/>
     <w:rsid w:val="00645143"/>
     <w:rsid w:val="00645770"/>
     <w:rsid w:val="00646228"/>
     <w:rsid w:val="006464A0"/>
     <w:rsid w:val="00646AE6"/>
     <w:rsid w:val="00646C1F"/>
     <w:rsid w:val="00647463"/>
     <w:rsid w:val="00647B38"/>
     <w:rsid w:val="00647F9B"/>
     <w:rsid w:val="00650277"/>
     <w:rsid w:val="006502C5"/>
     <w:rsid w:val="00650E9C"/>
     <w:rsid w:val="0065163F"/>
     <w:rsid w:val="0065169F"/>
     <w:rsid w:val="00651CD1"/>
     <w:rsid w:val="006520D0"/>
     <w:rsid w:val="0065244D"/>
     <w:rsid w:val="00652913"/>
     <w:rsid w:val="00652E7F"/>
     <w:rsid w:val="006531BA"/>
     <w:rsid w:val="00653575"/>
     <w:rsid w:val="00653893"/>
+    <w:rsid w:val="00654934"/>
     <w:rsid w:val="00654937"/>
     <w:rsid w:val="00654C8F"/>
     <w:rsid w:val="006556EB"/>
     <w:rsid w:val="006557E4"/>
     <w:rsid w:val="0065595E"/>
     <w:rsid w:val="00655DD1"/>
     <w:rsid w:val="00655E87"/>
     <w:rsid w:val="00655F9F"/>
     <w:rsid w:val="00656484"/>
     <w:rsid w:val="0065695C"/>
     <w:rsid w:val="006573D9"/>
     <w:rsid w:val="00657BBD"/>
     <w:rsid w:val="00657C94"/>
     <w:rsid w:val="00657E47"/>
     <w:rsid w:val="006601DF"/>
     <w:rsid w:val="00660940"/>
     <w:rsid w:val="00660E86"/>
     <w:rsid w:val="006610C3"/>
     <w:rsid w:val="00661897"/>
     <w:rsid w:val="006623F7"/>
     <w:rsid w:val="006627B4"/>
     <w:rsid w:val="006633B5"/>
     <w:rsid w:val="0066379D"/>
     <w:rsid w:val="0066398A"/>
     <w:rsid w:val="00663C18"/>
@@ -25259,78 +25536,81 @@
     <w:rsid w:val="006670EF"/>
     <w:rsid w:val="00667608"/>
     <w:rsid w:val="006677FD"/>
     <w:rsid w:val="00670310"/>
     <w:rsid w:val="00670E12"/>
     <w:rsid w:val="00671097"/>
     <w:rsid w:val="00671141"/>
     <w:rsid w:val="00671764"/>
     <w:rsid w:val="006718C9"/>
     <w:rsid w:val="00671D0B"/>
     <w:rsid w:val="0067270A"/>
     <w:rsid w:val="006735A5"/>
     <w:rsid w:val="00673784"/>
     <w:rsid w:val="00673C4C"/>
     <w:rsid w:val="006742F6"/>
     <w:rsid w:val="00674ADF"/>
     <w:rsid w:val="006750D2"/>
     <w:rsid w:val="00675529"/>
     <w:rsid w:val="00675F4E"/>
     <w:rsid w:val="006767E9"/>
     <w:rsid w:val="00676BFD"/>
     <w:rsid w:val="00676CB3"/>
     <w:rsid w:val="00676CEE"/>
     <w:rsid w:val="00677911"/>
     <w:rsid w:val="00677C7B"/>
+    <w:rsid w:val="00677F5F"/>
     <w:rsid w:val="006809BB"/>
     <w:rsid w:val="00680CA1"/>
     <w:rsid w:val="00681398"/>
     <w:rsid w:val="00681C52"/>
     <w:rsid w:val="006821C2"/>
     <w:rsid w:val="00682C13"/>
     <w:rsid w:val="00682D34"/>
     <w:rsid w:val="00683C78"/>
     <w:rsid w:val="00684AFD"/>
+    <w:rsid w:val="006860E4"/>
     <w:rsid w:val="0068637D"/>
     <w:rsid w:val="006869AE"/>
     <w:rsid w:val="0068774E"/>
     <w:rsid w:val="00687B4D"/>
     <w:rsid w:val="00687FC1"/>
     <w:rsid w:val="00690209"/>
     <w:rsid w:val="00690357"/>
     <w:rsid w:val="00690ACC"/>
     <w:rsid w:val="00690BC3"/>
     <w:rsid w:val="006910E4"/>
     <w:rsid w:val="00691311"/>
     <w:rsid w:val="0069152E"/>
     <w:rsid w:val="00691DA0"/>
     <w:rsid w:val="0069286D"/>
     <w:rsid w:val="00692DA6"/>
     <w:rsid w:val="00693986"/>
     <w:rsid w:val="00693AAA"/>
     <w:rsid w:val="00693BF2"/>
     <w:rsid w:val="00693E0C"/>
+    <w:rsid w:val="00693F3D"/>
     <w:rsid w:val="00694358"/>
     <w:rsid w:val="00694F0D"/>
     <w:rsid w:val="00695273"/>
     <w:rsid w:val="00695D19"/>
     <w:rsid w:val="00695D70"/>
     <w:rsid w:val="00695DF1"/>
     <w:rsid w:val="00695F1E"/>
     <w:rsid w:val="006966DF"/>
     <w:rsid w:val="006966FB"/>
     <w:rsid w:val="006968B5"/>
     <w:rsid w:val="006970DD"/>
     <w:rsid w:val="00697ABD"/>
     <w:rsid w:val="006A0454"/>
     <w:rsid w:val="006A0D16"/>
     <w:rsid w:val="006A111A"/>
     <w:rsid w:val="006A11E6"/>
     <w:rsid w:val="006A1D9C"/>
     <w:rsid w:val="006A24C7"/>
     <w:rsid w:val="006A26CF"/>
     <w:rsid w:val="006A2B44"/>
     <w:rsid w:val="006A31D4"/>
     <w:rsid w:val="006A467E"/>
     <w:rsid w:val="006A4817"/>
     <w:rsid w:val="006A49FC"/>
     <w:rsid w:val="006A66D0"/>
@@ -25348,109 +25628,112 @@
     <w:rsid w:val="006B1E1A"/>
     <w:rsid w:val="006B25AF"/>
     <w:rsid w:val="006B26D0"/>
     <w:rsid w:val="006B2FD8"/>
     <w:rsid w:val="006B3172"/>
     <w:rsid w:val="006B3174"/>
     <w:rsid w:val="006B322C"/>
     <w:rsid w:val="006B32A9"/>
     <w:rsid w:val="006B3495"/>
     <w:rsid w:val="006B37D4"/>
     <w:rsid w:val="006B42AA"/>
     <w:rsid w:val="006B4708"/>
     <w:rsid w:val="006B482D"/>
     <w:rsid w:val="006B4A49"/>
     <w:rsid w:val="006B4CCE"/>
     <w:rsid w:val="006B5315"/>
     <w:rsid w:val="006B5394"/>
     <w:rsid w:val="006B57B6"/>
     <w:rsid w:val="006B57F1"/>
     <w:rsid w:val="006B5ACD"/>
     <w:rsid w:val="006B5BC0"/>
     <w:rsid w:val="006B5E55"/>
     <w:rsid w:val="006B5E6D"/>
     <w:rsid w:val="006B6030"/>
     <w:rsid w:val="006B60A0"/>
+    <w:rsid w:val="006B6F41"/>
     <w:rsid w:val="006B73E7"/>
     <w:rsid w:val="006B74D3"/>
     <w:rsid w:val="006C0053"/>
     <w:rsid w:val="006C070B"/>
     <w:rsid w:val="006C09F3"/>
     <w:rsid w:val="006C0DC7"/>
     <w:rsid w:val="006C0DC9"/>
     <w:rsid w:val="006C0DDF"/>
     <w:rsid w:val="006C0DE0"/>
     <w:rsid w:val="006C0E3E"/>
     <w:rsid w:val="006C0EF4"/>
     <w:rsid w:val="006C1200"/>
     <w:rsid w:val="006C1415"/>
     <w:rsid w:val="006C1566"/>
     <w:rsid w:val="006C1629"/>
     <w:rsid w:val="006C21E9"/>
     <w:rsid w:val="006C22DD"/>
     <w:rsid w:val="006C24C9"/>
     <w:rsid w:val="006C3217"/>
     <w:rsid w:val="006C3897"/>
     <w:rsid w:val="006C3E28"/>
     <w:rsid w:val="006C3F55"/>
     <w:rsid w:val="006C4394"/>
     <w:rsid w:val="006C4692"/>
     <w:rsid w:val="006C4A72"/>
     <w:rsid w:val="006C4D8B"/>
     <w:rsid w:val="006C51E6"/>
     <w:rsid w:val="006C546E"/>
     <w:rsid w:val="006C5533"/>
     <w:rsid w:val="006C5A98"/>
     <w:rsid w:val="006C5FD9"/>
     <w:rsid w:val="006C61E6"/>
     <w:rsid w:val="006C6FE3"/>
     <w:rsid w:val="006C705A"/>
     <w:rsid w:val="006C713C"/>
     <w:rsid w:val="006C78D1"/>
     <w:rsid w:val="006C7907"/>
     <w:rsid w:val="006C7A6A"/>
     <w:rsid w:val="006D0844"/>
     <w:rsid w:val="006D0A1F"/>
     <w:rsid w:val="006D0A28"/>
     <w:rsid w:val="006D0F4C"/>
+    <w:rsid w:val="006D13EB"/>
     <w:rsid w:val="006D1B29"/>
     <w:rsid w:val="006D1CAA"/>
     <w:rsid w:val="006D3A4C"/>
     <w:rsid w:val="006D3E97"/>
     <w:rsid w:val="006D455E"/>
     <w:rsid w:val="006D45BB"/>
     <w:rsid w:val="006D49E5"/>
     <w:rsid w:val="006D5D40"/>
     <w:rsid w:val="006D615D"/>
     <w:rsid w:val="006D66E2"/>
     <w:rsid w:val="006D679E"/>
     <w:rsid w:val="006D6A64"/>
     <w:rsid w:val="006D6E2E"/>
     <w:rsid w:val="006D6F05"/>
     <w:rsid w:val="006D7040"/>
     <w:rsid w:val="006D706B"/>
     <w:rsid w:val="006D71AC"/>
+    <w:rsid w:val="006D71B2"/>
     <w:rsid w:val="006D745F"/>
     <w:rsid w:val="006D75BA"/>
     <w:rsid w:val="006D763A"/>
     <w:rsid w:val="006D787B"/>
     <w:rsid w:val="006D7BEF"/>
     <w:rsid w:val="006D7E54"/>
     <w:rsid w:val="006D7F82"/>
     <w:rsid w:val="006E02C8"/>
     <w:rsid w:val="006E075E"/>
     <w:rsid w:val="006E08CA"/>
     <w:rsid w:val="006E1B8C"/>
     <w:rsid w:val="006E1C35"/>
     <w:rsid w:val="006E1F75"/>
     <w:rsid w:val="006E2027"/>
     <w:rsid w:val="006E261E"/>
     <w:rsid w:val="006E298D"/>
     <w:rsid w:val="006E2CC8"/>
     <w:rsid w:val="006E2DFA"/>
     <w:rsid w:val="006E34B5"/>
     <w:rsid w:val="006E371A"/>
     <w:rsid w:val="006E3B82"/>
     <w:rsid w:val="006E3B85"/>
     <w:rsid w:val="006E3E0A"/>
     <w:rsid w:val="006E3EC8"/>
     <w:rsid w:val="006E4B70"/>
@@ -25477,57 +25760,59 @@
     <w:rsid w:val="006F56C2"/>
     <w:rsid w:val="006F5ACD"/>
     <w:rsid w:val="006F6096"/>
     <w:rsid w:val="006F6122"/>
     <w:rsid w:val="006F62CA"/>
     <w:rsid w:val="006F63D9"/>
     <w:rsid w:val="006F6A75"/>
     <w:rsid w:val="006F6AEC"/>
     <w:rsid w:val="006F78BD"/>
     <w:rsid w:val="006F799F"/>
     <w:rsid w:val="006F7E82"/>
     <w:rsid w:val="006F7FE1"/>
     <w:rsid w:val="007002B6"/>
     <w:rsid w:val="00700890"/>
     <w:rsid w:val="00700C09"/>
     <w:rsid w:val="00700CF5"/>
     <w:rsid w:val="007011FD"/>
     <w:rsid w:val="007015BB"/>
     <w:rsid w:val="0070199E"/>
     <w:rsid w:val="00701A66"/>
     <w:rsid w:val="00702940"/>
     <w:rsid w:val="007029A8"/>
     <w:rsid w:val="00702B11"/>
     <w:rsid w:val="00702F5D"/>
     <w:rsid w:val="00703303"/>
+    <w:rsid w:val="00703855"/>
     <w:rsid w:val="007039F0"/>
     <w:rsid w:val="00703BD0"/>
     <w:rsid w:val="00703CB4"/>
     <w:rsid w:val="00704FE5"/>
     <w:rsid w:val="007053A9"/>
     <w:rsid w:val="007058EC"/>
     <w:rsid w:val="00706DE9"/>
+    <w:rsid w:val="00707A1E"/>
     <w:rsid w:val="00707D11"/>
     <w:rsid w:val="0071024C"/>
     <w:rsid w:val="007110B3"/>
     <w:rsid w:val="007111D9"/>
     <w:rsid w:val="00711340"/>
     <w:rsid w:val="007114A0"/>
     <w:rsid w:val="0071154D"/>
     <w:rsid w:val="00711F4D"/>
     <w:rsid w:val="0071239A"/>
     <w:rsid w:val="007125F4"/>
     <w:rsid w:val="00712921"/>
     <w:rsid w:val="00713AD8"/>
     <w:rsid w:val="00714762"/>
     <w:rsid w:val="00714787"/>
     <w:rsid w:val="00714A15"/>
     <w:rsid w:val="00714BBF"/>
     <w:rsid w:val="00714FA6"/>
     <w:rsid w:val="0071546E"/>
     <w:rsid w:val="00715A0D"/>
     <w:rsid w:val="00715BF5"/>
     <w:rsid w:val="00715C14"/>
     <w:rsid w:val="00717A2B"/>
     <w:rsid w:val="00717D78"/>
     <w:rsid w:val="007200D2"/>
     <w:rsid w:val="00720380"/>
@@ -25542,74 +25827,76 @@
     <w:rsid w:val="00724030"/>
     <w:rsid w:val="007240D5"/>
     <w:rsid w:val="00724657"/>
     <w:rsid w:val="00724D27"/>
     <w:rsid w:val="00724DE7"/>
     <w:rsid w:val="00726756"/>
     <w:rsid w:val="00726C59"/>
     <w:rsid w:val="00726CA1"/>
     <w:rsid w:val="00726F2A"/>
     <w:rsid w:val="00726F83"/>
     <w:rsid w:val="00727FB9"/>
     <w:rsid w:val="00730076"/>
     <w:rsid w:val="00730191"/>
     <w:rsid w:val="00730632"/>
     <w:rsid w:val="007307DD"/>
     <w:rsid w:val="00730E20"/>
     <w:rsid w:val="00731129"/>
     <w:rsid w:val="00731142"/>
     <w:rsid w:val="00731D29"/>
     <w:rsid w:val="0073324E"/>
     <w:rsid w:val="007333A9"/>
     <w:rsid w:val="007334E0"/>
     <w:rsid w:val="00733E12"/>
     <w:rsid w:val="0073423E"/>
     <w:rsid w:val="007343E8"/>
+    <w:rsid w:val="007347FC"/>
     <w:rsid w:val="00734BCC"/>
     <w:rsid w:val="00735467"/>
     <w:rsid w:val="00735863"/>
     <w:rsid w:val="00735883"/>
     <w:rsid w:val="00735B71"/>
     <w:rsid w:val="00735BA1"/>
     <w:rsid w:val="0073601C"/>
     <w:rsid w:val="007361D4"/>
     <w:rsid w:val="00736663"/>
     <w:rsid w:val="00736E79"/>
     <w:rsid w:val="007371BD"/>
     <w:rsid w:val="00737377"/>
     <w:rsid w:val="007376AC"/>
     <w:rsid w:val="007400E6"/>
     <w:rsid w:val="007409B9"/>
     <w:rsid w:val="00740AC0"/>
     <w:rsid w:val="00740D36"/>
     <w:rsid w:val="00740E64"/>
     <w:rsid w:val="00741C03"/>
     <w:rsid w:val="00741EF2"/>
     <w:rsid w:val="00742544"/>
     <w:rsid w:val="00742698"/>
     <w:rsid w:val="0074314C"/>
     <w:rsid w:val="00743243"/>
+    <w:rsid w:val="00744027"/>
     <w:rsid w:val="007443EA"/>
     <w:rsid w:val="007445F8"/>
     <w:rsid w:val="007467D4"/>
     <w:rsid w:val="00746A4C"/>
     <w:rsid w:val="007471E9"/>
     <w:rsid w:val="00747CFD"/>
     <w:rsid w:val="00747E28"/>
     <w:rsid w:val="007500AF"/>
     <w:rsid w:val="00750338"/>
     <w:rsid w:val="007504B4"/>
     <w:rsid w:val="00750918"/>
     <w:rsid w:val="0075095B"/>
     <w:rsid w:val="00750B3A"/>
     <w:rsid w:val="00751636"/>
     <w:rsid w:val="00751981"/>
     <w:rsid w:val="00751A1D"/>
     <w:rsid w:val="00752187"/>
     <w:rsid w:val="00753221"/>
     <w:rsid w:val="00753CA6"/>
     <w:rsid w:val="00753DAA"/>
     <w:rsid w:val="0075404E"/>
     <w:rsid w:val="00754336"/>
     <w:rsid w:val="00754629"/>
     <w:rsid w:val="00754647"/>
     <w:rsid w:val="0075577C"/>
@@ -25759,50 +26046,51 @@
     <w:rsid w:val="007B7577"/>
     <w:rsid w:val="007B7EFA"/>
     <w:rsid w:val="007C00FC"/>
     <w:rsid w:val="007C015D"/>
     <w:rsid w:val="007C0F2C"/>
     <w:rsid w:val="007C151F"/>
     <w:rsid w:val="007C158F"/>
     <w:rsid w:val="007C175C"/>
     <w:rsid w:val="007C3550"/>
     <w:rsid w:val="007C394A"/>
     <w:rsid w:val="007C3A7D"/>
     <w:rsid w:val="007C43C9"/>
     <w:rsid w:val="007C455C"/>
     <w:rsid w:val="007C4EFF"/>
     <w:rsid w:val="007C58F2"/>
     <w:rsid w:val="007C5B94"/>
     <w:rsid w:val="007C63CC"/>
     <w:rsid w:val="007C646D"/>
     <w:rsid w:val="007C65D7"/>
     <w:rsid w:val="007C6D0F"/>
     <w:rsid w:val="007C6E2A"/>
     <w:rsid w:val="007C71B5"/>
     <w:rsid w:val="007C7D5F"/>
     <w:rsid w:val="007D099F"/>
     <w:rsid w:val="007D1FD1"/>
+    <w:rsid w:val="007D2FE3"/>
     <w:rsid w:val="007D33EC"/>
     <w:rsid w:val="007D35E3"/>
     <w:rsid w:val="007D446F"/>
     <w:rsid w:val="007D4B60"/>
     <w:rsid w:val="007D52B3"/>
     <w:rsid w:val="007D693C"/>
     <w:rsid w:val="007D71EE"/>
     <w:rsid w:val="007D73D5"/>
     <w:rsid w:val="007D7C3A"/>
     <w:rsid w:val="007E0156"/>
     <w:rsid w:val="007E0190"/>
     <w:rsid w:val="007E066D"/>
     <w:rsid w:val="007E0C4A"/>
     <w:rsid w:val="007E101D"/>
     <w:rsid w:val="007E1115"/>
     <w:rsid w:val="007E1AC9"/>
     <w:rsid w:val="007E2CAC"/>
     <w:rsid w:val="007E307B"/>
     <w:rsid w:val="007E3EA7"/>
     <w:rsid w:val="007E3FBD"/>
     <w:rsid w:val="007E42CA"/>
     <w:rsid w:val="007E44F0"/>
     <w:rsid w:val="007E4585"/>
     <w:rsid w:val="007E4FB2"/>
     <w:rsid w:val="007E518F"/>
@@ -25814,149 +26102,152 @@
     <w:rsid w:val="007E7778"/>
     <w:rsid w:val="007E795C"/>
     <w:rsid w:val="007F0224"/>
     <w:rsid w:val="007F0257"/>
     <w:rsid w:val="007F05E7"/>
     <w:rsid w:val="007F0CD0"/>
     <w:rsid w:val="007F0E59"/>
     <w:rsid w:val="007F0F36"/>
     <w:rsid w:val="007F20BC"/>
     <w:rsid w:val="007F23E6"/>
     <w:rsid w:val="007F2863"/>
     <w:rsid w:val="007F2A5A"/>
     <w:rsid w:val="007F2E79"/>
     <w:rsid w:val="007F2F38"/>
     <w:rsid w:val="007F3543"/>
     <w:rsid w:val="007F45D6"/>
     <w:rsid w:val="007F467C"/>
     <w:rsid w:val="007F4FB0"/>
     <w:rsid w:val="007F57E3"/>
     <w:rsid w:val="007F5ADC"/>
     <w:rsid w:val="007F5E58"/>
     <w:rsid w:val="007F5F78"/>
     <w:rsid w:val="007F644F"/>
     <w:rsid w:val="007F6547"/>
     <w:rsid w:val="007F71FF"/>
+    <w:rsid w:val="007F75F9"/>
     <w:rsid w:val="0080002E"/>
     <w:rsid w:val="0080016D"/>
     <w:rsid w:val="0080043B"/>
     <w:rsid w:val="00800986"/>
     <w:rsid w:val="00800C2E"/>
     <w:rsid w:val="00800EA2"/>
     <w:rsid w:val="0080161A"/>
     <w:rsid w:val="008034FD"/>
     <w:rsid w:val="008037A6"/>
     <w:rsid w:val="00803B8C"/>
     <w:rsid w:val="00803E7B"/>
     <w:rsid w:val="008045C7"/>
     <w:rsid w:val="00804A29"/>
     <w:rsid w:val="008057E9"/>
     <w:rsid w:val="00805E5E"/>
     <w:rsid w:val="008060BA"/>
     <w:rsid w:val="00806363"/>
     <w:rsid w:val="00806FCD"/>
     <w:rsid w:val="0080776F"/>
     <w:rsid w:val="00807E60"/>
     <w:rsid w:val="00807EA5"/>
     <w:rsid w:val="0081010E"/>
     <w:rsid w:val="00810C45"/>
     <w:rsid w:val="00810E5A"/>
     <w:rsid w:val="008113C7"/>
     <w:rsid w:val="0081166D"/>
     <w:rsid w:val="00811A1C"/>
     <w:rsid w:val="00811B96"/>
     <w:rsid w:val="00811DE4"/>
     <w:rsid w:val="008127D9"/>
     <w:rsid w:val="008129D7"/>
     <w:rsid w:val="00812EF9"/>
     <w:rsid w:val="00813337"/>
     <w:rsid w:val="008133B6"/>
     <w:rsid w:val="0081427D"/>
     <w:rsid w:val="00814392"/>
     <w:rsid w:val="008148D4"/>
     <w:rsid w:val="0081570B"/>
     <w:rsid w:val="00815E47"/>
     <w:rsid w:val="00815EEE"/>
     <w:rsid w:val="00816962"/>
     <w:rsid w:val="008169D8"/>
     <w:rsid w:val="008175D6"/>
     <w:rsid w:val="008177E9"/>
     <w:rsid w:val="00817843"/>
     <w:rsid w:val="008179B0"/>
     <w:rsid w:val="00817C3E"/>
     <w:rsid w:val="00817EAC"/>
     <w:rsid w:val="00817F32"/>
+    <w:rsid w:val="00820129"/>
     <w:rsid w:val="00820485"/>
     <w:rsid w:val="00820506"/>
     <w:rsid w:val="00820DE0"/>
     <w:rsid w:val="008212C7"/>
     <w:rsid w:val="008217E5"/>
     <w:rsid w:val="00821AE5"/>
     <w:rsid w:val="0082209D"/>
     <w:rsid w:val="00823390"/>
     <w:rsid w:val="00823446"/>
     <w:rsid w:val="008243A1"/>
     <w:rsid w:val="008250E3"/>
     <w:rsid w:val="00825357"/>
     <w:rsid w:val="008260ED"/>
     <w:rsid w:val="00826C58"/>
     <w:rsid w:val="00826D3A"/>
     <w:rsid w:val="00826D5A"/>
     <w:rsid w:val="008270EC"/>
     <w:rsid w:val="008274C2"/>
     <w:rsid w:val="00827B77"/>
     <w:rsid w:val="008308E4"/>
     <w:rsid w:val="00831112"/>
     <w:rsid w:val="00831489"/>
     <w:rsid w:val="00831E5D"/>
     <w:rsid w:val="008320A9"/>
     <w:rsid w:val="008325B8"/>
     <w:rsid w:val="00832CA1"/>
     <w:rsid w:val="00832EFF"/>
     <w:rsid w:val="0083310F"/>
     <w:rsid w:val="0083377D"/>
     <w:rsid w:val="008337C3"/>
     <w:rsid w:val="00834670"/>
     <w:rsid w:val="00834771"/>
     <w:rsid w:val="008349B8"/>
     <w:rsid w:val="00834CA0"/>
     <w:rsid w:val="00835B87"/>
     <w:rsid w:val="0083668C"/>
     <w:rsid w:val="00836B02"/>
     <w:rsid w:val="00836CE4"/>
     <w:rsid w:val="00836F3B"/>
     <w:rsid w:val="00836F55"/>
     <w:rsid w:val="00837519"/>
     <w:rsid w:val="0083785A"/>
     <w:rsid w:val="00840582"/>
     <w:rsid w:val="00840AF6"/>
     <w:rsid w:val="00841472"/>
     <w:rsid w:val="008419A2"/>
     <w:rsid w:val="00842163"/>
     <w:rsid w:val="00842BC5"/>
     <w:rsid w:val="00842D3E"/>
     <w:rsid w:val="008430FC"/>
+    <w:rsid w:val="00843992"/>
     <w:rsid w:val="0084410E"/>
     <w:rsid w:val="00844284"/>
     <w:rsid w:val="008447D6"/>
     <w:rsid w:val="00844F0E"/>
     <w:rsid w:val="00844F7B"/>
     <w:rsid w:val="00846336"/>
     <w:rsid w:val="008464F0"/>
     <w:rsid w:val="00846BE9"/>
     <w:rsid w:val="00846ED9"/>
     <w:rsid w:val="00846F65"/>
     <w:rsid w:val="00847012"/>
     <w:rsid w:val="0084713A"/>
     <w:rsid w:val="008478FD"/>
     <w:rsid w:val="008479AC"/>
     <w:rsid w:val="0085010D"/>
     <w:rsid w:val="008506C3"/>
     <w:rsid w:val="00850A83"/>
     <w:rsid w:val="00850EC9"/>
     <w:rsid w:val="008514A2"/>
     <w:rsid w:val="00851A35"/>
     <w:rsid w:val="00851C9F"/>
     <w:rsid w:val="00852542"/>
     <w:rsid w:val="00852A6D"/>
     <w:rsid w:val="00852A97"/>
     <w:rsid w:val="00852F4B"/>
@@ -26020,50 +26311,51 @@
     <w:rsid w:val="00874AD2"/>
     <w:rsid w:val="00874D25"/>
     <w:rsid w:val="0087509E"/>
     <w:rsid w:val="0087559D"/>
     <w:rsid w:val="00875B96"/>
     <w:rsid w:val="008760E0"/>
     <w:rsid w:val="0087622D"/>
     <w:rsid w:val="00876325"/>
     <w:rsid w:val="008763B5"/>
     <w:rsid w:val="008763C5"/>
     <w:rsid w:val="00876595"/>
     <w:rsid w:val="00876A62"/>
     <w:rsid w:val="00876A90"/>
     <w:rsid w:val="00876E54"/>
     <w:rsid w:val="00876F15"/>
     <w:rsid w:val="0087789A"/>
     <w:rsid w:val="00877E5D"/>
     <w:rsid w:val="00880108"/>
     <w:rsid w:val="008802A5"/>
     <w:rsid w:val="00880B00"/>
     <w:rsid w:val="00880B6D"/>
     <w:rsid w:val="00880BC6"/>
     <w:rsid w:val="0088116E"/>
     <w:rsid w:val="0088126B"/>
     <w:rsid w:val="0088165A"/>
+    <w:rsid w:val="0088225B"/>
     <w:rsid w:val="008824A7"/>
     <w:rsid w:val="0088287D"/>
     <w:rsid w:val="00882A78"/>
     <w:rsid w:val="00882D53"/>
     <w:rsid w:val="008835D9"/>
     <w:rsid w:val="00883EC8"/>
     <w:rsid w:val="00884422"/>
     <w:rsid w:val="008848AB"/>
     <w:rsid w:val="00884B73"/>
     <w:rsid w:val="00884BD7"/>
     <w:rsid w:val="00885346"/>
     <w:rsid w:val="0088589C"/>
     <w:rsid w:val="00885F53"/>
     <w:rsid w:val="00886039"/>
     <w:rsid w:val="00886437"/>
     <w:rsid w:val="008900CF"/>
     <w:rsid w:val="0089025B"/>
     <w:rsid w:val="00890B32"/>
     <w:rsid w:val="00890BF3"/>
     <w:rsid w:val="00891275"/>
     <w:rsid w:val="00891388"/>
     <w:rsid w:val="008913BD"/>
     <w:rsid w:val="00891532"/>
     <w:rsid w:val="00891B72"/>
     <w:rsid w:val="008925C2"/>
@@ -26094,78 +26386,81 @@
     <w:rsid w:val="008A3065"/>
     <w:rsid w:val="008A32D7"/>
     <w:rsid w:val="008A36EC"/>
     <w:rsid w:val="008A3B54"/>
     <w:rsid w:val="008A4D7A"/>
     <w:rsid w:val="008A5341"/>
     <w:rsid w:val="008A54DA"/>
     <w:rsid w:val="008A571B"/>
     <w:rsid w:val="008A5731"/>
     <w:rsid w:val="008A5759"/>
     <w:rsid w:val="008A59C9"/>
     <w:rsid w:val="008A637F"/>
     <w:rsid w:val="008A6A44"/>
     <w:rsid w:val="008A6F6C"/>
     <w:rsid w:val="008A7161"/>
     <w:rsid w:val="008A72DA"/>
     <w:rsid w:val="008A78C0"/>
     <w:rsid w:val="008A791A"/>
     <w:rsid w:val="008A79A4"/>
     <w:rsid w:val="008A79C2"/>
     <w:rsid w:val="008A7E50"/>
     <w:rsid w:val="008A7FC6"/>
     <w:rsid w:val="008B06E9"/>
     <w:rsid w:val="008B0D65"/>
     <w:rsid w:val="008B0F4B"/>
+    <w:rsid w:val="008B1D92"/>
     <w:rsid w:val="008B2292"/>
     <w:rsid w:val="008B22B8"/>
+    <w:rsid w:val="008B3031"/>
     <w:rsid w:val="008B32C7"/>
     <w:rsid w:val="008B3437"/>
     <w:rsid w:val="008B3A05"/>
     <w:rsid w:val="008B3AA3"/>
     <w:rsid w:val="008B4443"/>
     <w:rsid w:val="008B4A9B"/>
     <w:rsid w:val="008B4D44"/>
     <w:rsid w:val="008B4E61"/>
     <w:rsid w:val="008B5150"/>
     <w:rsid w:val="008B55D7"/>
     <w:rsid w:val="008B589D"/>
     <w:rsid w:val="008B59A2"/>
     <w:rsid w:val="008B62CE"/>
     <w:rsid w:val="008B64A7"/>
     <w:rsid w:val="008B662C"/>
     <w:rsid w:val="008B66D8"/>
     <w:rsid w:val="008B6B20"/>
     <w:rsid w:val="008B6C18"/>
     <w:rsid w:val="008B7587"/>
     <w:rsid w:val="008B79FE"/>
     <w:rsid w:val="008B7D57"/>
     <w:rsid w:val="008B7D6B"/>
     <w:rsid w:val="008C010D"/>
     <w:rsid w:val="008C0118"/>
     <w:rsid w:val="008C07CA"/>
     <w:rsid w:val="008C0A97"/>
+    <w:rsid w:val="008C0AF9"/>
     <w:rsid w:val="008C0F30"/>
     <w:rsid w:val="008C0F8C"/>
     <w:rsid w:val="008C150E"/>
     <w:rsid w:val="008C1761"/>
     <w:rsid w:val="008C1C61"/>
     <w:rsid w:val="008C20AD"/>
     <w:rsid w:val="008C2D6C"/>
     <w:rsid w:val="008C3365"/>
     <w:rsid w:val="008C40AD"/>
     <w:rsid w:val="008C4875"/>
     <w:rsid w:val="008C4DE2"/>
     <w:rsid w:val="008C52B4"/>
     <w:rsid w:val="008C5B3D"/>
     <w:rsid w:val="008C6261"/>
     <w:rsid w:val="008C636C"/>
     <w:rsid w:val="008C69BC"/>
     <w:rsid w:val="008C6D68"/>
     <w:rsid w:val="008C6FEB"/>
     <w:rsid w:val="008C74BE"/>
     <w:rsid w:val="008D02E8"/>
     <w:rsid w:val="008D087E"/>
     <w:rsid w:val="008D0EC5"/>
     <w:rsid w:val="008D0ED1"/>
     <w:rsid w:val="008D0F5D"/>
     <w:rsid w:val="008D144E"/>
@@ -26204,64 +26499,66 @@
     <w:rsid w:val="008E311E"/>
     <w:rsid w:val="008E3284"/>
     <w:rsid w:val="008E34E3"/>
     <w:rsid w:val="008E3EE9"/>
     <w:rsid w:val="008E44B8"/>
     <w:rsid w:val="008E4561"/>
     <w:rsid w:val="008E4593"/>
     <w:rsid w:val="008E5ADA"/>
     <w:rsid w:val="008E5BF7"/>
     <w:rsid w:val="008E5DE8"/>
     <w:rsid w:val="008E619D"/>
     <w:rsid w:val="008E6D17"/>
     <w:rsid w:val="008E6D40"/>
     <w:rsid w:val="008E6E7A"/>
     <w:rsid w:val="008E71EA"/>
     <w:rsid w:val="008E725C"/>
     <w:rsid w:val="008E72E9"/>
     <w:rsid w:val="008E732F"/>
     <w:rsid w:val="008E7466"/>
     <w:rsid w:val="008E7709"/>
     <w:rsid w:val="008F0026"/>
     <w:rsid w:val="008F035A"/>
     <w:rsid w:val="008F056D"/>
     <w:rsid w:val="008F086B"/>
     <w:rsid w:val="008F0B9D"/>
+    <w:rsid w:val="008F10E6"/>
     <w:rsid w:val="008F1B93"/>
     <w:rsid w:val="008F213E"/>
     <w:rsid w:val="008F21F8"/>
     <w:rsid w:val="008F2B58"/>
     <w:rsid w:val="008F2D49"/>
     <w:rsid w:val="008F308F"/>
     <w:rsid w:val="008F3184"/>
     <w:rsid w:val="008F35A2"/>
     <w:rsid w:val="008F35F7"/>
     <w:rsid w:val="008F4130"/>
     <w:rsid w:val="008F4374"/>
     <w:rsid w:val="008F46E1"/>
     <w:rsid w:val="008F4945"/>
     <w:rsid w:val="008F4D5A"/>
+    <w:rsid w:val="008F5345"/>
     <w:rsid w:val="008F58CF"/>
     <w:rsid w:val="008F5CFF"/>
     <w:rsid w:val="008F5D3C"/>
     <w:rsid w:val="008F5F12"/>
     <w:rsid w:val="008F60BF"/>
     <w:rsid w:val="008F63F6"/>
     <w:rsid w:val="008F6540"/>
     <w:rsid w:val="008F6E87"/>
     <w:rsid w:val="008F6EBD"/>
     <w:rsid w:val="00900759"/>
     <w:rsid w:val="00900FBD"/>
     <w:rsid w:val="0090147C"/>
     <w:rsid w:val="009014AA"/>
     <w:rsid w:val="00901AB5"/>
     <w:rsid w:val="00901B8F"/>
     <w:rsid w:val="009024AE"/>
     <w:rsid w:val="009028C8"/>
     <w:rsid w:val="00902990"/>
     <w:rsid w:val="00903003"/>
     <w:rsid w:val="00903649"/>
     <w:rsid w:val="009038B9"/>
     <w:rsid w:val="009044D4"/>
     <w:rsid w:val="00904811"/>
     <w:rsid w:val="00904B46"/>
     <w:rsid w:val="00904C74"/>
@@ -26292,50 +26589,51 @@
     <w:rsid w:val="00917394"/>
     <w:rsid w:val="00917474"/>
     <w:rsid w:val="00920BA1"/>
     <w:rsid w:val="00920D26"/>
     <w:rsid w:val="00921332"/>
     <w:rsid w:val="009213F0"/>
     <w:rsid w:val="009215FA"/>
     <w:rsid w:val="00921632"/>
     <w:rsid w:val="0092176F"/>
     <w:rsid w:val="00922A88"/>
     <w:rsid w:val="00923014"/>
     <w:rsid w:val="00923039"/>
     <w:rsid w:val="009233D0"/>
     <w:rsid w:val="009235B1"/>
     <w:rsid w:val="00923A3E"/>
     <w:rsid w:val="00923A6E"/>
     <w:rsid w:val="00923E23"/>
     <w:rsid w:val="00924188"/>
     <w:rsid w:val="009242CA"/>
     <w:rsid w:val="0092456E"/>
     <w:rsid w:val="00924D6E"/>
     <w:rsid w:val="00924F29"/>
     <w:rsid w:val="0092560F"/>
     <w:rsid w:val="009257E8"/>
     <w:rsid w:val="0092611E"/>
+    <w:rsid w:val="00926631"/>
     <w:rsid w:val="00927267"/>
     <w:rsid w:val="00927567"/>
     <w:rsid w:val="0092798D"/>
     <w:rsid w:val="00927A6D"/>
     <w:rsid w:val="00927AEB"/>
     <w:rsid w:val="00930649"/>
     <w:rsid w:val="00930C6D"/>
     <w:rsid w:val="009318A7"/>
     <w:rsid w:val="00931DA4"/>
     <w:rsid w:val="00931F5F"/>
     <w:rsid w:val="0093263B"/>
     <w:rsid w:val="009326C9"/>
     <w:rsid w:val="00932B85"/>
     <w:rsid w:val="009331F1"/>
     <w:rsid w:val="00933DA9"/>
     <w:rsid w:val="00933EC2"/>
     <w:rsid w:val="0093485B"/>
     <w:rsid w:val="00934E24"/>
     <w:rsid w:val="00936704"/>
     <w:rsid w:val="00936A20"/>
     <w:rsid w:val="00936C2C"/>
     <w:rsid w:val="00936E58"/>
     <w:rsid w:val="00937718"/>
     <w:rsid w:val="00937796"/>
     <w:rsid w:val="009379F0"/>
@@ -26344,89 +26642,91 @@
     <w:rsid w:val="0094014E"/>
     <w:rsid w:val="00940333"/>
     <w:rsid w:val="00940836"/>
     <w:rsid w:val="00940874"/>
     <w:rsid w:val="00941561"/>
     <w:rsid w:val="00941569"/>
     <w:rsid w:val="009424A8"/>
     <w:rsid w:val="009426DB"/>
     <w:rsid w:val="009428DB"/>
     <w:rsid w:val="00942AB1"/>
     <w:rsid w:val="00943111"/>
     <w:rsid w:val="00944164"/>
     <w:rsid w:val="00944192"/>
     <w:rsid w:val="00944818"/>
     <w:rsid w:val="00944847"/>
     <w:rsid w:val="0094487E"/>
     <w:rsid w:val="009454D0"/>
     <w:rsid w:val="0094582C"/>
     <w:rsid w:val="00945A1A"/>
     <w:rsid w:val="00945D18"/>
     <w:rsid w:val="00945F5B"/>
     <w:rsid w:val="00945FBE"/>
     <w:rsid w:val="00946345"/>
     <w:rsid w:val="009465AC"/>
     <w:rsid w:val="009468E5"/>
+    <w:rsid w:val="00946AEA"/>
     <w:rsid w:val="00946E0F"/>
     <w:rsid w:val="00946F34"/>
     <w:rsid w:val="009479DF"/>
     <w:rsid w:val="00947F62"/>
     <w:rsid w:val="00947F8C"/>
     <w:rsid w:val="00947FD2"/>
     <w:rsid w:val="0095003C"/>
     <w:rsid w:val="0095093C"/>
     <w:rsid w:val="00950BD7"/>
     <w:rsid w:val="00950C7A"/>
     <w:rsid w:val="00950DF5"/>
     <w:rsid w:val="00950FC7"/>
     <w:rsid w:val="009512D6"/>
     <w:rsid w:val="0095136B"/>
     <w:rsid w:val="00951410"/>
     <w:rsid w:val="00951694"/>
     <w:rsid w:val="00951C77"/>
     <w:rsid w:val="00952073"/>
     <w:rsid w:val="0095243F"/>
     <w:rsid w:val="0095249F"/>
     <w:rsid w:val="009535CD"/>
     <w:rsid w:val="00953846"/>
     <w:rsid w:val="009539AA"/>
     <w:rsid w:val="00953FCD"/>
     <w:rsid w:val="00954150"/>
     <w:rsid w:val="00954710"/>
     <w:rsid w:val="00954AE7"/>
     <w:rsid w:val="00954E3E"/>
     <w:rsid w:val="00954FA1"/>
     <w:rsid w:val="00955B30"/>
     <w:rsid w:val="00955EB6"/>
     <w:rsid w:val="009560F5"/>
     <w:rsid w:val="00956BF6"/>
     <w:rsid w:val="00956EE0"/>
     <w:rsid w:val="00957511"/>
     <w:rsid w:val="00957B1E"/>
     <w:rsid w:val="00957C5C"/>
     <w:rsid w:val="00957EA6"/>
     <w:rsid w:val="009607C3"/>
+    <w:rsid w:val="00961CAC"/>
     <w:rsid w:val="0096363E"/>
     <w:rsid w:val="00963659"/>
     <w:rsid w:val="009640B0"/>
     <w:rsid w:val="00964690"/>
     <w:rsid w:val="00964B8F"/>
     <w:rsid w:val="009658A8"/>
     <w:rsid w:val="00965E79"/>
     <w:rsid w:val="00966450"/>
     <w:rsid w:val="009674FB"/>
     <w:rsid w:val="00970B1B"/>
     <w:rsid w:val="00971253"/>
     <w:rsid w:val="00971634"/>
     <w:rsid w:val="009719A7"/>
     <w:rsid w:val="00971B4C"/>
     <w:rsid w:val="00971D23"/>
     <w:rsid w:val="00972B3C"/>
     <w:rsid w:val="00975660"/>
     <w:rsid w:val="00977AB2"/>
     <w:rsid w:val="00977CA2"/>
     <w:rsid w:val="00977D1F"/>
     <w:rsid w:val="00977D5C"/>
     <w:rsid w:val="009802E2"/>
     <w:rsid w:val="00980A91"/>
     <w:rsid w:val="0098146B"/>
     <w:rsid w:val="0098171E"/>
@@ -26451,61 +26751,64 @@
     <w:rsid w:val="009873EC"/>
     <w:rsid w:val="0098788A"/>
     <w:rsid w:val="00987A38"/>
     <w:rsid w:val="00987BC6"/>
     <w:rsid w:val="00987CE5"/>
     <w:rsid w:val="0099037D"/>
     <w:rsid w:val="0099067D"/>
     <w:rsid w:val="00990C6F"/>
     <w:rsid w:val="0099101F"/>
     <w:rsid w:val="0099119C"/>
     <w:rsid w:val="00991653"/>
     <w:rsid w:val="009931D3"/>
     <w:rsid w:val="00993B48"/>
     <w:rsid w:val="00994EC3"/>
     <w:rsid w:val="00995160"/>
     <w:rsid w:val="0099558B"/>
     <w:rsid w:val="00995786"/>
     <w:rsid w:val="00995791"/>
     <w:rsid w:val="009960A0"/>
     <w:rsid w:val="009961B6"/>
     <w:rsid w:val="0099760D"/>
     <w:rsid w:val="009A01DE"/>
     <w:rsid w:val="009A0250"/>
     <w:rsid w:val="009A0510"/>
     <w:rsid w:val="009A1466"/>
+    <w:rsid w:val="009A211B"/>
     <w:rsid w:val="009A2C8F"/>
     <w:rsid w:val="009A30DB"/>
     <w:rsid w:val="009A449D"/>
     <w:rsid w:val="009A4532"/>
     <w:rsid w:val="009A4602"/>
     <w:rsid w:val="009A4652"/>
     <w:rsid w:val="009A4B25"/>
     <w:rsid w:val="009A4D54"/>
     <w:rsid w:val="009A5F7C"/>
+    <w:rsid w:val="009A6193"/>
     <w:rsid w:val="009A688A"/>
     <w:rsid w:val="009A6D87"/>
+    <w:rsid w:val="009A6DE2"/>
     <w:rsid w:val="009A7889"/>
     <w:rsid w:val="009B0009"/>
     <w:rsid w:val="009B03F9"/>
     <w:rsid w:val="009B060D"/>
     <w:rsid w:val="009B0685"/>
     <w:rsid w:val="009B168F"/>
     <w:rsid w:val="009B19F1"/>
     <w:rsid w:val="009B1BFE"/>
     <w:rsid w:val="009B360F"/>
     <w:rsid w:val="009B3623"/>
     <w:rsid w:val="009B3CB0"/>
     <w:rsid w:val="009B41FD"/>
     <w:rsid w:val="009B4BB6"/>
     <w:rsid w:val="009B4BDC"/>
     <w:rsid w:val="009B53C8"/>
     <w:rsid w:val="009B54C3"/>
     <w:rsid w:val="009B54EC"/>
     <w:rsid w:val="009B55CF"/>
     <w:rsid w:val="009B5FC0"/>
     <w:rsid w:val="009B682B"/>
     <w:rsid w:val="009B72B8"/>
     <w:rsid w:val="009C0041"/>
     <w:rsid w:val="009C06D2"/>
     <w:rsid w:val="009C10B8"/>
     <w:rsid w:val="009C1ABA"/>
@@ -26527,50 +26830,51 @@
     <w:rsid w:val="009C66C9"/>
     <w:rsid w:val="009C6736"/>
     <w:rsid w:val="009C6C17"/>
     <w:rsid w:val="009C6E0B"/>
     <w:rsid w:val="009C6E23"/>
     <w:rsid w:val="009C770F"/>
     <w:rsid w:val="009C7A8F"/>
     <w:rsid w:val="009C7BDF"/>
     <w:rsid w:val="009D00FA"/>
     <w:rsid w:val="009D0647"/>
     <w:rsid w:val="009D1342"/>
     <w:rsid w:val="009D19C5"/>
     <w:rsid w:val="009D1AC0"/>
     <w:rsid w:val="009D1B60"/>
     <w:rsid w:val="009D25E8"/>
     <w:rsid w:val="009D291A"/>
     <w:rsid w:val="009D2E5C"/>
     <w:rsid w:val="009D2FD2"/>
     <w:rsid w:val="009D3462"/>
     <w:rsid w:val="009D3512"/>
     <w:rsid w:val="009D4042"/>
     <w:rsid w:val="009D42DA"/>
     <w:rsid w:val="009D458D"/>
     <w:rsid w:val="009D45F3"/>
     <w:rsid w:val="009D49B5"/>
+    <w:rsid w:val="009D4A12"/>
     <w:rsid w:val="009D4E3A"/>
     <w:rsid w:val="009D517D"/>
     <w:rsid w:val="009D5283"/>
     <w:rsid w:val="009D5CA8"/>
     <w:rsid w:val="009D5CFB"/>
     <w:rsid w:val="009D609D"/>
     <w:rsid w:val="009D652F"/>
     <w:rsid w:val="009D69A4"/>
     <w:rsid w:val="009D6B39"/>
     <w:rsid w:val="009D7BB3"/>
     <w:rsid w:val="009D7BF4"/>
     <w:rsid w:val="009E0103"/>
     <w:rsid w:val="009E0B2A"/>
     <w:rsid w:val="009E0E59"/>
     <w:rsid w:val="009E120F"/>
     <w:rsid w:val="009E126C"/>
     <w:rsid w:val="009E187B"/>
     <w:rsid w:val="009E2004"/>
     <w:rsid w:val="009E20CE"/>
     <w:rsid w:val="009E28CF"/>
     <w:rsid w:val="009E2B39"/>
     <w:rsid w:val="009E2D16"/>
     <w:rsid w:val="009E33C5"/>
     <w:rsid w:val="009E33E8"/>
     <w:rsid w:val="009E3786"/>
@@ -26582,93 +26886,97 @@
     <w:rsid w:val="009E5825"/>
     <w:rsid w:val="009E6008"/>
     <w:rsid w:val="009E6103"/>
     <w:rsid w:val="009E612F"/>
     <w:rsid w:val="009E6D70"/>
     <w:rsid w:val="009F03A0"/>
     <w:rsid w:val="009F0A4E"/>
     <w:rsid w:val="009F0BE0"/>
     <w:rsid w:val="009F16C4"/>
     <w:rsid w:val="009F1755"/>
     <w:rsid w:val="009F26AA"/>
     <w:rsid w:val="009F277D"/>
     <w:rsid w:val="009F27C8"/>
     <w:rsid w:val="009F2825"/>
     <w:rsid w:val="009F2ADB"/>
     <w:rsid w:val="009F2B9B"/>
     <w:rsid w:val="009F2BDC"/>
     <w:rsid w:val="009F366B"/>
     <w:rsid w:val="009F3A3E"/>
     <w:rsid w:val="009F3D80"/>
     <w:rsid w:val="009F3F26"/>
     <w:rsid w:val="009F3FA7"/>
     <w:rsid w:val="009F40F6"/>
     <w:rsid w:val="009F49E5"/>
     <w:rsid w:val="009F4FA1"/>
+    <w:rsid w:val="009F5373"/>
     <w:rsid w:val="009F6464"/>
     <w:rsid w:val="009F672E"/>
+    <w:rsid w:val="009F6969"/>
     <w:rsid w:val="009F6F7E"/>
     <w:rsid w:val="009F7B88"/>
     <w:rsid w:val="00A0026D"/>
     <w:rsid w:val="00A00561"/>
     <w:rsid w:val="00A006BE"/>
     <w:rsid w:val="00A00E07"/>
     <w:rsid w:val="00A014F9"/>
     <w:rsid w:val="00A0161E"/>
     <w:rsid w:val="00A01736"/>
     <w:rsid w:val="00A01782"/>
     <w:rsid w:val="00A01947"/>
     <w:rsid w:val="00A02A08"/>
     <w:rsid w:val="00A02C32"/>
     <w:rsid w:val="00A03565"/>
     <w:rsid w:val="00A039C0"/>
+    <w:rsid w:val="00A03C06"/>
     <w:rsid w:val="00A0445C"/>
     <w:rsid w:val="00A046B1"/>
     <w:rsid w:val="00A04A03"/>
     <w:rsid w:val="00A04B1A"/>
     <w:rsid w:val="00A05168"/>
     <w:rsid w:val="00A05209"/>
     <w:rsid w:val="00A053D7"/>
     <w:rsid w:val="00A0548D"/>
     <w:rsid w:val="00A056EB"/>
     <w:rsid w:val="00A05729"/>
     <w:rsid w:val="00A06050"/>
     <w:rsid w:val="00A06588"/>
     <w:rsid w:val="00A06E72"/>
     <w:rsid w:val="00A0706B"/>
     <w:rsid w:val="00A0731D"/>
     <w:rsid w:val="00A074D5"/>
     <w:rsid w:val="00A079A5"/>
     <w:rsid w:val="00A07E5A"/>
     <w:rsid w:val="00A07F30"/>
     <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A106E8"/>
     <w:rsid w:val="00A10AB1"/>
     <w:rsid w:val="00A10BA0"/>
     <w:rsid w:val="00A11800"/>
     <w:rsid w:val="00A1188B"/>
     <w:rsid w:val="00A1194B"/>
+    <w:rsid w:val="00A11D45"/>
     <w:rsid w:val="00A11FF3"/>
     <w:rsid w:val="00A123CA"/>
     <w:rsid w:val="00A1293E"/>
     <w:rsid w:val="00A12DFC"/>
     <w:rsid w:val="00A12FEB"/>
     <w:rsid w:val="00A1355F"/>
     <w:rsid w:val="00A13CB4"/>
     <w:rsid w:val="00A13F9A"/>
     <w:rsid w:val="00A1421A"/>
     <w:rsid w:val="00A145AE"/>
     <w:rsid w:val="00A14763"/>
     <w:rsid w:val="00A1553D"/>
     <w:rsid w:val="00A15625"/>
     <w:rsid w:val="00A15659"/>
     <w:rsid w:val="00A17173"/>
     <w:rsid w:val="00A1772E"/>
     <w:rsid w:val="00A17EE5"/>
     <w:rsid w:val="00A2040B"/>
     <w:rsid w:val="00A20C12"/>
     <w:rsid w:val="00A20F80"/>
     <w:rsid w:val="00A210A4"/>
     <w:rsid w:val="00A2132A"/>
     <w:rsid w:val="00A21440"/>
     <w:rsid w:val="00A21BF0"/>
     <w:rsid w:val="00A22944"/>
@@ -26688,76 +26996,78 @@
     <w:rsid w:val="00A26A94"/>
     <w:rsid w:val="00A26DA8"/>
     <w:rsid w:val="00A26E4C"/>
     <w:rsid w:val="00A27B98"/>
     <w:rsid w:val="00A27EB9"/>
     <w:rsid w:val="00A3001C"/>
     <w:rsid w:val="00A3067B"/>
     <w:rsid w:val="00A3072A"/>
     <w:rsid w:val="00A308E2"/>
     <w:rsid w:val="00A309A8"/>
     <w:rsid w:val="00A30AFB"/>
     <w:rsid w:val="00A311C1"/>
     <w:rsid w:val="00A3158A"/>
     <w:rsid w:val="00A315D8"/>
     <w:rsid w:val="00A319B1"/>
     <w:rsid w:val="00A32242"/>
     <w:rsid w:val="00A32B8D"/>
     <w:rsid w:val="00A32F17"/>
     <w:rsid w:val="00A3378E"/>
     <w:rsid w:val="00A33FC2"/>
     <w:rsid w:val="00A34298"/>
     <w:rsid w:val="00A34500"/>
     <w:rsid w:val="00A3461D"/>
     <w:rsid w:val="00A348B4"/>
     <w:rsid w:val="00A354EB"/>
+    <w:rsid w:val="00A35893"/>
     <w:rsid w:val="00A36ACF"/>
     <w:rsid w:val="00A36B7E"/>
     <w:rsid w:val="00A377EE"/>
     <w:rsid w:val="00A37D3F"/>
     <w:rsid w:val="00A4054D"/>
     <w:rsid w:val="00A407D4"/>
     <w:rsid w:val="00A41035"/>
     <w:rsid w:val="00A418BA"/>
     <w:rsid w:val="00A42942"/>
     <w:rsid w:val="00A4450E"/>
     <w:rsid w:val="00A44A1F"/>
     <w:rsid w:val="00A44AA6"/>
     <w:rsid w:val="00A44E85"/>
     <w:rsid w:val="00A44F81"/>
     <w:rsid w:val="00A4567F"/>
     <w:rsid w:val="00A45F48"/>
     <w:rsid w:val="00A46B6A"/>
     <w:rsid w:val="00A46F67"/>
     <w:rsid w:val="00A47318"/>
     <w:rsid w:val="00A47789"/>
     <w:rsid w:val="00A479FB"/>
     <w:rsid w:val="00A47CD1"/>
     <w:rsid w:val="00A47CF0"/>
     <w:rsid w:val="00A5025B"/>
     <w:rsid w:val="00A50919"/>
     <w:rsid w:val="00A5101E"/>
+    <w:rsid w:val="00A51E63"/>
     <w:rsid w:val="00A521AE"/>
     <w:rsid w:val="00A52266"/>
     <w:rsid w:val="00A52584"/>
     <w:rsid w:val="00A5266B"/>
     <w:rsid w:val="00A527B9"/>
     <w:rsid w:val="00A52CC7"/>
     <w:rsid w:val="00A538A7"/>
     <w:rsid w:val="00A53985"/>
     <w:rsid w:val="00A53AAA"/>
     <w:rsid w:val="00A54100"/>
     <w:rsid w:val="00A54642"/>
     <w:rsid w:val="00A54650"/>
     <w:rsid w:val="00A546EF"/>
     <w:rsid w:val="00A54948"/>
     <w:rsid w:val="00A54DE3"/>
     <w:rsid w:val="00A54FF0"/>
     <w:rsid w:val="00A5543D"/>
     <w:rsid w:val="00A5569F"/>
     <w:rsid w:val="00A55A01"/>
     <w:rsid w:val="00A55DAF"/>
     <w:rsid w:val="00A56284"/>
     <w:rsid w:val="00A56596"/>
     <w:rsid w:val="00A56BC0"/>
     <w:rsid w:val="00A56C71"/>
     <w:rsid w:val="00A56F3C"/>
@@ -26829,88 +27139,90 @@
     <w:rsid w:val="00A83D6F"/>
     <w:rsid w:val="00A83F8F"/>
     <w:rsid w:val="00A843D4"/>
     <w:rsid w:val="00A84572"/>
     <w:rsid w:val="00A84908"/>
     <w:rsid w:val="00A849E0"/>
     <w:rsid w:val="00A85575"/>
     <w:rsid w:val="00A85BA7"/>
     <w:rsid w:val="00A8702B"/>
     <w:rsid w:val="00A87463"/>
     <w:rsid w:val="00A87F36"/>
     <w:rsid w:val="00A90774"/>
     <w:rsid w:val="00A911B8"/>
     <w:rsid w:val="00A9137C"/>
     <w:rsid w:val="00A91B6D"/>
     <w:rsid w:val="00A92695"/>
     <w:rsid w:val="00A93039"/>
     <w:rsid w:val="00A93382"/>
     <w:rsid w:val="00A939AB"/>
     <w:rsid w:val="00A93CD1"/>
     <w:rsid w:val="00A94AFA"/>
     <w:rsid w:val="00A94C87"/>
     <w:rsid w:val="00A9580A"/>
     <w:rsid w:val="00A95C2C"/>
     <w:rsid w:val="00A95CD0"/>
+    <w:rsid w:val="00A961F8"/>
     <w:rsid w:val="00A96299"/>
     <w:rsid w:val="00A96670"/>
     <w:rsid w:val="00A96788"/>
     <w:rsid w:val="00A970CA"/>
     <w:rsid w:val="00AA02A8"/>
     <w:rsid w:val="00AA0D27"/>
     <w:rsid w:val="00AA1589"/>
     <w:rsid w:val="00AA16DB"/>
     <w:rsid w:val="00AA23B2"/>
     <w:rsid w:val="00AA2802"/>
     <w:rsid w:val="00AA3758"/>
     <w:rsid w:val="00AA37A5"/>
     <w:rsid w:val="00AA3C71"/>
     <w:rsid w:val="00AA43F4"/>
     <w:rsid w:val="00AA45C6"/>
     <w:rsid w:val="00AA4750"/>
     <w:rsid w:val="00AA47CC"/>
     <w:rsid w:val="00AA4890"/>
     <w:rsid w:val="00AA4D17"/>
     <w:rsid w:val="00AA51F8"/>
     <w:rsid w:val="00AA52F7"/>
     <w:rsid w:val="00AA5EDF"/>
     <w:rsid w:val="00AA605B"/>
     <w:rsid w:val="00AA75EC"/>
     <w:rsid w:val="00AA7805"/>
     <w:rsid w:val="00AB02F8"/>
     <w:rsid w:val="00AB19C7"/>
     <w:rsid w:val="00AB1E74"/>
     <w:rsid w:val="00AB2049"/>
     <w:rsid w:val="00AB206B"/>
     <w:rsid w:val="00AB234D"/>
     <w:rsid w:val="00AB2BDD"/>
     <w:rsid w:val="00AB2FDE"/>
     <w:rsid w:val="00AB30C3"/>
     <w:rsid w:val="00AB31DF"/>
     <w:rsid w:val="00AB3832"/>
     <w:rsid w:val="00AB3EBB"/>
     <w:rsid w:val="00AB4692"/>
+    <w:rsid w:val="00AB4A7D"/>
     <w:rsid w:val="00AB4C62"/>
     <w:rsid w:val="00AB4D4E"/>
     <w:rsid w:val="00AB4F38"/>
     <w:rsid w:val="00AB4FA9"/>
     <w:rsid w:val="00AB51C8"/>
     <w:rsid w:val="00AB573C"/>
     <w:rsid w:val="00AB5A7F"/>
     <w:rsid w:val="00AB6BD9"/>
     <w:rsid w:val="00AB6F6B"/>
     <w:rsid w:val="00AB7404"/>
     <w:rsid w:val="00AB7451"/>
     <w:rsid w:val="00AB774F"/>
     <w:rsid w:val="00AB7B2F"/>
     <w:rsid w:val="00AB7C27"/>
     <w:rsid w:val="00AC02CE"/>
     <w:rsid w:val="00AC03C5"/>
     <w:rsid w:val="00AC09CE"/>
     <w:rsid w:val="00AC0D73"/>
     <w:rsid w:val="00AC1E2E"/>
     <w:rsid w:val="00AC1E70"/>
     <w:rsid w:val="00AC27C3"/>
     <w:rsid w:val="00AC2ABC"/>
     <w:rsid w:val="00AC2B8B"/>
     <w:rsid w:val="00AC30A4"/>
     <w:rsid w:val="00AC349A"/>
@@ -26954,96 +27266,99 @@
     <w:rsid w:val="00AD3903"/>
     <w:rsid w:val="00AD3E9F"/>
     <w:rsid w:val="00AD41B8"/>
     <w:rsid w:val="00AD460F"/>
     <w:rsid w:val="00AD48C7"/>
     <w:rsid w:val="00AD4CE6"/>
     <w:rsid w:val="00AD5756"/>
     <w:rsid w:val="00AD58AA"/>
     <w:rsid w:val="00AD5EA5"/>
     <w:rsid w:val="00AD5FAE"/>
     <w:rsid w:val="00AD6512"/>
     <w:rsid w:val="00AD65DD"/>
     <w:rsid w:val="00AD6890"/>
     <w:rsid w:val="00AD6A6E"/>
     <w:rsid w:val="00AD6C26"/>
     <w:rsid w:val="00AD6D39"/>
     <w:rsid w:val="00AD7738"/>
     <w:rsid w:val="00AD7F3D"/>
     <w:rsid w:val="00AE03F3"/>
     <w:rsid w:val="00AE0A79"/>
     <w:rsid w:val="00AE1062"/>
     <w:rsid w:val="00AE11E8"/>
     <w:rsid w:val="00AE1487"/>
     <w:rsid w:val="00AE1C2C"/>
     <w:rsid w:val="00AE1D4F"/>
+    <w:rsid w:val="00AE2016"/>
     <w:rsid w:val="00AE2653"/>
     <w:rsid w:val="00AE2FB8"/>
     <w:rsid w:val="00AE37CF"/>
     <w:rsid w:val="00AE3DB6"/>
     <w:rsid w:val="00AE42C6"/>
     <w:rsid w:val="00AE497D"/>
     <w:rsid w:val="00AE53EA"/>
     <w:rsid w:val="00AE55C4"/>
     <w:rsid w:val="00AE58DE"/>
     <w:rsid w:val="00AE5DA8"/>
     <w:rsid w:val="00AE5E0A"/>
+    <w:rsid w:val="00AE5EBD"/>
     <w:rsid w:val="00AE6122"/>
     <w:rsid w:val="00AE6815"/>
     <w:rsid w:val="00AE71E4"/>
     <w:rsid w:val="00AE7673"/>
     <w:rsid w:val="00AE7963"/>
     <w:rsid w:val="00AF029B"/>
     <w:rsid w:val="00AF0622"/>
     <w:rsid w:val="00AF075E"/>
     <w:rsid w:val="00AF094C"/>
     <w:rsid w:val="00AF0A0F"/>
     <w:rsid w:val="00AF0A2F"/>
     <w:rsid w:val="00AF0D5A"/>
     <w:rsid w:val="00AF1E1B"/>
     <w:rsid w:val="00AF242E"/>
     <w:rsid w:val="00AF25D5"/>
     <w:rsid w:val="00AF26C3"/>
     <w:rsid w:val="00AF26EA"/>
     <w:rsid w:val="00AF2EB8"/>
     <w:rsid w:val="00AF300D"/>
     <w:rsid w:val="00AF330E"/>
     <w:rsid w:val="00AF3AE8"/>
     <w:rsid w:val="00AF3E85"/>
     <w:rsid w:val="00AF4196"/>
     <w:rsid w:val="00AF4416"/>
     <w:rsid w:val="00AF4DA5"/>
     <w:rsid w:val="00AF5558"/>
     <w:rsid w:val="00AF5667"/>
     <w:rsid w:val="00AF5A30"/>
     <w:rsid w:val="00AF5E0F"/>
     <w:rsid w:val="00AF667C"/>
     <w:rsid w:val="00AF6897"/>
     <w:rsid w:val="00AF71CA"/>
     <w:rsid w:val="00AF7995"/>
     <w:rsid w:val="00B006FA"/>
     <w:rsid w:val="00B01B78"/>
+    <w:rsid w:val="00B01B85"/>
     <w:rsid w:val="00B01ECD"/>
     <w:rsid w:val="00B02172"/>
     <w:rsid w:val="00B0263C"/>
     <w:rsid w:val="00B029CB"/>
     <w:rsid w:val="00B031C7"/>
     <w:rsid w:val="00B03681"/>
     <w:rsid w:val="00B03847"/>
     <w:rsid w:val="00B0487F"/>
     <w:rsid w:val="00B04EA7"/>
     <w:rsid w:val="00B05D33"/>
     <w:rsid w:val="00B05E40"/>
     <w:rsid w:val="00B05E64"/>
     <w:rsid w:val="00B06EED"/>
     <w:rsid w:val="00B07781"/>
     <w:rsid w:val="00B106B2"/>
     <w:rsid w:val="00B1083B"/>
     <w:rsid w:val="00B108B0"/>
     <w:rsid w:val="00B110FE"/>
     <w:rsid w:val="00B111C5"/>
     <w:rsid w:val="00B11E20"/>
     <w:rsid w:val="00B123A9"/>
     <w:rsid w:val="00B12442"/>
     <w:rsid w:val="00B124CB"/>
     <w:rsid w:val="00B12619"/>
     <w:rsid w:val="00B13274"/>
@@ -27070,50 +27385,51 @@
     <w:rsid w:val="00B212AC"/>
     <w:rsid w:val="00B212AE"/>
     <w:rsid w:val="00B217E1"/>
     <w:rsid w:val="00B218F0"/>
     <w:rsid w:val="00B21945"/>
     <w:rsid w:val="00B21A87"/>
     <w:rsid w:val="00B21D36"/>
     <w:rsid w:val="00B22002"/>
     <w:rsid w:val="00B224E0"/>
     <w:rsid w:val="00B22963"/>
     <w:rsid w:val="00B22A60"/>
     <w:rsid w:val="00B22D0D"/>
     <w:rsid w:val="00B23012"/>
     <w:rsid w:val="00B24012"/>
     <w:rsid w:val="00B24124"/>
     <w:rsid w:val="00B24B3A"/>
     <w:rsid w:val="00B24EE4"/>
     <w:rsid w:val="00B254FB"/>
     <w:rsid w:val="00B25653"/>
     <w:rsid w:val="00B25814"/>
     <w:rsid w:val="00B25EAC"/>
     <w:rsid w:val="00B26859"/>
     <w:rsid w:val="00B27F9C"/>
     <w:rsid w:val="00B3063A"/>
     <w:rsid w:val="00B306B4"/>
+    <w:rsid w:val="00B30AB0"/>
     <w:rsid w:val="00B30C3C"/>
     <w:rsid w:val="00B30F53"/>
     <w:rsid w:val="00B31432"/>
     <w:rsid w:val="00B31834"/>
     <w:rsid w:val="00B3185C"/>
     <w:rsid w:val="00B31967"/>
     <w:rsid w:val="00B31FC6"/>
     <w:rsid w:val="00B3210A"/>
     <w:rsid w:val="00B3231D"/>
     <w:rsid w:val="00B3321E"/>
     <w:rsid w:val="00B3358D"/>
     <w:rsid w:val="00B33809"/>
     <w:rsid w:val="00B338E4"/>
     <w:rsid w:val="00B345C5"/>
     <w:rsid w:val="00B3468E"/>
     <w:rsid w:val="00B3497D"/>
     <w:rsid w:val="00B34C56"/>
     <w:rsid w:val="00B34E02"/>
     <w:rsid w:val="00B3608C"/>
     <w:rsid w:val="00B369E5"/>
     <w:rsid w:val="00B36B78"/>
     <w:rsid w:val="00B37784"/>
     <w:rsid w:val="00B37B69"/>
     <w:rsid w:val="00B40761"/>
     <w:rsid w:val="00B407BC"/>
@@ -27158,73 +27474,75 @@
     <w:rsid w:val="00B5558E"/>
     <w:rsid w:val="00B56828"/>
     <w:rsid w:val="00B568BF"/>
     <w:rsid w:val="00B569C3"/>
     <w:rsid w:val="00B56C69"/>
     <w:rsid w:val="00B576CC"/>
     <w:rsid w:val="00B57BAA"/>
     <w:rsid w:val="00B6036E"/>
     <w:rsid w:val="00B6047C"/>
     <w:rsid w:val="00B60579"/>
     <w:rsid w:val="00B608F0"/>
     <w:rsid w:val="00B60CEF"/>
     <w:rsid w:val="00B614C7"/>
     <w:rsid w:val="00B619AD"/>
     <w:rsid w:val="00B62A87"/>
     <w:rsid w:val="00B62E73"/>
     <w:rsid w:val="00B62EEF"/>
     <w:rsid w:val="00B644A3"/>
     <w:rsid w:val="00B649DA"/>
     <w:rsid w:val="00B65CCD"/>
     <w:rsid w:val="00B65DCD"/>
     <w:rsid w:val="00B66601"/>
     <w:rsid w:val="00B669CE"/>
     <w:rsid w:val="00B66CD9"/>
     <w:rsid w:val="00B66F57"/>
+    <w:rsid w:val="00B67292"/>
     <w:rsid w:val="00B67715"/>
     <w:rsid w:val="00B67ADD"/>
     <w:rsid w:val="00B67B6E"/>
     <w:rsid w:val="00B707DD"/>
     <w:rsid w:val="00B70A17"/>
     <w:rsid w:val="00B717B7"/>
     <w:rsid w:val="00B71C99"/>
     <w:rsid w:val="00B7217B"/>
     <w:rsid w:val="00B73202"/>
     <w:rsid w:val="00B7366A"/>
     <w:rsid w:val="00B73DBF"/>
     <w:rsid w:val="00B742F2"/>
     <w:rsid w:val="00B74822"/>
     <w:rsid w:val="00B752FC"/>
     <w:rsid w:val="00B7548A"/>
     <w:rsid w:val="00B7567A"/>
     <w:rsid w:val="00B75CA0"/>
     <w:rsid w:val="00B75D86"/>
     <w:rsid w:val="00B76074"/>
     <w:rsid w:val="00B77BBB"/>
     <w:rsid w:val="00B8022B"/>
     <w:rsid w:val="00B80547"/>
     <w:rsid w:val="00B81932"/>
+    <w:rsid w:val="00B81E4C"/>
     <w:rsid w:val="00B828D2"/>
     <w:rsid w:val="00B82BD8"/>
     <w:rsid w:val="00B83045"/>
     <w:rsid w:val="00B83146"/>
     <w:rsid w:val="00B8346A"/>
     <w:rsid w:val="00B83833"/>
     <w:rsid w:val="00B83964"/>
     <w:rsid w:val="00B83CE7"/>
     <w:rsid w:val="00B84370"/>
     <w:rsid w:val="00B846B1"/>
     <w:rsid w:val="00B850BD"/>
     <w:rsid w:val="00B85426"/>
     <w:rsid w:val="00B86148"/>
     <w:rsid w:val="00B86175"/>
     <w:rsid w:val="00B8651D"/>
     <w:rsid w:val="00B86649"/>
     <w:rsid w:val="00B869D7"/>
     <w:rsid w:val="00B86E67"/>
     <w:rsid w:val="00B86E68"/>
     <w:rsid w:val="00B8794E"/>
     <w:rsid w:val="00B9045F"/>
     <w:rsid w:val="00B90530"/>
     <w:rsid w:val="00B90732"/>
     <w:rsid w:val="00B90864"/>
     <w:rsid w:val="00B90A9B"/>
@@ -27292,75 +27610,77 @@
     <w:rsid w:val="00BB1A46"/>
     <w:rsid w:val="00BB1FF9"/>
     <w:rsid w:val="00BB2039"/>
     <w:rsid w:val="00BB229F"/>
     <w:rsid w:val="00BB2E95"/>
     <w:rsid w:val="00BB44A1"/>
     <w:rsid w:val="00BB46F9"/>
     <w:rsid w:val="00BB51BD"/>
     <w:rsid w:val="00BB5214"/>
     <w:rsid w:val="00BB55D6"/>
     <w:rsid w:val="00BB563B"/>
     <w:rsid w:val="00BB672D"/>
     <w:rsid w:val="00BB74D8"/>
     <w:rsid w:val="00BC01ED"/>
     <w:rsid w:val="00BC03A1"/>
     <w:rsid w:val="00BC0418"/>
     <w:rsid w:val="00BC074C"/>
     <w:rsid w:val="00BC0F58"/>
     <w:rsid w:val="00BC10AE"/>
     <w:rsid w:val="00BC10D9"/>
     <w:rsid w:val="00BC1A60"/>
     <w:rsid w:val="00BC1A87"/>
     <w:rsid w:val="00BC1C85"/>
     <w:rsid w:val="00BC1CC5"/>
     <w:rsid w:val="00BC20E2"/>
+    <w:rsid w:val="00BC21EF"/>
     <w:rsid w:val="00BC2754"/>
     <w:rsid w:val="00BC295F"/>
     <w:rsid w:val="00BC2D04"/>
     <w:rsid w:val="00BC2D10"/>
     <w:rsid w:val="00BC355C"/>
     <w:rsid w:val="00BC35EE"/>
     <w:rsid w:val="00BC3604"/>
     <w:rsid w:val="00BC3FB2"/>
     <w:rsid w:val="00BC4165"/>
     <w:rsid w:val="00BC4358"/>
     <w:rsid w:val="00BC50F0"/>
     <w:rsid w:val="00BC5976"/>
     <w:rsid w:val="00BC5D53"/>
     <w:rsid w:val="00BC652C"/>
     <w:rsid w:val="00BC6651"/>
     <w:rsid w:val="00BC66F0"/>
     <w:rsid w:val="00BC726D"/>
     <w:rsid w:val="00BD0D55"/>
     <w:rsid w:val="00BD134B"/>
     <w:rsid w:val="00BD1444"/>
     <w:rsid w:val="00BD15C6"/>
     <w:rsid w:val="00BD1898"/>
     <w:rsid w:val="00BD2477"/>
     <w:rsid w:val="00BD26D1"/>
     <w:rsid w:val="00BD3090"/>
+    <w:rsid w:val="00BD3A43"/>
     <w:rsid w:val="00BD3E2C"/>
     <w:rsid w:val="00BD4068"/>
     <w:rsid w:val="00BD4215"/>
     <w:rsid w:val="00BD4573"/>
     <w:rsid w:val="00BD4E1F"/>
     <w:rsid w:val="00BD5090"/>
     <w:rsid w:val="00BD560C"/>
     <w:rsid w:val="00BD5B64"/>
     <w:rsid w:val="00BD6127"/>
     <w:rsid w:val="00BD6143"/>
     <w:rsid w:val="00BD63EC"/>
     <w:rsid w:val="00BD6A80"/>
     <w:rsid w:val="00BD703A"/>
     <w:rsid w:val="00BD71E1"/>
     <w:rsid w:val="00BD7244"/>
     <w:rsid w:val="00BD747F"/>
     <w:rsid w:val="00BD752F"/>
     <w:rsid w:val="00BD7C0B"/>
     <w:rsid w:val="00BD7C42"/>
     <w:rsid w:val="00BD7CF0"/>
     <w:rsid w:val="00BE0026"/>
     <w:rsid w:val="00BE01DD"/>
     <w:rsid w:val="00BE0436"/>
     <w:rsid w:val="00BE04F0"/>
     <w:rsid w:val="00BE19BF"/>
@@ -27381,56 +27701,58 @@
     <w:rsid w:val="00BF0411"/>
     <w:rsid w:val="00BF0A30"/>
     <w:rsid w:val="00BF1133"/>
     <w:rsid w:val="00BF14B1"/>
     <w:rsid w:val="00BF1E42"/>
     <w:rsid w:val="00BF1F53"/>
     <w:rsid w:val="00BF2389"/>
     <w:rsid w:val="00BF2508"/>
     <w:rsid w:val="00BF2EB2"/>
     <w:rsid w:val="00BF316A"/>
     <w:rsid w:val="00BF3902"/>
     <w:rsid w:val="00BF4472"/>
     <w:rsid w:val="00BF44D6"/>
     <w:rsid w:val="00BF4E81"/>
     <w:rsid w:val="00BF4F34"/>
     <w:rsid w:val="00BF5A0B"/>
     <w:rsid w:val="00BF6663"/>
     <w:rsid w:val="00BF6921"/>
     <w:rsid w:val="00BF6D78"/>
     <w:rsid w:val="00C0005F"/>
     <w:rsid w:val="00C011CC"/>
     <w:rsid w:val="00C02769"/>
     <w:rsid w:val="00C031F3"/>
     <w:rsid w:val="00C032B0"/>
     <w:rsid w:val="00C039D1"/>
+    <w:rsid w:val="00C03AB8"/>
     <w:rsid w:val="00C04108"/>
     <w:rsid w:val="00C04110"/>
     <w:rsid w:val="00C041B3"/>
     <w:rsid w:val="00C0486E"/>
     <w:rsid w:val="00C058EC"/>
     <w:rsid w:val="00C0623C"/>
+    <w:rsid w:val="00C065A4"/>
     <w:rsid w:val="00C06D9B"/>
     <w:rsid w:val="00C06F3F"/>
     <w:rsid w:val="00C071F8"/>
     <w:rsid w:val="00C0755A"/>
     <w:rsid w:val="00C100D0"/>
     <w:rsid w:val="00C104E7"/>
     <w:rsid w:val="00C108DF"/>
     <w:rsid w:val="00C10AC6"/>
     <w:rsid w:val="00C10C25"/>
     <w:rsid w:val="00C10CE7"/>
     <w:rsid w:val="00C10DF6"/>
     <w:rsid w:val="00C10DFA"/>
     <w:rsid w:val="00C1142D"/>
     <w:rsid w:val="00C11798"/>
     <w:rsid w:val="00C11A8A"/>
     <w:rsid w:val="00C11C2D"/>
     <w:rsid w:val="00C12852"/>
     <w:rsid w:val="00C12B87"/>
     <w:rsid w:val="00C13620"/>
     <w:rsid w:val="00C1405A"/>
     <w:rsid w:val="00C15092"/>
     <w:rsid w:val="00C1535D"/>
     <w:rsid w:val="00C15C77"/>
     <w:rsid w:val="00C15D27"/>
     <w:rsid w:val="00C16986"/>
@@ -27441,50 +27763,51 @@
     <w:rsid w:val="00C17762"/>
     <w:rsid w:val="00C17766"/>
     <w:rsid w:val="00C17855"/>
     <w:rsid w:val="00C204B0"/>
     <w:rsid w:val="00C20DA6"/>
     <w:rsid w:val="00C20E57"/>
     <w:rsid w:val="00C21051"/>
     <w:rsid w:val="00C21291"/>
     <w:rsid w:val="00C2232C"/>
     <w:rsid w:val="00C22BEC"/>
     <w:rsid w:val="00C22D20"/>
     <w:rsid w:val="00C235D1"/>
     <w:rsid w:val="00C23B82"/>
     <w:rsid w:val="00C23ECF"/>
     <w:rsid w:val="00C25010"/>
     <w:rsid w:val="00C25F9D"/>
     <w:rsid w:val="00C266B0"/>
     <w:rsid w:val="00C26B73"/>
     <w:rsid w:val="00C26D59"/>
     <w:rsid w:val="00C26EBA"/>
     <w:rsid w:val="00C27DD5"/>
     <w:rsid w:val="00C30619"/>
     <w:rsid w:val="00C30C9B"/>
     <w:rsid w:val="00C31296"/>
     <w:rsid w:val="00C3149A"/>
+    <w:rsid w:val="00C31A0E"/>
     <w:rsid w:val="00C32036"/>
     <w:rsid w:val="00C3236D"/>
     <w:rsid w:val="00C325D6"/>
     <w:rsid w:val="00C326B5"/>
     <w:rsid w:val="00C3287B"/>
     <w:rsid w:val="00C32D06"/>
     <w:rsid w:val="00C32DF6"/>
     <w:rsid w:val="00C32FC8"/>
     <w:rsid w:val="00C33076"/>
     <w:rsid w:val="00C33553"/>
     <w:rsid w:val="00C33750"/>
     <w:rsid w:val="00C33925"/>
     <w:rsid w:val="00C33FE7"/>
     <w:rsid w:val="00C34430"/>
     <w:rsid w:val="00C34930"/>
     <w:rsid w:val="00C357C4"/>
     <w:rsid w:val="00C35A39"/>
     <w:rsid w:val="00C3608F"/>
     <w:rsid w:val="00C3655F"/>
     <w:rsid w:val="00C36712"/>
     <w:rsid w:val="00C3679F"/>
     <w:rsid w:val="00C36CC1"/>
     <w:rsid w:val="00C36DF0"/>
     <w:rsid w:val="00C37050"/>
     <w:rsid w:val="00C376F8"/>
@@ -27623,50 +27946,51 @@
     <w:rsid w:val="00C92996"/>
     <w:rsid w:val="00C92AED"/>
     <w:rsid w:val="00C92D23"/>
     <w:rsid w:val="00C9347B"/>
     <w:rsid w:val="00C934EB"/>
     <w:rsid w:val="00C93CA3"/>
     <w:rsid w:val="00C93E8B"/>
     <w:rsid w:val="00C94536"/>
     <w:rsid w:val="00C94CE8"/>
     <w:rsid w:val="00C958B5"/>
     <w:rsid w:val="00C969DE"/>
     <w:rsid w:val="00C96E39"/>
     <w:rsid w:val="00C9742F"/>
     <w:rsid w:val="00C97623"/>
     <w:rsid w:val="00C97FFA"/>
     <w:rsid w:val="00CA0102"/>
     <w:rsid w:val="00CA0E95"/>
     <w:rsid w:val="00CA0ED2"/>
     <w:rsid w:val="00CA128F"/>
     <w:rsid w:val="00CA160B"/>
     <w:rsid w:val="00CA182B"/>
     <w:rsid w:val="00CA18F1"/>
     <w:rsid w:val="00CA1AEE"/>
     <w:rsid w:val="00CA22B1"/>
     <w:rsid w:val="00CA2D92"/>
+    <w:rsid w:val="00CA2DA5"/>
     <w:rsid w:val="00CA3BF8"/>
     <w:rsid w:val="00CA3C48"/>
     <w:rsid w:val="00CA3F4B"/>
     <w:rsid w:val="00CA42F9"/>
     <w:rsid w:val="00CA44FD"/>
     <w:rsid w:val="00CA4A87"/>
     <w:rsid w:val="00CA53BB"/>
     <w:rsid w:val="00CA53D9"/>
     <w:rsid w:val="00CA562B"/>
     <w:rsid w:val="00CA5922"/>
     <w:rsid w:val="00CA5EAA"/>
     <w:rsid w:val="00CA60E8"/>
     <w:rsid w:val="00CA621D"/>
     <w:rsid w:val="00CA6334"/>
     <w:rsid w:val="00CA639B"/>
     <w:rsid w:val="00CA696E"/>
     <w:rsid w:val="00CA715E"/>
     <w:rsid w:val="00CA7326"/>
     <w:rsid w:val="00CA7352"/>
     <w:rsid w:val="00CA74AA"/>
     <w:rsid w:val="00CB007D"/>
     <w:rsid w:val="00CB0348"/>
     <w:rsid w:val="00CB09B8"/>
     <w:rsid w:val="00CB0DF9"/>
     <w:rsid w:val="00CB1492"/>
@@ -27741,50 +28065,51 @@
     <w:rsid w:val="00CD68A0"/>
     <w:rsid w:val="00CD7317"/>
     <w:rsid w:val="00CD75BB"/>
     <w:rsid w:val="00CD75F1"/>
     <w:rsid w:val="00CD79FD"/>
     <w:rsid w:val="00CD7F8B"/>
     <w:rsid w:val="00CE0464"/>
     <w:rsid w:val="00CE05BE"/>
     <w:rsid w:val="00CE15F7"/>
     <w:rsid w:val="00CE1864"/>
     <w:rsid w:val="00CE1871"/>
     <w:rsid w:val="00CE1CCE"/>
     <w:rsid w:val="00CE1E43"/>
     <w:rsid w:val="00CE2505"/>
     <w:rsid w:val="00CE2955"/>
     <w:rsid w:val="00CE2B1B"/>
     <w:rsid w:val="00CE2F9D"/>
     <w:rsid w:val="00CE3038"/>
     <w:rsid w:val="00CE3756"/>
     <w:rsid w:val="00CE3D6A"/>
     <w:rsid w:val="00CE43C2"/>
     <w:rsid w:val="00CE484C"/>
     <w:rsid w:val="00CE493D"/>
     <w:rsid w:val="00CE550B"/>
     <w:rsid w:val="00CE5597"/>
+    <w:rsid w:val="00CE5B4D"/>
     <w:rsid w:val="00CE6594"/>
     <w:rsid w:val="00CE69A3"/>
     <w:rsid w:val="00CE71D6"/>
     <w:rsid w:val="00CEB604"/>
     <w:rsid w:val="00CF08D0"/>
     <w:rsid w:val="00CF0B3B"/>
     <w:rsid w:val="00CF0EB3"/>
     <w:rsid w:val="00CF1021"/>
     <w:rsid w:val="00CF1261"/>
     <w:rsid w:val="00CF1C34"/>
     <w:rsid w:val="00CF1D99"/>
     <w:rsid w:val="00CF1F57"/>
     <w:rsid w:val="00CF2048"/>
     <w:rsid w:val="00CF22B2"/>
     <w:rsid w:val="00CF246D"/>
     <w:rsid w:val="00CF2789"/>
     <w:rsid w:val="00CF28F3"/>
     <w:rsid w:val="00CF2EE5"/>
     <w:rsid w:val="00CF3198"/>
     <w:rsid w:val="00CF3C3A"/>
     <w:rsid w:val="00CF41B0"/>
     <w:rsid w:val="00CF439C"/>
     <w:rsid w:val="00CF4ABD"/>
     <w:rsid w:val="00CF4DD6"/>
     <w:rsid w:val="00CF50FB"/>
@@ -27845,81 +28170,83 @@
     <w:rsid w:val="00D137D1"/>
     <w:rsid w:val="00D14100"/>
     <w:rsid w:val="00D1421A"/>
     <w:rsid w:val="00D1422E"/>
     <w:rsid w:val="00D14391"/>
     <w:rsid w:val="00D14C80"/>
     <w:rsid w:val="00D14ED0"/>
     <w:rsid w:val="00D14F3F"/>
     <w:rsid w:val="00D1529B"/>
     <w:rsid w:val="00D1561F"/>
     <w:rsid w:val="00D15B72"/>
     <w:rsid w:val="00D16442"/>
     <w:rsid w:val="00D16F73"/>
     <w:rsid w:val="00D17367"/>
     <w:rsid w:val="00D17813"/>
     <w:rsid w:val="00D17852"/>
     <w:rsid w:val="00D20219"/>
     <w:rsid w:val="00D20949"/>
     <w:rsid w:val="00D20DBF"/>
     <w:rsid w:val="00D215D2"/>
     <w:rsid w:val="00D21D66"/>
     <w:rsid w:val="00D22745"/>
     <w:rsid w:val="00D22AA9"/>
     <w:rsid w:val="00D22FC9"/>
     <w:rsid w:val="00D22FD5"/>
+    <w:rsid w:val="00D232FA"/>
     <w:rsid w:val="00D24534"/>
     <w:rsid w:val="00D2480E"/>
     <w:rsid w:val="00D24907"/>
     <w:rsid w:val="00D24E5A"/>
     <w:rsid w:val="00D24E5B"/>
     <w:rsid w:val="00D252B6"/>
     <w:rsid w:val="00D25337"/>
     <w:rsid w:val="00D25DFD"/>
     <w:rsid w:val="00D2682D"/>
     <w:rsid w:val="00D26946"/>
     <w:rsid w:val="00D26B84"/>
     <w:rsid w:val="00D27577"/>
     <w:rsid w:val="00D276B1"/>
     <w:rsid w:val="00D27E1A"/>
     <w:rsid w:val="00D300BA"/>
     <w:rsid w:val="00D3017B"/>
     <w:rsid w:val="00D3054B"/>
     <w:rsid w:val="00D3067C"/>
     <w:rsid w:val="00D30878"/>
     <w:rsid w:val="00D30935"/>
     <w:rsid w:val="00D30DB3"/>
     <w:rsid w:val="00D31C23"/>
     <w:rsid w:val="00D31FF7"/>
     <w:rsid w:val="00D32008"/>
     <w:rsid w:val="00D32148"/>
     <w:rsid w:val="00D3262E"/>
     <w:rsid w:val="00D330CF"/>
     <w:rsid w:val="00D33117"/>
     <w:rsid w:val="00D33514"/>
     <w:rsid w:val="00D35048"/>
     <w:rsid w:val="00D3534C"/>
+    <w:rsid w:val="00D35B98"/>
     <w:rsid w:val="00D3612E"/>
     <w:rsid w:val="00D364CB"/>
     <w:rsid w:val="00D36570"/>
     <w:rsid w:val="00D36670"/>
     <w:rsid w:val="00D3670B"/>
     <w:rsid w:val="00D36ABF"/>
     <w:rsid w:val="00D36C7E"/>
     <w:rsid w:val="00D36DCE"/>
     <w:rsid w:val="00D37038"/>
     <w:rsid w:val="00D370D6"/>
     <w:rsid w:val="00D37611"/>
     <w:rsid w:val="00D377DF"/>
     <w:rsid w:val="00D37822"/>
     <w:rsid w:val="00D37890"/>
     <w:rsid w:val="00D40435"/>
     <w:rsid w:val="00D4054A"/>
     <w:rsid w:val="00D406C1"/>
     <w:rsid w:val="00D4074C"/>
     <w:rsid w:val="00D40BBB"/>
     <w:rsid w:val="00D414ED"/>
     <w:rsid w:val="00D41F6E"/>
     <w:rsid w:val="00D42E5A"/>
     <w:rsid w:val="00D431A9"/>
     <w:rsid w:val="00D43279"/>
     <w:rsid w:val="00D43758"/>
@@ -27980,150 +28307,156 @@
     <w:rsid w:val="00D61CA0"/>
     <w:rsid w:val="00D62091"/>
     <w:rsid w:val="00D6233C"/>
     <w:rsid w:val="00D623FE"/>
     <w:rsid w:val="00D62E2E"/>
     <w:rsid w:val="00D631D2"/>
     <w:rsid w:val="00D6329D"/>
     <w:rsid w:val="00D632CD"/>
     <w:rsid w:val="00D6338E"/>
     <w:rsid w:val="00D6358B"/>
     <w:rsid w:val="00D63762"/>
     <w:rsid w:val="00D63BCA"/>
     <w:rsid w:val="00D64047"/>
     <w:rsid w:val="00D643EF"/>
     <w:rsid w:val="00D64605"/>
     <w:rsid w:val="00D64C1B"/>
     <w:rsid w:val="00D650BC"/>
     <w:rsid w:val="00D65677"/>
     <w:rsid w:val="00D65800"/>
     <w:rsid w:val="00D659F8"/>
     <w:rsid w:val="00D66109"/>
     <w:rsid w:val="00D66D37"/>
     <w:rsid w:val="00D66E09"/>
     <w:rsid w:val="00D67635"/>
     <w:rsid w:val="00D70240"/>
+    <w:rsid w:val="00D70462"/>
     <w:rsid w:val="00D70871"/>
     <w:rsid w:val="00D709BB"/>
     <w:rsid w:val="00D70CA6"/>
     <w:rsid w:val="00D70DD0"/>
     <w:rsid w:val="00D71097"/>
     <w:rsid w:val="00D71AC0"/>
     <w:rsid w:val="00D71BE4"/>
     <w:rsid w:val="00D71FDC"/>
     <w:rsid w:val="00D72113"/>
     <w:rsid w:val="00D724A9"/>
     <w:rsid w:val="00D7256E"/>
     <w:rsid w:val="00D730E8"/>
     <w:rsid w:val="00D73503"/>
     <w:rsid w:val="00D73AB8"/>
     <w:rsid w:val="00D74121"/>
     <w:rsid w:val="00D752B6"/>
     <w:rsid w:val="00D76201"/>
     <w:rsid w:val="00D76999"/>
     <w:rsid w:val="00D76AB7"/>
     <w:rsid w:val="00D76F4E"/>
+    <w:rsid w:val="00D77409"/>
     <w:rsid w:val="00D7750B"/>
     <w:rsid w:val="00D77A5F"/>
     <w:rsid w:val="00D801D9"/>
     <w:rsid w:val="00D80405"/>
     <w:rsid w:val="00D8046C"/>
     <w:rsid w:val="00D807EF"/>
     <w:rsid w:val="00D8093C"/>
     <w:rsid w:val="00D80F04"/>
     <w:rsid w:val="00D82381"/>
     <w:rsid w:val="00D824AA"/>
     <w:rsid w:val="00D8255E"/>
     <w:rsid w:val="00D8340B"/>
     <w:rsid w:val="00D83F12"/>
     <w:rsid w:val="00D8431C"/>
     <w:rsid w:val="00D84641"/>
     <w:rsid w:val="00D84CE1"/>
     <w:rsid w:val="00D8507B"/>
     <w:rsid w:val="00D85233"/>
     <w:rsid w:val="00D85513"/>
     <w:rsid w:val="00D856BB"/>
     <w:rsid w:val="00D858D2"/>
     <w:rsid w:val="00D86CBF"/>
     <w:rsid w:val="00D86F92"/>
     <w:rsid w:val="00D8750B"/>
     <w:rsid w:val="00D87841"/>
     <w:rsid w:val="00D87B48"/>
     <w:rsid w:val="00D90582"/>
     <w:rsid w:val="00D90845"/>
+    <w:rsid w:val="00D908DC"/>
     <w:rsid w:val="00D909B3"/>
     <w:rsid w:val="00D91B62"/>
     <w:rsid w:val="00D91ECB"/>
     <w:rsid w:val="00D9205B"/>
     <w:rsid w:val="00D92544"/>
+    <w:rsid w:val="00D92AA5"/>
     <w:rsid w:val="00D934DA"/>
     <w:rsid w:val="00D9363F"/>
     <w:rsid w:val="00D93809"/>
     <w:rsid w:val="00D93CEE"/>
     <w:rsid w:val="00D94891"/>
     <w:rsid w:val="00D949A0"/>
     <w:rsid w:val="00D94A76"/>
     <w:rsid w:val="00D95315"/>
     <w:rsid w:val="00D95631"/>
     <w:rsid w:val="00D95988"/>
     <w:rsid w:val="00D97952"/>
     <w:rsid w:val="00DA02BD"/>
     <w:rsid w:val="00DA17F1"/>
     <w:rsid w:val="00DA19A6"/>
     <w:rsid w:val="00DA2172"/>
     <w:rsid w:val="00DA28F3"/>
     <w:rsid w:val="00DA345C"/>
     <w:rsid w:val="00DA3505"/>
     <w:rsid w:val="00DA35C6"/>
     <w:rsid w:val="00DA3907"/>
     <w:rsid w:val="00DA3A48"/>
     <w:rsid w:val="00DA3A67"/>
     <w:rsid w:val="00DA3A6A"/>
     <w:rsid w:val="00DA3B0B"/>
     <w:rsid w:val="00DA3D4D"/>
     <w:rsid w:val="00DA46F5"/>
     <w:rsid w:val="00DA5139"/>
     <w:rsid w:val="00DA5525"/>
     <w:rsid w:val="00DA55CC"/>
     <w:rsid w:val="00DA5738"/>
     <w:rsid w:val="00DA57EB"/>
     <w:rsid w:val="00DA59B3"/>
     <w:rsid w:val="00DA5B42"/>
     <w:rsid w:val="00DA5D77"/>
     <w:rsid w:val="00DA5DBC"/>
+    <w:rsid w:val="00DA5F20"/>
     <w:rsid w:val="00DA6255"/>
     <w:rsid w:val="00DA74D7"/>
     <w:rsid w:val="00DA7530"/>
     <w:rsid w:val="00DA762D"/>
     <w:rsid w:val="00DA7F90"/>
     <w:rsid w:val="00DB0300"/>
     <w:rsid w:val="00DB032B"/>
     <w:rsid w:val="00DB0385"/>
     <w:rsid w:val="00DB26CF"/>
     <w:rsid w:val="00DB2A47"/>
     <w:rsid w:val="00DB2DB9"/>
     <w:rsid w:val="00DB2DC9"/>
+    <w:rsid w:val="00DB3227"/>
     <w:rsid w:val="00DB34B3"/>
     <w:rsid w:val="00DB37E6"/>
     <w:rsid w:val="00DB3943"/>
     <w:rsid w:val="00DB3A9B"/>
     <w:rsid w:val="00DB3C80"/>
     <w:rsid w:val="00DB3F17"/>
     <w:rsid w:val="00DB4B11"/>
     <w:rsid w:val="00DB4C88"/>
     <w:rsid w:val="00DB4D84"/>
     <w:rsid w:val="00DB4DD7"/>
     <w:rsid w:val="00DB4DEE"/>
     <w:rsid w:val="00DB590E"/>
     <w:rsid w:val="00DB5A55"/>
     <w:rsid w:val="00DB5C26"/>
     <w:rsid w:val="00DB66BE"/>
     <w:rsid w:val="00DB6CF0"/>
     <w:rsid w:val="00DB7533"/>
     <w:rsid w:val="00DC0841"/>
     <w:rsid w:val="00DC0EC1"/>
     <w:rsid w:val="00DC1480"/>
     <w:rsid w:val="00DC18E6"/>
     <w:rsid w:val="00DC1A99"/>
     <w:rsid w:val="00DC1B74"/>
     <w:rsid w:val="00DC1DC7"/>
     <w:rsid w:val="00DC271E"/>
@@ -28158,90 +28491,94 @@
     <w:rsid w:val="00DD7226"/>
     <w:rsid w:val="00DD768C"/>
     <w:rsid w:val="00DD78FE"/>
     <w:rsid w:val="00DD7A76"/>
     <w:rsid w:val="00DD7E60"/>
     <w:rsid w:val="00DE0DE1"/>
     <w:rsid w:val="00DE0EB7"/>
     <w:rsid w:val="00DE173B"/>
     <w:rsid w:val="00DE1744"/>
     <w:rsid w:val="00DE1A3A"/>
     <w:rsid w:val="00DE2677"/>
     <w:rsid w:val="00DE2DC8"/>
     <w:rsid w:val="00DE2FB8"/>
     <w:rsid w:val="00DE320D"/>
     <w:rsid w:val="00DE3213"/>
     <w:rsid w:val="00DE3653"/>
     <w:rsid w:val="00DE3F69"/>
     <w:rsid w:val="00DE3FCA"/>
     <w:rsid w:val="00DE49DD"/>
     <w:rsid w:val="00DE5390"/>
     <w:rsid w:val="00DE5421"/>
     <w:rsid w:val="00DE55DB"/>
     <w:rsid w:val="00DE5C7E"/>
     <w:rsid w:val="00DE605D"/>
     <w:rsid w:val="00DE69BF"/>
+    <w:rsid w:val="00DE6EC0"/>
     <w:rsid w:val="00DE77F7"/>
     <w:rsid w:val="00DF0089"/>
+    <w:rsid w:val="00DF040B"/>
     <w:rsid w:val="00DF075F"/>
     <w:rsid w:val="00DF098D"/>
     <w:rsid w:val="00DF0BFE"/>
     <w:rsid w:val="00DF113C"/>
     <w:rsid w:val="00DF140F"/>
     <w:rsid w:val="00DF23B8"/>
     <w:rsid w:val="00DF2663"/>
     <w:rsid w:val="00DF2687"/>
     <w:rsid w:val="00DF2CC1"/>
     <w:rsid w:val="00DF3DE5"/>
     <w:rsid w:val="00DF41F8"/>
     <w:rsid w:val="00DF4332"/>
     <w:rsid w:val="00DF4482"/>
     <w:rsid w:val="00DF470E"/>
     <w:rsid w:val="00DF4B52"/>
     <w:rsid w:val="00DF4CCB"/>
+    <w:rsid w:val="00DF4DA4"/>
     <w:rsid w:val="00DF5637"/>
     <w:rsid w:val="00DF5764"/>
     <w:rsid w:val="00DF5DBF"/>
     <w:rsid w:val="00DF6358"/>
     <w:rsid w:val="00DF65B8"/>
     <w:rsid w:val="00DF65CE"/>
     <w:rsid w:val="00DF6C88"/>
     <w:rsid w:val="00DF6CF3"/>
     <w:rsid w:val="00DF7CA4"/>
     <w:rsid w:val="00E000D8"/>
     <w:rsid w:val="00E007CF"/>
     <w:rsid w:val="00E00930"/>
     <w:rsid w:val="00E00AB1"/>
     <w:rsid w:val="00E00E85"/>
     <w:rsid w:val="00E01322"/>
     <w:rsid w:val="00E01866"/>
     <w:rsid w:val="00E018B3"/>
     <w:rsid w:val="00E01B22"/>
     <w:rsid w:val="00E01B4F"/>
     <w:rsid w:val="00E01BB7"/>
     <w:rsid w:val="00E01D07"/>
     <w:rsid w:val="00E034EC"/>
+    <w:rsid w:val="00E038C6"/>
     <w:rsid w:val="00E03BFB"/>
     <w:rsid w:val="00E03C2C"/>
     <w:rsid w:val="00E03D22"/>
     <w:rsid w:val="00E03F14"/>
     <w:rsid w:val="00E04079"/>
     <w:rsid w:val="00E04788"/>
     <w:rsid w:val="00E0552E"/>
     <w:rsid w:val="00E05923"/>
     <w:rsid w:val="00E05AF6"/>
     <w:rsid w:val="00E05D60"/>
     <w:rsid w:val="00E05E5D"/>
     <w:rsid w:val="00E061AD"/>
     <w:rsid w:val="00E06BC9"/>
     <w:rsid w:val="00E07408"/>
     <w:rsid w:val="00E075B6"/>
     <w:rsid w:val="00E07688"/>
     <w:rsid w:val="00E07C1D"/>
     <w:rsid w:val="00E105C7"/>
     <w:rsid w:val="00E10BF4"/>
     <w:rsid w:val="00E11000"/>
     <w:rsid w:val="00E11115"/>
     <w:rsid w:val="00E11374"/>
     <w:rsid w:val="00E128EE"/>
     <w:rsid w:val="00E13690"/>
     <w:rsid w:val="00E13C8B"/>
@@ -28285,97 +28622,100 @@
     <w:rsid w:val="00E268FA"/>
     <w:rsid w:val="00E27725"/>
     <w:rsid w:val="00E30030"/>
     <w:rsid w:val="00E307FD"/>
     <w:rsid w:val="00E3115F"/>
     <w:rsid w:val="00E31217"/>
     <w:rsid w:val="00E3159D"/>
     <w:rsid w:val="00E31776"/>
     <w:rsid w:val="00E31AC3"/>
     <w:rsid w:val="00E31ADB"/>
     <w:rsid w:val="00E3250E"/>
     <w:rsid w:val="00E3251A"/>
     <w:rsid w:val="00E3261D"/>
     <w:rsid w:val="00E32A74"/>
     <w:rsid w:val="00E32B5F"/>
     <w:rsid w:val="00E32EA3"/>
     <w:rsid w:val="00E331D7"/>
     <w:rsid w:val="00E337AC"/>
     <w:rsid w:val="00E33826"/>
     <w:rsid w:val="00E33D20"/>
     <w:rsid w:val="00E33D90"/>
     <w:rsid w:val="00E34609"/>
     <w:rsid w:val="00E349C8"/>
     <w:rsid w:val="00E35151"/>
     <w:rsid w:val="00E364B5"/>
+    <w:rsid w:val="00E368D0"/>
     <w:rsid w:val="00E36AF8"/>
+    <w:rsid w:val="00E36F52"/>
     <w:rsid w:val="00E372D1"/>
     <w:rsid w:val="00E37767"/>
     <w:rsid w:val="00E3799C"/>
     <w:rsid w:val="00E37CDA"/>
     <w:rsid w:val="00E40490"/>
     <w:rsid w:val="00E40EBF"/>
     <w:rsid w:val="00E40FB1"/>
     <w:rsid w:val="00E4157D"/>
     <w:rsid w:val="00E41F8F"/>
     <w:rsid w:val="00E426C8"/>
     <w:rsid w:val="00E4289A"/>
     <w:rsid w:val="00E43251"/>
     <w:rsid w:val="00E43752"/>
     <w:rsid w:val="00E43878"/>
     <w:rsid w:val="00E43D7D"/>
     <w:rsid w:val="00E4445D"/>
     <w:rsid w:val="00E44628"/>
     <w:rsid w:val="00E446D6"/>
     <w:rsid w:val="00E45102"/>
     <w:rsid w:val="00E451C3"/>
     <w:rsid w:val="00E451C6"/>
     <w:rsid w:val="00E45613"/>
     <w:rsid w:val="00E46C55"/>
     <w:rsid w:val="00E46CC7"/>
     <w:rsid w:val="00E47058"/>
     <w:rsid w:val="00E47282"/>
     <w:rsid w:val="00E473CA"/>
     <w:rsid w:val="00E4756A"/>
     <w:rsid w:val="00E47610"/>
     <w:rsid w:val="00E477E5"/>
     <w:rsid w:val="00E51186"/>
     <w:rsid w:val="00E5146C"/>
     <w:rsid w:val="00E51602"/>
     <w:rsid w:val="00E51A8B"/>
     <w:rsid w:val="00E51F45"/>
     <w:rsid w:val="00E52282"/>
     <w:rsid w:val="00E5229C"/>
     <w:rsid w:val="00E52472"/>
     <w:rsid w:val="00E5250A"/>
     <w:rsid w:val="00E52707"/>
     <w:rsid w:val="00E52B8B"/>
     <w:rsid w:val="00E5327B"/>
     <w:rsid w:val="00E533DB"/>
     <w:rsid w:val="00E5378B"/>
     <w:rsid w:val="00E53F42"/>
     <w:rsid w:val="00E5552C"/>
+    <w:rsid w:val="00E559F4"/>
     <w:rsid w:val="00E55C72"/>
     <w:rsid w:val="00E55CB4"/>
     <w:rsid w:val="00E56475"/>
     <w:rsid w:val="00E56C32"/>
     <w:rsid w:val="00E573EF"/>
     <w:rsid w:val="00E5764F"/>
     <w:rsid w:val="00E60274"/>
     <w:rsid w:val="00E60708"/>
     <w:rsid w:val="00E6072B"/>
     <w:rsid w:val="00E60AD0"/>
     <w:rsid w:val="00E60EBA"/>
     <w:rsid w:val="00E60FFF"/>
     <w:rsid w:val="00E612AA"/>
     <w:rsid w:val="00E61609"/>
     <w:rsid w:val="00E618FE"/>
     <w:rsid w:val="00E61A06"/>
     <w:rsid w:val="00E61BAA"/>
     <w:rsid w:val="00E62236"/>
     <w:rsid w:val="00E6235F"/>
     <w:rsid w:val="00E625F7"/>
     <w:rsid w:val="00E62752"/>
     <w:rsid w:val="00E62A58"/>
     <w:rsid w:val="00E62B1A"/>
     <w:rsid w:val="00E62CCB"/>
     <w:rsid w:val="00E6349B"/>
@@ -28410,74 +28750,77 @@
     <w:rsid w:val="00E74980"/>
     <w:rsid w:val="00E74DF3"/>
     <w:rsid w:val="00E7653B"/>
     <w:rsid w:val="00E769A5"/>
     <w:rsid w:val="00E76A27"/>
     <w:rsid w:val="00E770A0"/>
     <w:rsid w:val="00E7711B"/>
     <w:rsid w:val="00E80294"/>
     <w:rsid w:val="00E808ED"/>
     <w:rsid w:val="00E80B94"/>
     <w:rsid w:val="00E80FBF"/>
     <w:rsid w:val="00E8113D"/>
     <w:rsid w:val="00E81561"/>
     <w:rsid w:val="00E81E8D"/>
     <w:rsid w:val="00E82494"/>
     <w:rsid w:val="00E82B86"/>
     <w:rsid w:val="00E834CA"/>
     <w:rsid w:val="00E838BC"/>
     <w:rsid w:val="00E83E6A"/>
     <w:rsid w:val="00E84D23"/>
     <w:rsid w:val="00E84FAD"/>
     <w:rsid w:val="00E851B8"/>
     <w:rsid w:val="00E85851"/>
     <w:rsid w:val="00E85D86"/>
     <w:rsid w:val="00E85FA4"/>
+    <w:rsid w:val="00E86B7F"/>
     <w:rsid w:val="00E86C14"/>
     <w:rsid w:val="00E86E87"/>
     <w:rsid w:val="00E86EFA"/>
     <w:rsid w:val="00E86EFB"/>
     <w:rsid w:val="00E87CF8"/>
     <w:rsid w:val="00E90C16"/>
     <w:rsid w:val="00E90F68"/>
     <w:rsid w:val="00E9197D"/>
     <w:rsid w:val="00E91AD1"/>
     <w:rsid w:val="00E91DD7"/>
     <w:rsid w:val="00E9236D"/>
     <w:rsid w:val="00E92676"/>
     <w:rsid w:val="00E9302E"/>
     <w:rsid w:val="00E93807"/>
+    <w:rsid w:val="00E93A88"/>
     <w:rsid w:val="00E93BAA"/>
     <w:rsid w:val="00E93C51"/>
     <w:rsid w:val="00E93D64"/>
     <w:rsid w:val="00E93FB0"/>
     <w:rsid w:val="00E942AB"/>
     <w:rsid w:val="00E94525"/>
     <w:rsid w:val="00E9516C"/>
     <w:rsid w:val="00E956E4"/>
     <w:rsid w:val="00E95B62"/>
     <w:rsid w:val="00E95BEE"/>
+    <w:rsid w:val="00E95E45"/>
     <w:rsid w:val="00E96F93"/>
     <w:rsid w:val="00E971C2"/>
     <w:rsid w:val="00E975B7"/>
     <w:rsid w:val="00E97638"/>
     <w:rsid w:val="00EA013B"/>
     <w:rsid w:val="00EA05CF"/>
     <w:rsid w:val="00EA095F"/>
     <w:rsid w:val="00EA164A"/>
     <w:rsid w:val="00EA1B49"/>
     <w:rsid w:val="00EA1BDA"/>
     <w:rsid w:val="00EA1C5E"/>
     <w:rsid w:val="00EA258F"/>
     <w:rsid w:val="00EA2A08"/>
     <w:rsid w:val="00EA337F"/>
     <w:rsid w:val="00EA3A01"/>
     <w:rsid w:val="00EA3CC5"/>
     <w:rsid w:val="00EA408F"/>
     <w:rsid w:val="00EA53A3"/>
     <w:rsid w:val="00EA6096"/>
     <w:rsid w:val="00EA676D"/>
     <w:rsid w:val="00EA69AD"/>
     <w:rsid w:val="00EA6D56"/>
     <w:rsid w:val="00EA6FD3"/>
     <w:rsid w:val="00EA71B5"/>
     <w:rsid w:val="00EA7723"/>
@@ -28506,106 +28849,107 @@
     <w:rsid w:val="00EC111C"/>
     <w:rsid w:val="00EC16C3"/>
     <w:rsid w:val="00EC1A49"/>
     <w:rsid w:val="00EC27DB"/>
     <w:rsid w:val="00EC33A4"/>
     <w:rsid w:val="00EC4D91"/>
     <w:rsid w:val="00EC51F8"/>
     <w:rsid w:val="00EC546B"/>
     <w:rsid w:val="00EC56B0"/>
     <w:rsid w:val="00EC5B57"/>
     <w:rsid w:val="00EC6594"/>
     <w:rsid w:val="00EC6A90"/>
     <w:rsid w:val="00EC6D9D"/>
     <w:rsid w:val="00EC70EA"/>
     <w:rsid w:val="00EC7289"/>
     <w:rsid w:val="00EC77A6"/>
     <w:rsid w:val="00EC7952"/>
     <w:rsid w:val="00EC7985"/>
     <w:rsid w:val="00EC79D6"/>
     <w:rsid w:val="00EC7DBA"/>
     <w:rsid w:val="00ED0D54"/>
     <w:rsid w:val="00ED10CB"/>
     <w:rsid w:val="00ED142A"/>
     <w:rsid w:val="00ED147D"/>
     <w:rsid w:val="00ED1497"/>
+    <w:rsid w:val="00ED1665"/>
     <w:rsid w:val="00ED1A46"/>
     <w:rsid w:val="00ED1B6A"/>
     <w:rsid w:val="00ED1B8C"/>
     <w:rsid w:val="00ED1DF9"/>
     <w:rsid w:val="00ED1F57"/>
     <w:rsid w:val="00ED2530"/>
     <w:rsid w:val="00ED2AF0"/>
     <w:rsid w:val="00ED2BCA"/>
     <w:rsid w:val="00ED2DE2"/>
     <w:rsid w:val="00ED308A"/>
     <w:rsid w:val="00ED344A"/>
     <w:rsid w:val="00ED38B4"/>
     <w:rsid w:val="00ED454D"/>
     <w:rsid w:val="00ED50E2"/>
     <w:rsid w:val="00ED5370"/>
     <w:rsid w:val="00ED589A"/>
     <w:rsid w:val="00ED5BA0"/>
     <w:rsid w:val="00ED5BDB"/>
     <w:rsid w:val="00ED5C5C"/>
     <w:rsid w:val="00ED6055"/>
     <w:rsid w:val="00ED60F0"/>
     <w:rsid w:val="00ED6318"/>
     <w:rsid w:val="00ED656A"/>
     <w:rsid w:val="00ED6842"/>
     <w:rsid w:val="00ED6BBD"/>
     <w:rsid w:val="00ED6CA7"/>
     <w:rsid w:val="00ED72A9"/>
     <w:rsid w:val="00ED72D7"/>
     <w:rsid w:val="00ED7B08"/>
     <w:rsid w:val="00EE0344"/>
     <w:rsid w:val="00EE03E2"/>
     <w:rsid w:val="00EE0427"/>
     <w:rsid w:val="00EE12BA"/>
     <w:rsid w:val="00EE1311"/>
     <w:rsid w:val="00EE1A87"/>
     <w:rsid w:val="00EE24C1"/>
     <w:rsid w:val="00EE2CB0"/>
     <w:rsid w:val="00EE34A7"/>
     <w:rsid w:val="00EE387E"/>
     <w:rsid w:val="00EE3A1D"/>
     <w:rsid w:val="00EE3E7B"/>
     <w:rsid w:val="00EE420D"/>
     <w:rsid w:val="00EE4274"/>
     <w:rsid w:val="00EE4414"/>
     <w:rsid w:val="00EE4BB3"/>
     <w:rsid w:val="00EE4D8B"/>
     <w:rsid w:val="00EE5395"/>
+    <w:rsid w:val="00EE5F33"/>
     <w:rsid w:val="00EE6132"/>
     <w:rsid w:val="00EE6BFB"/>
     <w:rsid w:val="00EE72BE"/>
     <w:rsid w:val="00EE7E3A"/>
     <w:rsid w:val="00EF11FE"/>
     <w:rsid w:val="00EF2572"/>
     <w:rsid w:val="00EF25F2"/>
     <w:rsid w:val="00EF27F0"/>
-    <w:rsid w:val="00EF2B56"/>
     <w:rsid w:val="00EF2B9E"/>
     <w:rsid w:val="00EF2C3C"/>
     <w:rsid w:val="00EF2FF5"/>
     <w:rsid w:val="00EF3C9F"/>
     <w:rsid w:val="00EF3CA7"/>
     <w:rsid w:val="00EF49BA"/>
     <w:rsid w:val="00EF517D"/>
     <w:rsid w:val="00EF5807"/>
     <w:rsid w:val="00EF5979"/>
     <w:rsid w:val="00EF5E1B"/>
     <w:rsid w:val="00EF6139"/>
     <w:rsid w:val="00EF631E"/>
     <w:rsid w:val="00EF6498"/>
     <w:rsid w:val="00EF698A"/>
     <w:rsid w:val="00EF6F78"/>
     <w:rsid w:val="00EF70AB"/>
     <w:rsid w:val="00EF76CC"/>
     <w:rsid w:val="00EF78CA"/>
     <w:rsid w:val="00EF797E"/>
     <w:rsid w:val="00EF7C76"/>
     <w:rsid w:val="00F0004E"/>
     <w:rsid w:val="00F0060E"/>
     <w:rsid w:val="00F00D14"/>
     <w:rsid w:val="00F00DAA"/>
     <w:rsid w:val="00F01043"/>
@@ -28615,50 +28959,51 @@
     <w:rsid w:val="00F04368"/>
     <w:rsid w:val="00F04422"/>
     <w:rsid w:val="00F04605"/>
     <w:rsid w:val="00F04844"/>
     <w:rsid w:val="00F04874"/>
     <w:rsid w:val="00F0496F"/>
     <w:rsid w:val="00F0550D"/>
     <w:rsid w:val="00F05A98"/>
     <w:rsid w:val="00F05B12"/>
     <w:rsid w:val="00F05C68"/>
     <w:rsid w:val="00F0668F"/>
     <w:rsid w:val="00F068A6"/>
     <w:rsid w:val="00F06BB7"/>
     <w:rsid w:val="00F0709C"/>
     <w:rsid w:val="00F072E4"/>
     <w:rsid w:val="00F07C13"/>
     <w:rsid w:val="00F1016D"/>
     <w:rsid w:val="00F11476"/>
     <w:rsid w:val="00F116BB"/>
     <w:rsid w:val="00F122F0"/>
     <w:rsid w:val="00F1252C"/>
     <w:rsid w:val="00F127E2"/>
     <w:rsid w:val="00F1297D"/>
     <w:rsid w:val="00F12BAD"/>
     <w:rsid w:val="00F12CF2"/>
+    <w:rsid w:val="00F12D1A"/>
     <w:rsid w:val="00F12E3A"/>
     <w:rsid w:val="00F1320A"/>
     <w:rsid w:val="00F13299"/>
     <w:rsid w:val="00F1424F"/>
     <w:rsid w:val="00F14933"/>
     <w:rsid w:val="00F14A67"/>
     <w:rsid w:val="00F14EE2"/>
     <w:rsid w:val="00F14F62"/>
     <w:rsid w:val="00F15487"/>
     <w:rsid w:val="00F1592F"/>
     <w:rsid w:val="00F15DA7"/>
     <w:rsid w:val="00F15E8A"/>
     <w:rsid w:val="00F164E5"/>
     <w:rsid w:val="00F17078"/>
     <w:rsid w:val="00F17429"/>
     <w:rsid w:val="00F17920"/>
     <w:rsid w:val="00F17B59"/>
     <w:rsid w:val="00F17B9D"/>
     <w:rsid w:val="00F204FA"/>
     <w:rsid w:val="00F20DF4"/>
     <w:rsid w:val="00F20EB4"/>
     <w:rsid w:val="00F2116A"/>
     <w:rsid w:val="00F212CF"/>
     <w:rsid w:val="00F2156E"/>
     <w:rsid w:val="00F218E0"/>
@@ -28706,274 +29051,286 @@
     <w:rsid w:val="00F40805"/>
     <w:rsid w:val="00F40825"/>
     <w:rsid w:val="00F40D48"/>
     <w:rsid w:val="00F40FB2"/>
     <w:rsid w:val="00F41E3B"/>
     <w:rsid w:val="00F42943"/>
     <w:rsid w:val="00F42FBA"/>
     <w:rsid w:val="00F43357"/>
     <w:rsid w:val="00F44295"/>
     <w:rsid w:val="00F443DA"/>
     <w:rsid w:val="00F44FFE"/>
     <w:rsid w:val="00F45B95"/>
     <w:rsid w:val="00F45FF6"/>
     <w:rsid w:val="00F465E7"/>
     <w:rsid w:val="00F4687C"/>
     <w:rsid w:val="00F46A67"/>
     <w:rsid w:val="00F46BD7"/>
     <w:rsid w:val="00F46C2F"/>
     <w:rsid w:val="00F470C5"/>
     <w:rsid w:val="00F47774"/>
     <w:rsid w:val="00F47FE2"/>
     <w:rsid w:val="00F50B8F"/>
     <w:rsid w:val="00F50F91"/>
     <w:rsid w:val="00F511BA"/>
     <w:rsid w:val="00F513CE"/>
-    <w:rsid w:val="00F51864"/>
     <w:rsid w:val="00F518D4"/>
     <w:rsid w:val="00F51A53"/>
     <w:rsid w:val="00F52452"/>
     <w:rsid w:val="00F52C6B"/>
     <w:rsid w:val="00F53823"/>
     <w:rsid w:val="00F53E98"/>
     <w:rsid w:val="00F54BB1"/>
     <w:rsid w:val="00F55192"/>
     <w:rsid w:val="00F5553B"/>
     <w:rsid w:val="00F55EC0"/>
     <w:rsid w:val="00F5614F"/>
     <w:rsid w:val="00F5622C"/>
     <w:rsid w:val="00F5669B"/>
     <w:rsid w:val="00F56796"/>
     <w:rsid w:val="00F569C3"/>
     <w:rsid w:val="00F56ACA"/>
     <w:rsid w:val="00F57457"/>
     <w:rsid w:val="00F576E8"/>
     <w:rsid w:val="00F61113"/>
     <w:rsid w:val="00F61A2E"/>
     <w:rsid w:val="00F61B1E"/>
     <w:rsid w:val="00F61C36"/>
     <w:rsid w:val="00F621E4"/>
     <w:rsid w:val="00F62374"/>
     <w:rsid w:val="00F62999"/>
     <w:rsid w:val="00F63151"/>
     <w:rsid w:val="00F64517"/>
     <w:rsid w:val="00F6521F"/>
     <w:rsid w:val="00F65E72"/>
     <w:rsid w:val="00F66190"/>
     <w:rsid w:val="00F665D4"/>
     <w:rsid w:val="00F672BF"/>
     <w:rsid w:val="00F6782A"/>
     <w:rsid w:val="00F678D0"/>
     <w:rsid w:val="00F705A2"/>
+    <w:rsid w:val="00F712BE"/>
     <w:rsid w:val="00F71EBD"/>
     <w:rsid w:val="00F7204C"/>
     <w:rsid w:val="00F72069"/>
     <w:rsid w:val="00F72D4B"/>
     <w:rsid w:val="00F73227"/>
     <w:rsid w:val="00F7356F"/>
     <w:rsid w:val="00F73C29"/>
     <w:rsid w:val="00F7446C"/>
     <w:rsid w:val="00F7488D"/>
     <w:rsid w:val="00F75379"/>
     <w:rsid w:val="00F7582B"/>
     <w:rsid w:val="00F75A48"/>
     <w:rsid w:val="00F76560"/>
     <w:rsid w:val="00F7694D"/>
     <w:rsid w:val="00F772EA"/>
     <w:rsid w:val="00F77C19"/>
     <w:rsid w:val="00F801CC"/>
     <w:rsid w:val="00F80391"/>
     <w:rsid w:val="00F80886"/>
     <w:rsid w:val="00F80902"/>
     <w:rsid w:val="00F80DAE"/>
     <w:rsid w:val="00F813C0"/>
     <w:rsid w:val="00F81777"/>
     <w:rsid w:val="00F81D43"/>
     <w:rsid w:val="00F823ED"/>
     <w:rsid w:val="00F8252B"/>
     <w:rsid w:val="00F82B22"/>
     <w:rsid w:val="00F82FA0"/>
     <w:rsid w:val="00F82FBC"/>
     <w:rsid w:val="00F838F5"/>
     <w:rsid w:val="00F844C6"/>
     <w:rsid w:val="00F844D5"/>
     <w:rsid w:val="00F845D3"/>
     <w:rsid w:val="00F84DDE"/>
     <w:rsid w:val="00F850D6"/>
     <w:rsid w:val="00F850F9"/>
     <w:rsid w:val="00F8523C"/>
     <w:rsid w:val="00F853DF"/>
     <w:rsid w:val="00F85C30"/>
     <w:rsid w:val="00F86204"/>
     <w:rsid w:val="00F865D4"/>
     <w:rsid w:val="00F867A8"/>
     <w:rsid w:val="00F86BE3"/>
     <w:rsid w:val="00F86DC3"/>
     <w:rsid w:val="00F8720B"/>
     <w:rsid w:val="00F8742C"/>
     <w:rsid w:val="00F90053"/>
     <w:rsid w:val="00F9042E"/>
     <w:rsid w:val="00F9074E"/>
     <w:rsid w:val="00F9085F"/>
+    <w:rsid w:val="00F90C60"/>
     <w:rsid w:val="00F917D0"/>
     <w:rsid w:val="00F91956"/>
     <w:rsid w:val="00F91E91"/>
     <w:rsid w:val="00F92128"/>
     <w:rsid w:val="00F9241B"/>
     <w:rsid w:val="00F92453"/>
+    <w:rsid w:val="00F926C3"/>
     <w:rsid w:val="00F9279E"/>
     <w:rsid w:val="00F936E7"/>
     <w:rsid w:val="00F93B0A"/>
     <w:rsid w:val="00F941B7"/>
     <w:rsid w:val="00F942BF"/>
     <w:rsid w:val="00F944FC"/>
     <w:rsid w:val="00F9498B"/>
     <w:rsid w:val="00F94BFA"/>
     <w:rsid w:val="00F95654"/>
     <w:rsid w:val="00F96322"/>
     <w:rsid w:val="00F97C39"/>
     <w:rsid w:val="00F97CA6"/>
+    <w:rsid w:val="00FA0104"/>
     <w:rsid w:val="00FA0798"/>
     <w:rsid w:val="00FA1002"/>
     <w:rsid w:val="00FA1D78"/>
     <w:rsid w:val="00FA1E06"/>
     <w:rsid w:val="00FA1EA9"/>
     <w:rsid w:val="00FA2AA3"/>
     <w:rsid w:val="00FA2BE2"/>
     <w:rsid w:val="00FA2EC6"/>
     <w:rsid w:val="00FA2EC9"/>
     <w:rsid w:val="00FA313C"/>
+    <w:rsid w:val="00FA3413"/>
     <w:rsid w:val="00FA40A4"/>
     <w:rsid w:val="00FA4361"/>
     <w:rsid w:val="00FA4929"/>
     <w:rsid w:val="00FA4C30"/>
     <w:rsid w:val="00FA540F"/>
+    <w:rsid w:val="00FA5AB6"/>
     <w:rsid w:val="00FA65A8"/>
     <w:rsid w:val="00FA6870"/>
     <w:rsid w:val="00FA6BB6"/>
     <w:rsid w:val="00FA6FD6"/>
     <w:rsid w:val="00FA73D6"/>
     <w:rsid w:val="00FA76CF"/>
     <w:rsid w:val="00FB098C"/>
     <w:rsid w:val="00FB0A1B"/>
     <w:rsid w:val="00FB1D46"/>
     <w:rsid w:val="00FB2870"/>
     <w:rsid w:val="00FB3C6A"/>
     <w:rsid w:val="00FB4E0C"/>
     <w:rsid w:val="00FB5C86"/>
     <w:rsid w:val="00FB5CC7"/>
     <w:rsid w:val="00FB6462"/>
     <w:rsid w:val="00FB651B"/>
     <w:rsid w:val="00FB6529"/>
     <w:rsid w:val="00FB6D3F"/>
     <w:rsid w:val="00FB6DC4"/>
     <w:rsid w:val="00FB6E3A"/>
     <w:rsid w:val="00FB7463"/>
     <w:rsid w:val="00FB75B7"/>
     <w:rsid w:val="00FB7D17"/>
     <w:rsid w:val="00FC0B28"/>
     <w:rsid w:val="00FC0E7F"/>
+    <w:rsid w:val="00FC0F5B"/>
     <w:rsid w:val="00FC152A"/>
     <w:rsid w:val="00FC190A"/>
     <w:rsid w:val="00FC19AF"/>
     <w:rsid w:val="00FC20F5"/>
     <w:rsid w:val="00FC2680"/>
     <w:rsid w:val="00FC2CBE"/>
     <w:rsid w:val="00FC3348"/>
     <w:rsid w:val="00FC3733"/>
     <w:rsid w:val="00FC39A8"/>
     <w:rsid w:val="00FC39C6"/>
     <w:rsid w:val="00FC3B0A"/>
     <w:rsid w:val="00FC3FB7"/>
     <w:rsid w:val="00FC40FE"/>
     <w:rsid w:val="00FC411C"/>
     <w:rsid w:val="00FC46DE"/>
     <w:rsid w:val="00FC4F97"/>
     <w:rsid w:val="00FC5195"/>
     <w:rsid w:val="00FC52EA"/>
     <w:rsid w:val="00FC5350"/>
     <w:rsid w:val="00FC5372"/>
     <w:rsid w:val="00FC57D6"/>
     <w:rsid w:val="00FC6C6C"/>
     <w:rsid w:val="00FC6F22"/>
     <w:rsid w:val="00FC7593"/>
+    <w:rsid w:val="00FC7723"/>
     <w:rsid w:val="00FC7845"/>
     <w:rsid w:val="00FC7975"/>
     <w:rsid w:val="00FC7B31"/>
     <w:rsid w:val="00FD0D67"/>
     <w:rsid w:val="00FD11C2"/>
     <w:rsid w:val="00FD1401"/>
     <w:rsid w:val="00FD1873"/>
     <w:rsid w:val="00FD1A15"/>
     <w:rsid w:val="00FD1AD6"/>
     <w:rsid w:val="00FD1CC8"/>
     <w:rsid w:val="00FD1E9D"/>
     <w:rsid w:val="00FD201B"/>
     <w:rsid w:val="00FD2432"/>
+    <w:rsid w:val="00FD2695"/>
     <w:rsid w:val="00FD2A3B"/>
     <w:rsid w:val="00FD2E58"/>
     <w:rsid w:val="00FD3551"/>
     <w:rsid w:val="00FD389D"/>
     <w:rsid w:val="00FD3E48"/>
     <w:rsid w:val="00FD4829"/>
     <w:rsid w:val="00FD523F"/>
     <w:rsid w:val="00FD555B"/>
     <w:rsid w:val="00FD58E9"/>
     <w:rsid w:val="00FD5A32"/>
     <w:rsid w:val="00FD5D52"/>
     <w:rsid w:val="00FD5E8B"/>
     <w:rsid w:val="00FD62F2"/>
     <w:rsid w:val="00FD65DD"/>
     <w:rsid w:val="00FD660B"/>
     <w:rsid w:val="00FD74D2"/>
     <w:rsid w:val="00FE0B09"/>
     <w:rsid w:val="00FE1602"/>
     <w:rsid w:val="00FE1BE6"/>
     <w:rsid w:val="00FE2528"/>
     <w:rsid w:val="00FE3266"/>
     <w:rsid w:val="00FE3881"/>
     <w:rsid w:val="00FE3EC4"/>
     <w:rsid w:val="00FE4957"/>
     <w:rsid w:val="00FE53D4"/>
     <w:rsid w:val="00FE54EC"/>
     <w:rsid w:val="00FE56A8"/>
     <w:rsid w:val="00FE59A8"/>
     <w:rsid w:val="00FE5E0A"/>
     <w:rsid w:val="00FE6432"/>
+    <w:rsid w:val="00FE6BFE"/>
     <w:rsid w:val="00FE7F16"/>
     <w:rsid w:val="00FF0902"/>
     <w:rsid w:val="00FF0DAB"/>
     <w:rsid w:val="00FF1E4C"/>
+    <w:rsid w:val="00FF2854"/>
     <w:rsid w:val="00FF33D5"/>
     <w:rsid w:val="00FF36E6"/>
     <w:rsid w:val="00FF38A7"/>
     <w:rsid w:val="00FF3B08"/>
+    <w:rsid w:val="00FF42D5"/>
     <w:rsid w:val="00FF440C"/>
     <w:rsid w:val="00FF4F5B"/>
     <w:rsid w:val="00FF547B"/>
     <w:rsid w:val="00FF5789"/>
     <w:rsid w:val="00FF58EB"/>
+    <w:rsid w:val="00FF5CFC"/>
     <w:rsid w:val="00FF6EC3"/>
     <w:rsid w:val="00FF7232"/>
     <w:rsid w:val="00FF7566"/>
     <w:rsid w:val="00FF76A2"/>
     <w:rsid w:val="00FF7EBB"/>
     <w:rsid w:val="01110D2E"/>
     <w:rsid w:val="01300E7A"/>
     <w:rsid w:val="0151470F"/>
     <w:rsid w:val="0163DADF"/>
     <w:rsid w:val="019BC471"/>
     <w:rsid w:val="01AAC7C3"/>
     <w:rsid w:val="02020D53"/>
     <w:rsid w:val="0202B5C1"/>
     <w:rsid w:val="021D5CFA"/>
     <w:rsid w:val="0233D18A"/>
     <w:rsid w:val="02A721F6"/>
     <w:rsid w:val="02BF3A52"/>
     <w:rsid w:val="02EBFB19"/>
     <w:rsid w:val="02FC2916"/>
     <w:rsid w:val="03083D34"/>
     <w:rsid w:val="03101FF4"/>
     <w:rsid w:val="031F8308"/>
     <w:rsid w:val="032C6C7A"/>
     <w:rsid w:val="03326526"/>
     <w:rsid w:val="033635FC"/>
@@ -32626,50 +32983,52 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2121299178">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/KS3629/Downloads/SBCAllowanceReviewTeam@dewr.gov.au" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/Documents/Current/Privacy-Notification-and-Consent-Form.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Factsheets.aspx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Factsheets.aspx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.servicesaustralia.gov.au/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccessintranet.hosts.application.enet/ProviderPortal/SEA6/Incidents-Insurance/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://immi.homeaffairs.gov.au/visas/already-have-a-visa/check-visa-details-and-conditions/check-conditions-online" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://business.gov.au/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SBCAllowanceReviewTeam@dewr.gov.au" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workforceaustralia.gov.au/individuals/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccessintranet.hosts.application.enet/ProviderPortal/SEA6/Incidents-Insurance/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workforceaustralia.gov.au/individuals" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccessintranet.hosts.application.enet/ProviderPortal/SEA6/Incidents-Insurance/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccessintranet.hosts.application.enet/ProviderPortal/SEA6/Guidelines/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Factsheets.aspx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SBCAllowanceReviewTeam@dewr.gov.au" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workforceaustralia.gov.au/individuals/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.au/Series/F1996B03551" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SBCAllowanceReviewTeam@dewr.gov.au" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccessintranet.hosts.application.enet/ProviderPortal/SEA6/Incidents-Insurance/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccessintranet.hosts.application.enet/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccessintranet.hosts.application.enet/ProviderPortal/SEA6/Guidelines/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SBCAllowanceReviewTeam@dewr.gov.au" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workforceaustralia.gov.au/individuals/coaching/starting-business/guides" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccessintranet.hosts.application.enet/ProviderPortal/SEA6/Incidents-Insurance/Pages/default.aspx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccessintranet.hosts.application.enet/ProviderPortal/SEA6/Guidelines/Pages/Archived-Guidelines.aspx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Documents/Current/Business-Eligibility-Criteria-Supporting-Document.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SBCAllowanceReviewTeam@DEWR.gov.au" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Factsheets.aspx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Forms.aspx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccess.gov.au/ProviderPortal/SEA6/Guidelines/Pages/Supporting-Documents-and-Templates.aspx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecsnaccessintranet.hosts.application.enet/ProviderPortal/SEA6/Incidents-Insurance/Pages/default.aspx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="DESE Template Theme">
   <a:themeElements>
     <a:clrScheme name="DESE">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="002D3F"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="002D3F"/>
@@ -32914,2134 +33273,99 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC95481A-323E-4636-9C19-77471222D264}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>62</Pages>
-[...1 lines deleted...]
-  <Characters>132178</Characters>
+  <Pages>63</Pages>
+  <Words>22832</Words>
+  <Characters>132655</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1101</Lines>
-  <Paragraphs>310</Paragraphs>
+  <Lines>2502</Lines>
+  <Paragraphs>1439</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Workforce Australia Guidelines – Part B: Self-Employment Assistance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>155056</CharactersWithSpaces>
+  <CharactersWithSpaces>154048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...2036 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Workforce Australia Guidelines – Part B: Self-Employment Assistance</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SetDate">
-    <vt:lpwstr>2025-02-04T06:11:08Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-05T06:18:17Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Name">
     <vt:lpwstr>79d889eb-932f-4752-8739-64d25806ef64</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SiteId">
     <vt:lpwstr>dd0cfd15-4558-4b12-8bad-ea26984fc417</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ActionId">
-    <vt:lpwstr>72e6b819-4a5e-4672-9468-d274fe5d254d</vt:lpwstr>
+    <vt:lpwstr>7c9fae8c-ae57-423f-a51a-9d2bfea5a541</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>