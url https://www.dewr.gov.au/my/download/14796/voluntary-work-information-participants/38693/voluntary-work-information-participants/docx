--- v0 (2025-11-03)
+++ v1 (2026-01-29)
@@ -1,128 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7AD9547C" w14:textId="4AD6A736" w:rsidR="005565B8" w:rsidRDefault="00286F3C" w:rsidP="00B13C62">
       <w:pPr>
         <w:spacing w:after="1200"/>
         <w:sectPr w:rsidR="005565B8" w:rsidSect="00286F3C">
-          <w:footerReference w:type="default" r:id="rId11"/>
-          <w:footerReference w:type="first" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="first" r:id="rId9"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="737" w:right="851" w:bottom="1418" w:left="851" w:header="567" w:footer="0" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D8C6F17" wp14:editId="166011BB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D8C6F17" wp14:editId="731C2B52">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2540</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3517200" cy="1162800"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="20477" y="0"/>
                 <wp:lineTo x="10180" y="1062"/>
                 <wp:lineTo x="3393" y="3185"/>
                 <wp:lineTo x="3393" y="6016"/>
                 <wp:lineTo x="2457" y="7432"/>
                 <wp:lineTo x="2106" y="10617"/>
                 <wp:lineTo x="1170" y="14156"/>
                 <wp:lineTo x="0" y="17341"/>
                 <wp:lineTo x="0" y="18403"/>
                 <wp:lineTo x="7021" y="20880"/>
                 <wp:lineTo x="9478" y="21234"/>
                 <wp:lineTo x="10180" y="21234"/>
                 <wp:lineTo x="11818" y="20880"/>
                 <wp:lineTo x="17668" y="17341"/>
                 <wp:lineTo x="19658" y="14156"/>
                 <wp:lineTo x="19541" y="11679"/>
                 <wp:lineTo x="20009" y="11679"/>
                 <wp:lineTo x="20711" y="7786"/>
                 <wp:lineTo x="20594" y="6016"/>
                 <wp:lineTo x="21530" y="2477"/>
                 <wp:lineTo x="21530" y="1416"/>
                 <wp:lineTo x="21296" y="0"/>
                 <wp:lineTo x="20477" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="6" name="Picture 6" descr="Australian Government &#10;Workforce Australia &#10;Employment"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Picture 6" descr="Australian Government &#10;Workforce Australia &#10;Employment"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3517200" cy="1162800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
@@ -185,161 +182,179 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="087A1200" id="Rectangle 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:0;width:595.3pt;height:158.75pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXCwTpeAIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypt2COkXQosOA&#10;og3aDj0rshQbkEWNUuJkXz9KcpyuLXYY5oMsiuQj+UTq4nLXGrZV6BuwJR+fjDhTVkLV2HXJfzzd&#10;fPrCmQ/CVsKAVSXfK88v5x8/XHRupiZQg6kUMgKxfta5ktchuFlReFmrVvgTcMqSUgO2IpCI66JC&#10;0RF6a4rJaHRWdICVQ5DKezq9zko+T/haKxnutfYqMFNyyi2kFdO6imsxvxCzNQpXN7JPQ/xDFq1o&#10;LAUdoK5FEGyDzRuotpEIHnQ4kdAWoHUjVaqBqhmPXlXzWAunUi1EjncDTf7/wcq77aNbItHQOT/z&#10;tI1V7DS28U/5sV0iaz+QpXaBSTo8n56N6ONMko6Sj1Kkszi6O/Thm4KWxU3JkW4jkSS2tz5k04NJ&#10;jObBNNVNY0wScL26Msi2It7cdDz9POnR/zAzNhpbiG4ZMZ4Ux2LSLuyNinbGPijNmorSn6RMUp+p&#10;IY6QUtkwzqpaVCqHn6ZCM/zgkSpNgBFZU/wBuweIPfwWO8P09tFVpTYdnEd/Syw7Dx4pMtgwOLeN&#10;BXwPwFBVfeRsfyApUxNZWkG1XyJDyEPinbxp6N5uhQ9LgTQVdNc06eGeFm2gKzn0O85qwF/vnUd7&#10;albSctbRlJXc/9wIVJyZ75ba+Ov49DSOZRJOp+cTEvClZvVSYzftFVA7jOlNcTJto30wh61GaJ/p&#10;QVjEqKQSVlLsksuAB+Eq5OmnJ0WqxSKZ0Sg6EW7to5MRPLIa+/Jp9yzQ9c0bqO/v4DCRYvaqh7Nt&#10;9LSw2ATQTWrwI6893zTGqXH6Jye+Ey/lZHV8GOe/AQAA//8DAFBLAwQUAAYACAAAACEAwUw7DNwA&#10;AAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X4B2sr9VYcF5GWEAdR1Iheob1wc+Jt&#10;EiVeR7GB5O9reimXlUYzmnmbbkbTsQsOrrEkQcwjYEil1Q1VEr6/8uc3YM4r0qqzhBImdLDJZg+p&#10;SrS90gEvR1+xUEIuURJq7/uEc1fWaJSb2x4peD92MMoHOVRcD+oayk3HX6Io5kY1FBZq1eOuxrI9&#10;no2Eotgvp8P+PZ5WJ5G7sRWfH20u5dPjuF0D8zj6/zDc8AM6ZIGpsGfSjnUSwiP+7948sYpiYIWE&#10;hXhdAs9Sfo+f/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDXCwTpeAIAAGAFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDBTDsM3AAAAAYBAAAP&#10;AAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" fillcolor="#051532" stroked="f" strokeweight="1pt">
+              <v:rect w14:anchorId="7989E3EE" id="Rectangle 3" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:0;width:595.3pt;height:158.75pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXCwTpeAIAAGAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypt2COkXQosOA&#10;og3aDj0rshQbkEWNUuJkXz9KcpyuLXYY5oMsiuQj+UTq4nLXGrZV6BuwJR+fjDhTVkLV2HXJfzzd&#10;fPrCmQ/CVsKAVSXfK88v5x8/XHRupiZQg6kUMgKxfta5ktchuFlReFmrVvgTcMqSUgO2IpCI66JC&#10;0RF6a4rJaHRWdICVQ5DKezq9zko+T/haKxnutfYqMFNyyi2kFdO6imsxvxCzNQpXN7JPQ/xDFq1o&#10;LAUdoK5FEGyDzRuotpEIHnQ4kdAWoHUjVaqBqhmPXlXzWAunUi1EjncDTf7/wcq77aNbItHQOT/z&#10;tI1V7DS28U/5sV0iaz+QpXaBSTo8n56N6ONMko6Sj1Kkszi6O/Thm4KWxU3JkW4jkSS2tz5k04NJ&#10;jObBNNVNY0wScL26Msi2It7cdDz9POnR/zAzNhpbiG4ZMZ4Ux2LSLuyNinbGPijNmorSn6RMUp+p&#10;IY6QUtkwzqpaVCqHn6ZCM/zgkSpNgBFZU/wBuweIPfwWO8P09tFVpTYdnEd/Syw7Dx4pMtgwOLeN&#10;BXwPwFBVfeRsfyApUxNZWkG1XyJDyEPinbxp6N5uhQ9LgTQVdNc06eGeFm2gKzn0O85qwF/vnUd7&#10;albSctbRlJXc/9wIVJyZ75ba+Ov49DSOZRJOp+cTEvClZvVSYzftFVA7jOlNcTJto30wh61GaJ/p&#10;QVjEqKQSVlLsksuAB+Eq5OmnJ0WqxSKZ0Sg6EW7to5MRPLIa+/Jp9yzQ9c0bqO/v4DCRYvaqh7Nt&#10;9LSw2ATQTWrwI6893zTGqXH6Jye+Ey/lZHV8GOe/AQAA//8DAFBLAwQUAAYACAAAACEAwUw7DNwA&#10;AAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CMBBE75X4B2sr9VYcF5GWEAdR1Iheob1wc+Jt&#10;EiVeR7GB5O9reimXlUYzmnmbbkbTsQsOrrEkQcwjYEil1Q1VEr6/8uc3YM4r0qqzhBImdLDJZg+p&#10;SrS90gEvR1+xUEIuURJq7/uEc1fWaJSb2x4peD92MMoHOVRcD+oayk3HX6Io5kY1FBZq1eOuxrI9&#10;no2Eotgvp8P+PZ5WJ5G7sRWfH20u5dPjuF0D8zj6/zDc8AM6ZIGpsGfSjnUSwiP+7948sYpiYIWE&#10;hXhdAs9Sfo+f/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDXCwTpeAIAAGAFAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDBTDsM3AAAAAYBAAAP&#10;AAAAAAAAAAAAAAAAANIEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA2wUAAAAA&#10;" fillcolor="#051532" stroked="f" strokeweight="1pt">
                 <w10:wrap anchorx="page" anchory="page"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="3134E200" w14:textId="77777777" w:rsidR="00EC2C47" w:rsidRDefault="00E7014D" w:rsidP="00E7014D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Voluntary Work – </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="211FDFC8" w14:textId="77777777" w:rsidR="00EC2C47" w:rsidRDefault="00EC2C47" w:rsidP="00E7014D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C790954" w14:textId="54CEEB25" w:rsidR="00E7014D" w:rsidRPr="00654A65" w:rsidRDefault="00E7014D" w:rsidP="00EC2C47">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>Information for Participants</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2419081D" w14:textId="04BEE567" w:rsidR="00E7014D" w:rsidRPr="00CD4A1C" w:rsidRDefault="00E7014D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD4A1C">
         <w:t>What is Voluntary Work?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5908B0" w14:textId="6D6BAA34" w:rsidR="00E7014D" w:rsidRPr="00654A65" w:rsidRDefault="00E7014D" w:rsidP="00E7014D">
+    <w:p w14:paraId="6F5908B0" w14:textId="0BEE3CAD" w:rsidR="00E7014D" w:rsidRPr="00654A65" w:rsidRDefault="00E7014D" w:rsidP="00E7014D">
       <w:r>
-        <w:t xml:space="preserve">Voluntary Work is a work experience placement </w:t>
+        <w:t>Voluntary Work is a</w:t>
+      </w:r>
+      <w:r w:rsidR="00952867">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96326">
+        <w:t>employment services activity</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E7014D">
         <w:t>which gives you the opportunity to gain skills to improve your employment prospects while also benefiting your community.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E7014D">
         <w:t>A Voluntary Work placement can range in length</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7014D">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> but will generally be no longer than</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7014D">
         <w:t xml:space="preserve"> 26 weeks.</w:t>
       </w:r>
       <w:r w:rsidR="008B0E1E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E7014D">
         <w:t xml:space="preserve">Your provider can assist you to find Voluntary Work and will conduct Work Health and Safety checks to ensure a safe </w:t>
       </w:r>
       <w:r w:rsidR="002854B3">
         <w:t xml:space="preserve">work </w:t>
       </w:r>
       <w:r w:rsidR="0013798F">
         <w:t>environment</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7014D">
         <w:t xml:space="preserve"> prior to your placement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="731A49F9" w14:textId="69F98513" w:rsidR="00CF6EBF" w:rsidRPr="00CD4A1C" w:rsidRDefault="00E7014D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00CD4A1C">
         <w:t>Am I eligible?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5603D324" w14:textId="309B1BED" w:rsidR="00E7014D" w:rsidRPr="00E7014D" w:rsidRDefault="008B0E1E" w:rsidP="00E7014D">
+    <w:p w14:paraId="5603D324" w14:textId="4D9A6E92" w:rsidR="00E7014D" w:rsidRPr="00E7014D" w:rsidRDefault="008B0E1E" w:rsidP="00E7014D">
       <w:r>
         <w:t>Individuals</w:t>
       </w:r>
       <w:r w:rsidR="00E7014D">
         <w:t xml:space="preserve"> who are aged 15 years and over and registered in </w:t>
       </w:r>
       <w:r w:rsidR="0013798F">
         <w:t xml:space="preserve">either </w:t>
       </w:r>
       <w:r w:rsidR="00E7014D">
         <w:t xml:space="preserve">Workforce Australia Services, </w:t>
       </w:r>
       <w:r w:rsidR="438E4F53">
         <w:t xml:space="preserve">Workforce Australia </w:t>
       </w:r>
       <w:r w:rsidR="00E7014D">
         <w:t xml:space="preserve">Transition to Work, </w:t>
       </w:r>
       <w:r w:rsidR="00B977D5" w:rsidRPr="00E1674A">
         <w:t>Parent Pathways</w:t>
       </w:r>
       <w:r w:rsidR="00B977D5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E7014D">
-        <w:t xml:space="preserve">and Disability Employment Services are eligible to participate in Voluntary Work. There is no requirement to be on income support. If you are in </w:t>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="007D17BA">
+        <w:t>Inclusive Employment Australia</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7014D">
+        <w:t xml:space="preserve"> are eligible to participate in Voluntary Work. There is no requirement to be on income support. If you are in </w:t>
       </w:r>
       <w:r>
         <w:t>Workforce Australia Online</w:t>
       </w:r>
       <w:r w:rsidR="00E7014D">
         <w:t>, you can find yourself a suitable Voluntary Work placement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BC7F892" w14:textId="77777777" w:rsidR="00E7014D" w:rsidRPr="00E7014D" w:rsidRDefault="00E7014D" w:rsidP="00B13C62">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00E7014D">
         <w:t>What are the benefits?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7197F9D7" w14:textId="77777777" w:rsidR="00E7014D" w:rsidRPr="00E7014D" w:rsidRDefault="00E7014D" w:rsidP="00E7014D">
       <w:r w:rsidRPr="00E7014D">
         <w:t>A Voluntary Work placement provides you with the opportunity to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E58903C" w14:textId="77777777" w:rsidR="00E7014D" w:rsidRPr="00E7014D" w:rsidRDefault="00E7014D" w:rsidP="00E7014D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -465,51 +480,51 @@
         <w:t>onta</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7014D">
         <w:t>ct if I’m interested in doing Voluntary Work?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59DE690B" w14:textId="3131CCC2" w:rsidR="00926DE1" w:rsidRPr="00B13C62" w:rsidRDefault="00E7014D" w:rsidP="00E7014D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rStyle w:val="Hyper"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7014D">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">You can find volunteering opportunities in your area at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00B13C62">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://www.volunteeringaustralia.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B13C62">
         <w:rPr>
           <w:rStyle w:val="Hyper"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B939D37" w14:textId="7A2D2411" w:rsidR="00926DE1" w:rsidRDefault="00E7014D" w:rsidP="00926DE1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:szCs w:val="20"/>
@@ -539,51 +554,51 @@
       </w:r>
       <w:r w:rsidRPr="00E231F0">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">you can find a local </w:t>
       </w:r>
       <w:r w:rsidR="005B31D2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00E231F0">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rovider at</w:t>
       </w:r>
       <w:r w:rsidR="005B31D2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="005B31D2" w:rsidRPr="00E7066A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Find Your Employment Services Provider - Workforce Australia</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00926DE1">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DD22920" w14:textId="60E9F611" w:rsidR="00E7014D" w:rsidRPr="002B4A2E" w:rsidRDefault="00926DE1" w:rsidP="002B4A2E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="567" w:right="-59"/>
@@ -681,143 +696,129 @@
           <w:p w14:paraId="26DF939B" w14:textId="77777777" w:rsidR="00E7014D" w:rsidRPr="00B13C62" w:rsidRDefault="00E7014D" w:rsidP="00B13C62">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B13C62">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>If you need an interpreter, please call the Translating and Interpreting Service (TIS) in 131 450* and ask for the National Customer Service Line (NCSL) on 1800 805 260 (free call from land lines).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DC45BFE" w14:textId="60CB7BB7" w:rsidR="00CD4A1C" w:rsidRPr="00B13C62" w:rsidRDefault="00E7014D" w:rsidP="00B13C62">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B13C62">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t>If you are deaf, or have a hearing or speech impairment, you can use the National Relay Service (</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00B13C62">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>www.relayservice.gov.au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B13C62">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">). For more information visit </w:t>
-[...13 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>). For more information visit Accesshub.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DA9188A" w14:textId="12940850" w:rsidR="00B00423" w:rsidRPr="00B13C62" w:rsidRDefault="00E7014D" w:rsidP="00B13C62">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B13C62">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">*Note that call charges apply for calls to ‘13’ numbers from mobile phones. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A804E5E" w14:textId="77777777" w:rsidR="00B00423" w:rsidRDefault="00B00423" w:rsidP="008B0E1E"/>
     <w:sectPr w:rsidR="00B00423" w:rsidSect="00876539">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1021" w:bottom="1134" w:left="1021" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A4EB5AD" w14:textId="77777777" w:rsidR="007F729F" w:rsidRDefault="007F729F" w:rsidP="00EE7FDA">
+    <w:p w14:paraId="53E13F5D" w14:textId="77777777" w:rsidR="00D70828" w:rsidRDefault="00D70828" w:rsidP="00EE7FDA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49CBC890" w14:textId="77777777" w:rsidR="007F729F" w:rsidRDefault="007F729F" w:rsidP="00EE7FDA">
+    <w:p w14:paraId="1921249F" w14:textId="77777777" w:rsidR="00D70828" w:rsidRDefault="00D70828" w:rsidP="00EE7FDA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -855,51 +856,51 @@
   </w:font>
   <w:font w:name="News Gothic Com">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="News Gothic Com Light">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7C1DD719" w14:textId="5758C913" w:rsidR="00105919" w:rsidRDefault="00A1654A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0426B92B" wp14:editId="6D148A8D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10253980</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7560000" cy="428400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Picture 2">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
@@ -937,51 +938,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7560000" cy="428400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70E34D44" w14:textId="44FEC9CA" w:rsidR="00105919" w:rsidRDefault="00105919">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D90293D" wp14:editId="2EDECECF">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10254029</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7560000" cy="428400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Picture 1">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
@@ -1019,76 +1020,76 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7560000" cy="428400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E16D110" w14:textId="77777777" w:rsidR="007F729F" w:rsidRDefault="007F729F" w:rsidP="00D105E6">
+    <w:p w14:paraId="0569D354" w14:textId="77777777" w:rsidR="00D70828" w:rsidRDefault="00D70828" w:rsidP="00D105E6">
       <w:pPr>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D65B033" w14:textId="77777777" w:rsidR="007F729F" w:rsidRDefault="007F729F" w:rsidP="00EE7FDA">
+    <w:p w14:paraId="02E7E882" w14:textId="77777777" w:rsidR="00D70828" w:rsidRDefault="00D70828" w:rsidP="00EE7FDA">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0619112D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61460FDC"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2276,246 +2277,274 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="112020933">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="448479283">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1999533994">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1427727886">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1310787502">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="821385604">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1228" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0003"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE0BBC"/>
+    <w:rsid w:val="000012EF"/>
     <w:rsid w:val="00011BA5"/>
     <w:rsid w:val="00037765"/>
     <w:rsid w:val="00052659"/>
     <w:rsid w:val="00052B07"/>
+    <w:rsid w:val="0006300E"/>
     <w:rsid w:val="0009541A"/>
     <w:rsid w:val="000D3A72"/>
     <w:rsid w:val="000E406E"/>
     <w:rsid w:val="00105919"/>
     <w:rsid w:val="00115E9C"/>
     <w:rsid w:val="0013557F"/>
     <w:rsid w:val="0013798F"/>
     <w:rsid w:val="00145A12"/>
     <w:rsid w:val="00155F8B"/>
     <w:rsid w:val="0016510A"/>
     <w:rsid w:val="00165A2C"/>
     <w:rsid w:val="00195EF0"/>
     <w:rsid w:val="001B6D04"/>
     <w:rsid w:val="001C6347"/>
     <w:rsid w:val="001C65BE"/>
+    <w:rsid w:val="001D656A"/>
     <w:rsid w:val="001F444A"/>
     <w:rsid w:val="001F7332"/>
     <w:rsid w:val="00244DD6"/>
     <w:rsid w:val="002462D7"/>
     <w:rsid w:val="00253AD5"/>
     <w:rsid w:val="00257065"/>
     <w:rsid w:val="002678F4"/>
     <w:rsid w:val="00275860"/>
     <w:rsid w:val="00275D69"/>
     <w:rsid w:val="002854B3"/>
     <w:rsid w:val="00286F3C"/>
     <w:rsid w:val="002B4A2E"/>
-    <w:rsid w:val="002C2CF4"/>
     <w:rsid w:val="002E2860"/>
     <w:rsid w:val="002E766F"/>
     <w:rsid w:val="003118DC"/>
     <w:rsid w:val="00312F55"/>
     <w:rsid w:val="0031425C"/>
     <w:rsid w:val="00316088"/>
+    <w:rsid w:val="003168AD"/>
+    <w:rsid w:val="00321051"/>
     <w:rsid w:val="003267A5"/>
+    <w:rsid w:val="0037742C"/>
     <w:rsid w:val="003B13B2"/>
     <w:rsid w:val="003E21F8"/>
     <w:rsid w:val="003F0880"/>
+    <w:rsid w:val="004246CB"/>
     <w:rsid w:val="00426E46"/>
+    <w:rsid w:val="00435751"/>
     <w:rsid w:val="00440F0C"/>
     <w:rsid w:val="004428F6"/>
+    <w:rsid w:val="0045329A"/>
     <w:rsid w:val="0046637C"/>
     <w:rsid w:val="0047432C"/>
     <w:rsid w:val="004B48A5"/>
     <w:rsid w:val="004C571E"/>
     <w:rsid w:val="004D00B2"/>
     <w:rsid w:val="004F3CE3"/>
     <w:rsid w:val="004F5993"/>
     <w:rsid w:val="00503C2F"/>
+    <w:rsid w:val="00512E3B"/>
     <w:rsid w:val="00515C2E"/>
     <w:rsid w:val="00517064"/>
     <w:rsid w:val="00522E88"/>
     <w:rsid w:val="00525E6E"/>
     <w:rsid w:val="005565B8"/>
     <w:rsid w:val="00566A2E"/>
     <w:rsid w:val="005725B2"/>
     <w:rsid w:val="00575DFC"/>
     <w:rsid w:val="00577A33"/>
     <w:rsid w:val="00582D06"/>
     <w:rsid w:val="00586EA4"/>
     <w:rsid w:val="005B31D2"/>
     <w:rsid w:val="005D150B"/>
     <w:rsid w:val="005D2489"/>
-    <w:rsid w:val="005D294E"/>
     <w:rsid w:val="005F08A3"/>
+    <w:rsid w:val="00622F08"/>
     <w:rsid w:val="0063350D"/>
     <w:rsid w:val="00654A65"/>
     <w:rsid w:val="00657B92"/>
     <w:rsid w:val="00691F21"/>
+    <w:rsid w:val="006A2DB5"/>
     <w:rsid w:val="006D1E27"/>
     <w:rsid w:val="006D7710"/>
     <w:rsid w:val="006D7F10"/>
     <w:rsid w:val="00706143"/>
     <w:rsid w:val="00730B97"/>
     <w:rsid w:val="00737C1D"/>
     <w:rsid w:val="00774BA7"/>
+    <w:rsid w:val="00780C4E"/>
     <w:rsid w:val="0078584C"/>
     <w:rsid w:val="007A3566"/>
     <w:rsid w:val="007A72E8"/>
     <w:rsid w:val="007C3872"/>
     <w:rsid w:val="007C3D4E"/>
+    <w:rsid w:val="007D17BA"/>
     <w:rsid w:val="007D4962"/>
     <w:rsid w:val="007D79DE"/>
     <w:rsid w:val="007F63CC"/>
-    <w:rsid w:val="007F729F"/>
     <w:rsid w:val="0080594C"/>
     <w:rsid w:val="00813629"/>
     <w:rsid w:val="00817BD6"/>
     <w:rsid w:val="00832F2D"/>
     <w:rsid w:val="008447BA"/>
-    <w:rsid w:val="008511B6"/>
+    <w:rsid w:val="0086265F"/>
     <w:rsid w:val="00876539"/>
     <w:rsid w:val="00882AE1"/>
     <w:rsid w:val="008A28DA"/>
     <w:rsid w:val="008B0E1E"/>
     <w:rsid w:val="008B1AE0"/>
     <w:rsid w:val="008E08C8"/>
     <w:rsid w:val="008F24CE"/>
+    <w:rsid w:val="00925B0C"/>
     <w:rsid w:val="00926DE1"/>
     <w:rsid w:val="00931FEE"/>
+    <w:rsid w:val="0093244F"/>
+    <w:rsid w:val="00952867"/>
     <w:rsid w:val="00973379"/>
+    <w:rsid w:val="0098375D"/>
     <w:rsid w:val="00997BE6"/>
     <w:rsid w:val="009D079F"/>
+    <w:rsid w:val="009D7AD0"/>
     <w:rsid w:val="009E7AED"/>
     <w:rsid w:val="009F652B"/>
     <w:rsid w:val="00A112E2"/>
     <w:rsid w:val="00A1654A"/>
     <w:rsid w:val="00A23D73"/>
     <w:rsid w:val="00A34D39"/>
     <w:rsid w:val="00A513A6"/>
     <w:rsid w:val="00A70EEB"/>
     <w:rsid w:val="00A713BC"/>
     <w:rsid w:val="00A74FD2"/>
     <w:rsid w:val="00A81FB9"/>
     <w:rsid w:val="00A82BDB"/>
     <w:rsid w:val="00A83E5F"/>
     <w:rsid w:val="00AA03F6"/>
     <w:rsid w:val="00AA2FD8"/>
     <w:rsid w:val="00AA5FCC"/>
+    <w:rsid w:val="00AD4F08"/>
     <w:rsid w:val="00B00423"/>
     <w:rsid w:val="00B13C62"/>
     <w:rsid w:val="00B21C6C"/>
     <w:rsid w:val="00B25019"/>
     <w:rsid w:val="00B4410D"/>
     <w:rsid w:val="00B81A68"/>
+    <w:rsid w:val="00B822E3"/>
+    <w:rsid w:val="00B96326"/>
     <w:rsid w:val="00B977D5"/>
     <w:rsid w:val="00BA48C8"/>
     <w:rsid w:val="00BB57FE"/>
     <w:rsid w:val="00BB69F4"/>
     <w:rsid w:val="00BD6E26"/>
     <w:rsid w:val="00BE133B"/>
     <w:rsid w:val="00BE54EE"/>
     <w:rsid w:val="00BE6D94"/>
     <w:rsid w:val="00BF2EE7"/>
     <w:rsid w:val="00BF7BDF"/>
     <w:rsid w:val="00C04E0C"/>
+    <w:rsid w:val="00C1773A"/>
     <w:rsid w:val="00C230BC"/>
     <w:rsid w:val="00C30A1E"/>
+    <w:rsid w:val="00C432AA"/>
     <w:rsid w:val="00C50AA1"/>
     <w:rsid w:val="00C55508"/>
     <w:rsid w:val="00C66B71"/>
     <w:rsid w:val="00CD38C9"/>
     <w:rsid w:val="00CD4A1C"/>
     <w:rsid w:val="00CD5F0D"/>
     <w:rsid w:val="00CE2F46"/>
     <w:rsid w:val="00CF6EBF"/>
+    <w:rsid w:val="00D070F7"/>
     <w:rsid w:val="00D105E6"/>
     <w:rsid w:val="00D57D15"/>
+    <w:rsid w:val="00D70828"/>
+    <w:rsid w:val="00D76C04"/>
     <w:rsid w:val="00D84DC0"/>
     <w:rsid w:val="00D910F9"/>
     <w:rsid w:val="00D97626"/>
     <w:rsid w:val="00DA46BB"/>
     <w:rsid w:val="00DA79EF"/>
     <w:rsid w:val="00DC6CC2"/>
     <w:rsid w:val="00DD4EBE"/>
     <w:rsid w:val="00DE1663"/>
     <w:rsid w:val="00DF021E"/>
     <w:rsid w:val="00DF0B8A"/>
     <w:rsid w:val="00DF60E1"/>
     <w:rsid w:val="00E1674A"/>
     <w:rsid w:val="00E231F0"/>
     <w:rsid w:val="00E55470"/>
     <w:rsid w:val="00E7014D"/>
     <w:rsid w:val="00E814A0"/>
+    <w:rsid w:val="00E90EA9"/>
+    <w:rsid w:val="00EA5D76"/>
     <w:rsid w:val="00EC2C47"/>
     <w:rsid w:val="00EC4486"/>
     <w:rsid w:val="00EC63BF"/>
     <w:rsid w:val="00ED3F85"/>
     <w:rsid w:val="00EE511B"/>
     <w:rsid w:val="00EE59F7"/>
     <w:rsid w:val="00EE68B6"/>
     <w:rsid w:val="00EE7FDA"/>
     <w:rsid w:val="00EF27F0"/>
     <w:rsid w:val="00F121AC"/>
     <w:rsid w:val="00F142F1"/>
     <w:rsid w:val="00F153F6"/>
     <w:rsid w:val="00F23048"/>
     <w:rsid w:val="00F23C4B"/>
     <w:rsid w:val="00F25A17"/>
     <w:rsid w:val="00F269FF"/>
     <w:rsid w:val="00F36B35"/>
     <w:rsid w:val="00F54B75"/>
     <w:rsid w:val="00F55BB9"/>
     <w:rsid w:val="00F82299"/>
     <w:rsid w:val="00FA1112"/>
     <w:rsid w:val="00FD6726"/>
     <w:rsid w:val="00FE0BBC"/>
     <w:rsid w:val="00FF5068"/>
     <w:rsid w:val="00FF73BA"/>
@@ -2525,56 +2554,55 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3EE4060C"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{CA08B052-CDB5-4AE1-8E99-547062A92E01}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
@@ -4127,72 +4155,72 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00882AE1"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004C571E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1238707695">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.relayservice.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workforceaustralia.gov.au/businesses/help/hire/providers/search" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.volunteeringaustralia.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.relayservice.gov.au" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.workforceaustralia.gov.au/businesses/help/hire/providers/search" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.volunteeringaustralia.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -4424,370 +4452,115 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...204 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{827ABB99-4545-427A-BFDE-53845CFC2497}">
-[...34 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CF49D2B-8C93-4E2C-B22C-BF8476B74BA9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>432</Words>
-  <Characters>2466</Characters>
+  <Words>453</Words>
+  <Characters>2449</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2893</CharactersWithSpaces>
+  <CharactersWithSpaces>2875</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Voluntary Work – Information for Participants</dc:title>
   <dc:subject/>
-  <dc:creator>DOWNES,Meagan</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SetDate">
-    <vt:lpwstr>2024-05-20T02:20:43Z</vt:lpwstr>
+    <vt:lpwstr>2025-11-06T23:55:52Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Name">
     <vt:lpwstr>79d889eb-932f-4752-8739-64d25806ef64</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SiteId">
     <vt:lpwstr>dd0cfd15-4558-4b12-8bad-ea26984fc417</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ActionId">
-    <vt:lpwstr>fc13b0ae-e102-45fa-ae85-1dd596b1570c</vt:lpwstr>
+    <vt:lpwstr>0299f28a-3cf8-4f2d-a9d0-2e0efab71e84</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
-    <vt:lpwstr>0x0101007B53B5196E2F5640AA1500E82A7BF106</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>