--- v0 (2025-10-08)
+++ v1 (2025-12-14)
@@ -20,55 +20,55 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="82" documentId="8_{0209FB1B-5B9A-4E04-800E-998C577498FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{88198F18-862A-48D0-B9A8-EC269227E349}"/>
+  <xr:revisionPtr revIDLastSave="86" documentId="8_{0209FB1B-5B9A-4E04-800E-998C577498FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3A078CB2-ADBF-4692-91B9-FA5113D5AECD}"/>
   <bookViews>
-    <workbookView xWindow="3510" yWindow="645" windowWidth="22350" windowHeight="14745" tabRatio="789" xr2:uid="{95D0E74A-AB62-4264-B8F1-EEEECC8B6032}"/>
+    <workbookView xWindow="1335" yWindow="885" windowWidth="25290" windowHeight="14655" tabRatio="789" activeTab="4" xr2:uid="{95D0E74A-AB62-4264-B8F1-EEEECC8B6032}"/>
   </bookViews>
   <sheets>
     <sheet name="Contents" sheetId="22" r:id="rId1"/>
     <sheet name="Data descriptors" sheetId="34" r:id="rId2"/>
     <sheet name="Caveats" sheetId="35" r:id="rId3"/>
     <sheet name="Data glossary and metadata" sheetId="28" r:id="rId4"/>
     <sheet name="Self-Employment Assistance" sheetId="30" r:id="rId5"/>
     <sheet name="Engagement by Cohorts " sheetId="36" r:id="rId6"/>
     <sheet name="Program Exits" sheetId="32" r:id="rId7"/>
     <sheet name="SBC Industry" sheetId="33" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Contents!$A$1:$P$23</definedName>
     <definedName name="rngDate">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -1572,71 +1572,71 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="17" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="31" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="31" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="31" fillId="5" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
@@ -2890,51 +2890,51 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{007402D4-ED7C-4AD9-9CC1-CD955644A0CE}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M41"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="23.5703125" style="2" customWidth="1"/>
     <col min="4" max="5" width="8.5703125" style="2"/>
     <col min="6" max="6" width="8.5703125" style="2" customWidth="1"/>
     <col min="7" max="10" width="8.5703125" style="2"/>
     <col min="11" max="11" width="8.5703125" style="2" customWidth="1"/>
     <col min="12" max="14" width="8.5703125" style="2"/>
     <col min="15" max="15" width="8.5703125" style="2" customWidth="1"/>
     <col min="16" max="16384" width="8.5703125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
     </row>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -4667,51 +4667,51 @@
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="B20:C20"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B31" r:id="rId1" xr:uid="{EFC1663D-BBDC-42F4-ABD0-13259124875C}"/>
     <hyperlink ref="B36" r:id="rId2" xr:uid="{4ACF0E25-C82F-464B-83D6-130B772BE7E7}"/>
     <hyperlink ref="D34" r:id="rId3" display="For further information, please contact data@dss.gov.au" xr:uid="{11EE3D93-00E7-420A-97E9-9B05119CE8EB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" orientation="landscape" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38070CDD-6625-4188-9A69-7D9BFB42683E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AD82"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="25.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" style="2" customWidth="1"/>
     <col min="5" max="5" width="26.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="24" width="25.5703125" style="2" customWidth="1"/>
     <col min="25" max="25" width="27.28515625" style="2" customWidth="1"/>
     <col min="26" max="29" width="25.5703125" style="2" customWidth="1"/>
     <col min="30" max="16384" width="8.5703125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
     </row>
     <row r="2" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="J2" s="31"/>
     </row>
     <row r="3" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -5024,69 +5024,69 @@
       <c r="K16" s="82">
         <v>30</v>
       </c>
       <c r="L16" s="82">
         <v>45</v>
       </c>
       <c r="M16" s="82">
         <v>65</v>
       </c>
       <c r="N16" s="82">
         <v>10</v>
       </c>
       <c r="O16" s="82">
         <v>5</v>
       </c>
       <c r="P16" s="82">
         <v>10</v>
       </c>
       <c r="Q16" s="82">
         <v>30</v>
       </c>
       <c r="R16" s="82">
         <v>5</v>
       </c>
       <c r="S16" s="82">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="T16" s="82">
-        <v>95</v>
+        <v>30</v>
       </c>
       <c r="U16" s="82">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="V16" s="82">
         <v>10</v>
       </c>
       <c r="W16" s="82">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="X16" s="82">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="Y16" s="82">
-        <v>80</v>
+        <v>125</v>
       </c>
       <c r="Z16" s="82">
         <v>10</v>
       </c>
       <c r="AA16" s="34"/>
       <c r="AB16" s="34"/>
       <c r="AC16" s="34"/>
       <c r="AD16" s="34"/>
     </row>
     <row r="17" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="34"/>
       <c r="B17" s="81" t="s">
         <v>94</v>
       </c>
       <c r="C17" s="82">
         <v>2280</v>
       </c>
       <c r="D17" s="82">
         <v>2460</v>
       </c>
       <c r="E17" s="82">
         <v>2520</v>
       </c>
       <c r="F17" s="82">
         <v>190</v>
@@ -5106,72 +5106,72 @@
       <c r="K17" s="82">
         <v>630</v>
       </c>
       <c r="L17" s="82">
         <v>1025</v>
       </c>
       <c r="M17" s="82">
         <v>1155</v>
       </c>
       <c r="N17" s="82">
         <v>165</v>
       </c>
       <c r="O17" s="82">
         <v>70</v>
       </c>
       <c r="P17" s="82">
         <v>250</v>
       </c>
       <c r="Q17" s="82">
         <v>390</v>
       </c>
       <c r="R17" s="82">
         <v>30</v>
       </c>
       <c r="S17" s="82">
+        <v>650</v>
+      </c>
+      <c r="T17" s="82">
+        <v>735</v>
+      </c>
+      <c r="U17" s="82">
+        <v>805</v>
+      </c>
+      <c r="V17" s="82">
+        <v>115</v>
+      </c>
+      <c r="W17" s="82">
         <v>1440</v>
       </c>
-      <c r="T17" s="82">
+      <c r="X17" s="82">
         <v>2005</v>
       </c>
-      <c r="U17" s="82">
+      <c r="Y17" s="82">
         <v>2250</v>
       </c>
-      <c r="V17" s="82">
+      <c r="Z17" s="82">
         <v>340</v>
-      </c>
-[...10 lines deleted...]
-        <v>115</v>
       </c>
       <c r="AA17" s="34"/>
       <c r="AB17" s="34"/>
       <c r="AC17" s="34"/>
       <c r="AD17" s="34"/>
     </row>
     <row r="18" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="34"/>
       <c r="B18" s="81" t="s">
         <v>95</v>
       </c>
       <c r="C18" s="82">
         <v>40</v>
       </c>
       <c r="D18" s="82">
         <v>15</v>
       </c>
       <c r="E18" s="82">
         <v>20</v>
       </c>
       <c r="F18" s="82">
         <v>5</v>
       </c>
       <c r="G18" s="82">
         <v>60</v>
@@ -5188,69 +5188,69 @@
       <c r="K18" s="82">
         <v>35</v>
       </c>
       <c r="L18" s="82">
         <v>30</v>
       </c>
       <c r="M18" s="82">
         <v>10</v>
       </c>
       <c r="N18" s="82">
         <v>5</v>
       </c>
       <c r="O18" s="82">
         <v>10</v>
       </c>
       <c r="P18" s="82">
         <v>10</v>
       </c>
       <c r="Q18" s="82">
         <v>5</v>
       </c>
       <c r="R18" s="82">
         <v>0</v>
       </c>
       <c r="S18" s="82">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="T18" s="82">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="U18" s="82">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="V18" s="82">
         <v>5</v>
       </c>
       <c r="W18" s="82">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="X18" s="82">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="Y18" s="82">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="Z18" s="82">
         <v>5</v>
       </c>
       <c r="AA18" s="34"/>
       <c r="AB18" s="34"/>
       <c r="AC18" s="34"/>
       <c r="AD18" s="34"/>
     </row>
     <row r="19" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="34"/>
       <c r="B19" s="81" t="s">
         <v>96</v>
       </c>
       <c r="C19" s="82">
         <v>1730</v>
       </c>
       <c r="D19" s="82">
         <v>1710</v>
       </c>
       <c r="E19" s="82">
         <v>1925</v>
       </c>
       <c r="F19" s="82">
         <v>135</v>
@@ -5270,72 +5270,72 @@
       <c r="K19" s="82">
         <v>725</v>
       </c>
       <c r="L19" s="82">
         <v>930</v>
       </c>
       <c r="M19" s="82">
         <v>865</v>
       </c>
       <c r="N19" s="82">
         <v>100</v>
       </c>
       <c r="O19" s="82">
         <v>95</v>
       </c>
       <c r="P19" s="82">
         <v>200</v>
       </c>
       <c r="Q19" s="82">
         <v>285</v>
       </c>
       <c r="R19" s="82">
         <v>25</v>
       </c>
       <c r="S19" s="82">
+        <v>530</v>
+      </c>
+      <c r="T19" s="82">
+        <v>645</v>
+      </c>
+      <c r="U19" s="82">
+        <v>595</v>
+      </c>
+      <c r="V19" s="82">
+        <v>80</v>
+      </c>
+      <c r="W19" s="82">
         <v>1700</v>
       </c>
-      <c r="T19" s="82">
+      <c r="X19" s="82">
         <v>2270</v>
       </c>
-      <c r="U19" s="82">
+      <c r="Y19" s="82">
         <v>2225</v>
       </c>
-      <c r="V19" s="82">
+      <c r="Z19" s="82">
         <v>295</v>
-      </c>
-[...10 lines deleted...]
-        <v>80</v>
       </c>
       <c r="AA19" s="34"/>
       <c r="AB19" s="34"/>
       <c r="AC19" s="34"/>
       <c r="AD19" s="34"/>
     </row>
     <row r="20" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="34"/>
       <c r="B20" s="81" t="s">
         <v>97</v>
       </c>
       <c r="C20" s="82">
         <v>860</v>
       </c>
       <c r="D20" s="82">
         <v>1060</v>
       </c>
       <c r="E20" s="82">
         <v>985</v>
       </c>
       <c r="F20" s="82">
         <v>70</v>
       </c>
       <c r="G20" s="82">
         <v>880</v>
@@ -5352,72 +5352,72 @@
       <c r="K20" s="82">
         <v>250</v>
       </c>
       <c r="L20" s="82">
         <v>375</v>
       </c>
       <c r="M20" s="82">
         <v>285</v>
       </c>
       <c r="N20" s="82">
         <v>35</v>
       </c>
       <c r="O20" s="82">
         <v>60</v>
       </c>
       <c r="P20" s="82">
         <v>125</v>
       </c>
       <c r="Q20" s="82">
         <v>120</v>
       </c>
       <c r="R20" s="82">
         <v>15</v>
       </c>
       <c r="S20" s="82">
+        <v>170</v>
+      </c>
+      <c r="T20" s="82">
+        <v>250</v>
+      </c>
+      <c r="U20" s="82">
+        <v>210</v>
+      </c>
+      <c r="V20" s="82">
+        <v>25</v>
+      </c>
+      <c r="W20" s="82">
         <v>455</v>
       </c>
-      <c r="T20" s="82">
+      <c r="X20" s="82">
         <v>840</v>
       </c>
-      <c r="U20" s="82">
+      <c r="Y20" s="82">
         <v>765</v>
       </c>
-      <c r="V20" s="82">
+      <c r="Z20" s="82">
         <v>110</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
       <c r="AA20" s="34"/>
       <c r="AB20" s="34"/>
       <c r="AC20" s="34"/>
       <c r="AD20" s="34"/>
     </row>
     <row r="21" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="34"/>
       <c r="B21" s="81" t="s">
         <v>98</v>
       </c>
       <c r="C21" s="82">
         <v>310</v>
       </c>
       <c r="D21" s="82">
         <v>225</v>
       </c>
       <c r="E21" s="82">
         <v>285</v>
       </c>
       <c r="F21" s="82">
         <v>15</v>
       </c>
       <c r="G21" s="82">
         <v>410</v>
@@ -5434,72 +5434,72 @@
       <c r="K21" s="82">
         <v>50</v>
       </c>
       <c r="L21" s="82">
         <v>115</v>
       </c>
       <c r="M21" s="82">
         <v>95</v>
       </c>
       <c r="N21" s="82">
         <v>10</v>
       </c>
       <c r="O21" s="82">
         <v>15</v>
       </c>
       <c r="P21" s="82">
         <v>35</v>
       </c>
       <c r="Q21" s="82">
         <v>20</v>
       </c>
       <c r="R21" s="82">
         <v>5</v>
       </c>
       <c r="S21" s="82">
+        <v>25</v>
+      </c>
+      <c r="T21" s="82">
+        <v>35</v>
+      </c>
+      <c r="U21" s="82">
+        <v>45</v>
+      </c>
+      <c r="V21" s="82">
+        <v>5</v>
+      </c>
+      <c r="W21" s="82">
         <v>210</v>
       </c>
-      <c r="T21" s="82">
+      <c r="X21" s="82">
         <v>195</v>
       </c>
-      <c r="U21" s="82">
+      <c r="Y21" s="82">
         <v>235</v>
       </c>
-      <c r="V21" s="82">
+      <c r="Z21" s="82">
         <v>10</v>
-      </c>
-[...10 lines deleted...]
-        <v>5</v>
       </c>
       <c r="AA21" s="34"/>
       <c r="AB21" s="34"/>
       <c r="AC21" s="34"/>
       <c r="AD21" s="34"/>
     </row>
     <row r="22" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="34"/>
       <c r="B22" s="81" t="s">
         <v>99</v>
       </c>
       <c r="C22" s="82">
         <v>2000</v>
       </c>
       <c r="D22" s="82">
         <v>2165</v>
       </c>
       <c r="E22" s="82">
         <v>2535</v>
       </c>
       <c r="F22" s="82">
         <v>125</v>
       </c>
       <c r="G22" s="82">
         <v>2465</v>
@@ -5516,72 +5516,72 @@
       <c r="K22" s="82">
         <v>500</v>
       </c>
       <c r="L22" s="82">
         <v>860</v>
       </c>
       <c r="M22" s="82">
         <v>880</v>
       </c>
       <c r="N22" s="82">
         <v>105</v>
       </c>
       <c r="O22" s="82">
         <v>35</v>
       </c>
       <c r="P22" s="82">
         <v>140</v>
       </c>
       <c r="Q22" s="82">
         <v>255</v>
       </c>
       <c r="R22" s="82">
         <v>20</v>
       </c>
       <c r="S22" s="82">
+        <v>440</v>
+      </c>
+      <c r="T22" s="82">
+        <v>550</v>
+      </c>
+      <c r="U22" s="82">
+        <v>625</v>
+      </c>
+      <c r="V22" s="82">
+        <v>85</v>
+      </c>
+      <c r="W22" s="82">
         <v>1170</v>
       </c>
-      <c r="T22" s="82">
+      <c r="X22" s="82">
         <v>1740</v>
       </c>
-      <c r="U22" s="82">
+      <c r="Y22" s="82">
         <v>1915</v>
       </c>
-      <c r="V22" s="82">
+      <c r="Z22" s="82">
         <v>235</v>
-      </c>
-[...10 lines deleted...]
-        <v>85</v>
       </c>
       <c r="AA22" s="34"/>
       <c r="AB22" s="34"/>
       <c r="AC22" s="34"/>
       <c r="AD22" s="34"/>
     </row>
     <row r="23" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="34"/>
       <c r="B23" s="81" t="s">
         <v>100</v>
       </c>
       <c r="C23" s="82">
         <v>985</v>
       </c>
       <c r="D23" s="82">
         <v>1350</v>
       </c>
       <c r="E23" s="82">
         <v>1475</v>
       </c>
       <c r="F23" s="82">
         <v>130</v>
       </c>
       <c r="G23" s="82">
         <v>1250</v>
@@ -5598,154 +5598,154 @@
       <c r="K23" s="82">
         <v>80</v>
       </c>
       <c r="L23" s="82">
         <v>270</v>
       </c>
       <c r="M23" s="82">
         <v>330</v>
       </c>
       <c r="N23" s="82">
         <v>30</v>
       </c>
       <c r="O23" s="82">
         <v>30</v>
       </c>
       <c r="P23" s="82">
         <v>80</v>
       </c>
       <c r="Q23" s="82">
         <v>115</v>
       </c>
       <c r="R23" s="82">
         <v>10</v>
       </c>
       <c r="S23" s="82">
+        <v>175</v>
+      </c>
+      <c r="T23" s="82">
+        <v>240</v>
+      </c>
+      <c r="U23" s="82">
+        <v>265</v>
+      </c>
+      <c r="V23" s="82">
+        <v>15</v>
+      </c>
+      <c r="W23" s="82">
         <v>695</v>
       </c>
-      <c r="T23" s="82">
+      <c r="X23" s="82">
         <v>865</v>
       </c>
-      <c r="U23" s="82">
+      <c r="Y23" s="82">
         <v>890</v>
       </c>
-      <c r="V23" s="82">
+      <c r="Z23" s="82">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>15</v>
       </c>
       <c r="AA23" s="34"/>
       <c r="AB23" s="34"/>
       <c r="AC23" s="34"/>
       <c r="AD23" s="34"/>
     </row>
     <row r="24" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="34"/>
-      <c r="B24" s="88" t="s">
+      <c r="B24" s="98" t="s">
         <v>101</v>
       </c>
-      <c r="C24" s="89">
+      <c r="C24" s="88">
         <v>8350</v>
       </c>
-      <c r="D24" s="89">
+      <c r="D24" s="88">
         <v>9090</v>
       </c>
-      <c r="E24" s="89">
+      <c r="E24" s="88">
         <v>9875</v>
       </c>
-      <c r="F24" s="89">
+      <c r="F24" s="88">
         <v>675</v>
       </c>
-      <c r="G24" s="89">
+      <c r="G24" s="88">
         <v>11245</v>
       </c>
-      <c r="H24" s="89">
+      <c r="H24" s="88">
         <v>8410</v>
       </c>
-      <c r="I24" s="89">
+      <c r="I24" s="88">
         <v>8740</v>
       </c>
-      <c r="J24" s="89">
+      <c r="J24" s="88">
         <v>950</v>
       </c>
-      <c r="K24" s="89">
+      <c r="K24" s="88">
         <v>2295</v>
       </c>
-      <c r="L24" s="89">
+      <c r="L24" s="88">
         <v>3650</v>
       </c>
-      <c r="M24" s="89">
+      <c r="M24" s="88">
         <v>3685</v>
       </c>
-      <c r="N24" s="89">
+      <c r="N24" s="88">
         <v>450</v>
       </c>
-      <c r="O24" s="89">
+      <c r="O24" s="88">
         <v>315</v>
       </c>
-      <c r="P24" s="89">
+      <c r="P24" s="88">
         <v>845</v>
       </c>
-      <c r="Q24" s="89">
+      <c r="Q24" s="88">
         <v>1215</v>
       </c>
-      <c r="R24" s="89">
+      <c r="R24" s="88">
         <v>100</v>
       </c>
-      <c r="S24" s="89">
+      <c r="S24" s="88">
+        <v>2025</v>
+      </c>
+      <c r="T24" s="88">
+        <v>2505</v>
+      </c>
+      <c r="U24" s="88">
+        <v>2640</v>
+      </c>
+      <c r="V24" s="88">
+        <v>335</v>
+      </c>
+      <c r="W24" s="88">
         <v>5775</v>
       </c>
-      <c r="T24" s="89">
+      <c r="X24" s="88">
         <v>8035</v>
       </c>
-      <c r="U24" s="89">
+      <c r="Y24" s="88">
         <v>8425</v>
       </c>
-      <c r="V24" s="89">
+      <c r="Z24" s="88">
         <v>1120</v>
-      </c>
-[...10 lines deleted...]
-        <v>335</v>
       </c>
       <c r="AA24" s="34"/>
       <c r="AB24" s="34"/>
       <c r="AC24" s="34"/>
       <c r="AD24" s="34"/>
     </row>
     <row r="25" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="34"/>
       <c r="B25" s="34" t="s">
         <v>102</v>
       </c>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
       <c r="E25" s="37"/>
       <c r="F25" s="37"/>
       <c r="G25" s="37"/>
       <c r="H25" s="37"/>
       <c r="I25" s="37"/>
       <c r="J25" s="37"/>
       <c r="K25" s="37"/>
       <c r="L25" s="37"/>
       <c r="M25" s="37"/>
       <c r="N25" s="37"/>
       <c r="O25" s="34"/>
       <c r="P25" s="34"/>
@@ -5810,129 +5810,129 @@
       <c r="I27" s="34"/>
       <c r="J27" s="34"/>
       <c r="K27" s="34"/>
       <c r="L27" s="34"/>
       <c r="M27" s="34"/>
       <c r="N27" s="34"/>
       <c r="O27" s="34"/>
       <c r="P27" s="34"/>
       <c r="Q27" s="34"/>
       <c r="R27" s="34"/>
       <c r="S27" s="34"/>
       <c r="T27" s="34"/>
       <c r="U27" s="34"/>
       <c r="V27" s="34"/>
       <c r="W27" s="34"/>
       <c r="X27" s="34"/>
       <c r="Y27" s="34"/>
       <c r="Z27" s="34"/>
       <c r="AA27" s="34"/>
       <c r="AB27" s="34"/>
       <c r="AC27" s="34"/>
       <c r="AD27" s="34"/>
     </row>
     <row r="28" spans="1:30" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="34"/>
-      <c r="B28" s="90" t="s">
+      <c r="B28" s="89" t="s">
         <v>43</v>
       </c>
-      <c r="C28" s="90" t="s">
+      <c r="C28" s="89" t="s">
         <v>39</v>
       </c>
-      <c r="D28" s="90" t="s">
+      <c r="D28" s="89" t="s">
         <v>51</v>
       </c>
-      <c r="E28" s="90" t="s">
+      <c r="E28" s="89" t="s">
         <v>103</v>
       </c>
-      <c r="F28" s="90" t="s">
+      <c r="F28" s="89" t="s">
         <v>104</v>
       </c>
-      <c r="G28" s="90" t="s">
+      <c r="G28" s="89" t="s">
         <v>105</v>
       </c>
-      <c r="H28" s="90" t="s">
+      <c r="H28" s="89" t="s">
         <v>106</v>
       </c>
-      <c r="I28" s="90" t="s">
+      <c r="I28" s="89" t="s">
         <v>107</v>
       </c>
-      <c r="J28" s="90" t="s">
+      <c r="J28" s="89" t="s">
         <v>54</v>
       </c>
-      <c r="K28" s="90" t="s">
+      <c r="K28" s="89" t="s">
         <v>108</v>
       </c>
-      <c r="L28" s="90" t="s">
+      <c r="L28" s="89" t="s">
         <v>109</v>
       </c>
-      <c r="M28" s="90" t="s">
+      <c r="M28" s="89" t="s">
         <v>110</v>
       </c>
-      <c r="N28" s="90" t="s">
+      <c r="N28" s="89" t="s">
         <v>111</v>
       </c>
-      <c r="O28" s="90" t="s">
+      <c r="O28" s="89" t="s">
         <v>112</v>
       </c>
-      <c r="P28" s="90" t="s">
+      <c r="P28" s="89" t="s">
         <v>59</v>
       </c>
-      <c r="Q28" s="90" t="s">
+      <c r="Q28" s="89" t="s">
         <v>113</v>
       </c>
-      <c r="R28" s="90" t="s">
+      <c r="R28" s="89" t="s">
         <v>114</v>
       </c>
-      <c r="S28" s="90" t="s">
+      <c r="S28" s="89" t="s">
         <v>77</v>
       </c>
-      <c r="T28" s="90" t="s">
+      <c r="T28" s="89" t="s">
         <v>115</v>
       </c>
-      <c r="U28" s="90" t="s">
+      <c r="U28" s="89" t="s">
         <v>116</v>
       </c>
-      <c r="V28" s="90" t="s">
+      <c r="V28" s="89" t="s">
         <v>117</v>
       </c>
-      <c r="W28" s="90" t="s">
+      <c r="W28" s="89" t="s">
         <v>65</v>
       </c>
-      <c r="X28" s="90" t="s">
+      <c r="X28" s="89" t="s">
         <v>118</v>
       </c>
-      <c r="Y28" s="90" t="s">
+      <c r="Y28" s="89" t="s">
         <v>119</v>
       </c>
-      <c r="Z28" s="90" t="s">
+      <c r="Z28" s="89" t="s">
         <v>120</v>
       </c>
-      <c r="AA28" s="90" t="s">
+      <c r="AA28" s="89" t="s">
         <v>121</v>
       </c>
-      <c r="AB28" s="90" t="s">
+      <c r="AB28" s="89" t="s">
         <v>122</v>
       </c>
       <c r="AC28" s="34"/>
     </row>
     <row r="29" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="34"/>
       <c r="B29" s="38" t="s">
         <v>93</v>
       </c>
       <c r="C29" s="36">
         <v>180</v>
       </c>
       <c r="D29" s="36">
         <v>95</v>
       </c>
       <c r="E29" s="36">
         <v>5</v>
       </c>
       <c r="F29" s="36">
         <v>25</v>
       </c>
       <c r="G29" s="36">
         <v>25</v>
       </c>
       <c r="H29" s="36">
@@ -6567,129 +6567,129 @@
       </c>
       <c r="V36" s="36">
         <v>690</v>
       </c>
       <c r="W36" s="36">
         <v>225</v>
       </c>
       <c r="X36" s="36">
         <v>170</v>
       </c>
       <c r="Y36" s="36">
         <v>135</v>
       </c>
       <c r="Z36" s="36">
         <v>1085</v>
       </c>
       <c r="AA36" s="36">
         <v>675</v>
       </c>
       <c r="AB36" s="36">
         <v>990</v>
       </c>
     </row>
     <row r="37" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="34"/>
-      <c r="B37" s="91" t="s">
+      <c r="B37" s="90" t="s">
         <v>101</v>
       </c>
-      <c r="C37" s="92">
+      <c r="C37" s="91">
         <v>18775</v>
       </c>
-      <c r="D37" s="92">
+      <c r="D37" s="91">
         <v>10125</v>
       </c>
-      <c r="E37" s="92">
+      <c r="E37" s="91">
         <v>540</v>
       </c>
-      <c r="F37" s="92">
+      <c r="F37" s="91">
         <v>2375</v>
       </c>
-      <c r="G37" s="92">
+      <c r="G37" s="91">
         <v>2845</v>
       </c>
-      <c r="H37" s="92">
+      <c r="H37" s="91">
         <v>2655</v>
       </c>
-      <c r="I37" s="92">
+      <c r="I37" s="91">
         <v>1710</v>
       </c>
-      <c r="J37" s="92">
+      <c r="J37" s="91">
         <v>8515</v>
       </c>
-      <c r="K37" s="92">
+      <c r="K37" s="91">
         <v>525</v>
       </c>
-      <c r="L37" s="92">
+      <c r="L37" s="91">
         <v>2310</v>
       </c>
-      <c r="M37" s="92">
+      <c r="M37" s="91">
         <v>2350</v>
       </c>
-      <c r="N37" s="92">
+      <c r="N37" s="91">
         <v>1930</v>
       </c>
-      <c r="O37" s="92">
+      <c r="O37" s="91">
         <v>1395</v>
       </c>
-      <c r="P37" s="92">
+      <c r="P37" s="91">
         <v>880</v>
       </c>
-      <c r="Q37" s="92">
+      <c r="Q37" s="91">
         <v>4550</v>
       </c>
-      <c r="R37" s="92">
+      <c r="R37" s="91">
         <v>4120</v>
       </c>
-      <c r="S37" s="92">
+      <c r="S37" s="91">
         <v>530</v>
       </c>
-      <c r="T37" s="92">
+      <c r="T37" s="91">
         <v>9785</v>
       </c>
-      <c r="U37" s="92">
+      <c r="U37" s="91">
         <v>155</v>
       </c>
-      <c r="V37" s="92">
+      <c r="V37" s="91">
         <v>8835</v>
       </c>
-      <c r="W37" s="92">
+      <c r="W37" s="91">
         <v>2565</v>
       </c>
-      <c r="X37" s="92">
+      <c r="X37" s="91">
         <v>2215</v>
       </c>
-      <c r="Y37" s="92">
+      <c r="Y37" s="91">
         <v>2210</v>
       </c>
-      <c r="Z37" s="92">
+      <c r="Z37" s="91">
         <v>12985</v>
       </c>
-      <c r="AA37" s="92">
+      <c r="AA37" s="91">
         <v>6310</v>
       </c>
-      <c r="AB37" s="92">
+      <c r="AB37" s="91">
         <v>12545</v>
       </c>
     </row>
     <row r="38" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="34"/>
       <c r="B38" s="41"/>
       <c r="C38" s="37"/>
       <c r="D38" s="37"/>
       <c r="E38" s="37"/>
       <c r="F38" s="37"/>
       <c r="G38" s="37"/>
       <c r="H38" s="37"/>
       <c r="I38" s="37"/>
       <c r="J38" s="37"/>
       <c r="K38" s="37"/>
       <c r="L38" s="37"/>
       <c r="M38" s="37"/>
       <c r="N38" s="37"/>
       <c r="O38" s="37"/>
       <c r="P38" s="37"/>
       <c r="Q38" s="37"/>
       <c r="R38" s="37"/>
       <c r="S38" s="37"/>
       <c r="T38" s="37"/>
       <c r="U38" s="37"/>
@@ -7408,146 +7408,146 @@
       <c r="Z13" s="124"/>
       <c r="AA13" s="125" t="s">
         <v>134</v>
       </c>
       <c r="AB13" s="122" t="s">
         <v>85</v>
       </c>
       <c r="AC13" s="123"/>
       <c r="AD13" s="123"/>
       <c r="AE13" s="124"/>
       <c r="AF13" s="125" t="s">
         <v>134</v>
       </c>
       <c r="AG13" s="122" t="s">
         <v>86</v>
       </c>
       <c r="AH13" s="123"/>
       <c r="AI13" s="123"/>
       <c r="AJ13" s="124"/>
       <c r="AK13" s="125" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="14" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B14" s="131"/>
-      <c r="C14" s="95" t="s">
+      <c r="C14" s="94" t="s">
         <v>87</v>
       </c>
-      <c r="D14" s="95" t="s">
+      <c r="D14" s="94" t="s">
         <v>88</v>
       </c>
-      <c r="E14" s="95" t="s">
+      <c r="E14" s="94" t="s">
         <v>89</v>
       </c>
-      <c r="F14" s="95" t="s">
+      <c r="F14" s="94" t="s">
         <v>90</v>
       </c>
-      <c r="G14" s="95" t="s">
+      <c r="G14" s="94" t="s">
         <v>87</v>
       </c>
-      <c r="H14" s="95" t="s">
+      <c r="H14" s="94" t="s">
         <v>88</v>
       </c>
-      <c r="I14" s="95" t="s">
+      <c r="I14" s="94" t="s">
         <v>89</v>
       </c>
-      <c r="J14" s="95" t="s">
+      <c r="J14" s="94" t="s">
         <v>90</v>
       </c>
-      <c r="K14" s="95" t="s">
+      <c r="K14" s="94" t="s">
         <v>136</v>
       </c>
-      <c r="L14" s="95" t="s">
+      <c r="L14" s="94" t="s">
         <v>88</v>
       </c>
-      <c r="M14" s="95" t="s">
+      <c r="M14" s="94" t="s">
         <v>89</v>
       </c>
-      <c r="N14" s="95" t="s">
+      <c r="N14" s="94" t="s">
         <v>90</v>
       </c>
-      <c r="O14" s="95" t="s">
+      <c r="O14" s="94" t="s">
         <v>87</v>
       </c>
-      <c r="P14" s="95" t="s">
+      <c r="P14" s="94" t="s">
         <v>88</v>
       </c>
-      <c r="Q14" s="95" t="s">
+      <c r="Q14" s="94" t="s">
         <v>89</v>
       </c>
-      <c r="R14" s="95" t="s">
+      <c r="R14" s="94" t="s">
         <v>90</v>
       </c>
-      <c r="S14" s="95" t="s">
+      <c r="S14" s="94" t="s">
         <v>87</v>
       </c>
-      <c r="T14" s="95" t="s">
+      <c r="T14" s="94" t="s">
         <v>88</v>
       </c>
-      <c r="U14" s="95" t="s">
+      <c r="U14" s="94" t="s">
         <v>89</v>
       </c>
-      <c r="V14" s="95" t="s">
+      <c r="V14" s="94" t="s">
         <v>90</v>
       </c>
-      <c r="W14" s="95" t="s">
+      <c r="W14" s="94" t="s">
         <v>87</v>
       </c>
-      <c r="X14" s="95" t="s">
+      <c r="X14" s="94" t="s">
         <v>88</v>
       </c>
-      <c r="Y14" s="95" t="s">
+      <c r="Y14" s="94" t="s">
         <v>89</v>
       </c>
-      <c r="Z14" s="95" t="s">
+      <c r="Z14" s="94" t="s">
         <v>90</v>
       </c>
       <c r="AA14" s="126"/>
-      <c r="AB14" s="95" t="s">
+      <c r="AB14" s="94" t="s">
         <v>87</v>
       </c>
-      <c r="AC14" s="95" t="s">
+      <c r="AC14" s="94" t="s">
         <v>88</v>
       </c>
-      <c r="AD14" s="95" t="s">
+      <c r="AD14" s="94" t="s">
         <v>89</v>
       </c>
-      <c r="AE14" s="95" t="s">
+      <c r="AE14" s="94" t="s">
         <v>90</v>
       </c>
       <c r="AF14" s="126"/>
-      <c r="AG14" s="95" t="s">
+      <c r="AG14" s="94" t="s">
         <v>87</v>
       </c>
-      <c r="AH14" s="95" t="s">
+      <c r="AH14" s="94" t="s">
         <v>88</v>
       </c>
-      <c r="AI14" s="95" t="s">
+      <c r="AI14" s="94" t="s">
         <v>89</v>
       </c>
-      <c r="AJ14" s="95" t="s">
+      <c r="AJ14" s="94" t="s">
         <v>90</v>
       </c>
       <c r="AK14" s="126"/>
     </row>
     <row r="15" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B15" s="83" t="s">
         <v>51</v>
       </c>
       <c r="C15" s="82">
         <v>14660</v>
       </c>
       <c r="D15" s="82">
         <v>11720</v>
       </c>
       <c r="E15" s="82">
         <v>12495</v>
       </c>
       <c r="F15" s="82">
         <v>1300</v>
       </c>
       <c r="G15" s="82">
         <v>100</v>
       </c>
       <c r="H15" s="82">
         <v>1300</v>
@@ -8939,156 +8939,156 @@
         <v>2185</v>
       </c>
       <c r="AE27" s="82">
         <v>270</v>
       </c>
       <c r="AF27" s="84">
         <v>0.84510638297872342</v>
       </c>
       <c r="AG27" s="82">
         <v>2720</v>
       </c>
       <c r="AH27" s="82">
         <v>3915</v>
       </c>
       <c r="AI27" s="82">
         <v>4255</v>
       </c>
       <c r="AJ27" s="82">
         <v>830</v>
       </c>
       <c r="AK27" s="84">
         <v>0.63301587301587303</v>
       </c>
     </row>
     <row r="28" spans="2:37" x14ac:dyDescent="0.25">
-      <c r="B28" s="93" t="s">
+      <c r="B28" s="92" t="s">
         <v>142</v>
       </c>
-      <c r="C28" s="89">
+      <c r="C28" s="88">
         <v>26005</v>
       </c>
-      <c r="D28" s="89">
+      <c r="D28" s="88">
         <v>21720</v>
       </c>
-      <c r="E28" s="89">
+      <c r="E28" s="88">
         <v>23390</v>
       </c>
-      <c r="F28" s="89">
+      <c r="F28" s="88">
         <v>2460</v>
       </c>
-      <c r="G28" s="89">
+      <c r="G28" s="88">
         <v>200</v>
       </c>
-      <c r="H28" s="89">
+      <c r="H28" s="88">
         <v>2345</v>
       </c>
-      <c r="I28" s="89">
+      <c r="I28" s="88">
         <v>13980</v>
       </c>
-      <c r="J28" s="89">
+      <c r="J28" s="88">
         <v>2250</v>
       </c>
-      <c r="K28" s="89">
+      <c r="K28" s="88">
         <v>11245</v>
       </c>
-      <c r="L28" s="89">
+      <c r="L28" s="88">
         <v>8410</v>
       </c>
-      <c r="M28" s="89">
+      <c r="M28" s="88">
         <v>8740</v>
       </c>
-      <c r="N28" s="89">
+      <c r="N28" s="88">
         <v>950</v>
       </c>
-      <c r="O28" s="89">
+      <c r="O28" s="88">
         <v>2295</v>
       </c>
-      <c r="P28" s="89">
+      <c r="P28" s="88">
         <v>3650</v>
       </c>
-      <c r="Q28" s="89">
+      <c r="Q28" s="88">
         <v>3685</v>
       </c>
-      <c r="R28" s="89">
+      <c r="R28" s="88">
         <v>450</v>
       </c>
-      <c r="S28" s="89">
+      <c r="S28" s="88">
         <v>315</v>
       </c>
-      <c r="T28" s="89">
+      <c r="T28" s="88">
         <v>845</v>
       </c>
-      <c r="U28" s="89">
+      <c r="U28" s="88">
         <v>1215</v>
       </c>
-      <c r="V28" s="89">
+      <c r="V28" s="88">
         <v>100</v>
       </c>
-      <c r="W28" s="89">
+      <c r="W28" s="88">
         <v>8350</v>
       </c>
-      <c r="X28" s="89">
+      <c r="X28" s="88">
         <v>9090</v>
       </c>
-      <c r="Y28" s="89">
+      <c r="Y28" s="88">
         <v>9875</v>
       </c>
-      <c r="Z28" s="89">
+      <c r="Z28" s="88">
         <v>675</v>
       </c>
-      <c r="AA28" s="94">
+      <c r="AA28" s="93">
         <v>0.43556771545827633</v>
       </c>
-      <c r="AB28" s="89">
+      <c r="AB28" s="88">
         <v>2025</v>
       </c>
-      <c r="AC28" s="89">
+      <c r="AC28" s="88">
         <v>2505</v>
       </c>
-      <c r="AD28" s="89">
+      <c r="AD28" s="88">
         <v>2640</v>
       </c>
-      <c r="AE28" s="89">
+      <c r="AE28" s="88">
         <v>335</v>
       </c>
-      <c r="AF28" s="94">
+      <c r="AF28" s="93">
         <v>0.84250871080139378</v>
       </c>
-      <c r="AG28" s="89">
+      <c r="AG28" s="88">
         <v>5775</v>
       </c>
-      <c r="AH28" s="89">
+      <c r="AH28" s="88">
         <v>8030</v>
       </c>
-      <c r="AI28" s="89">
+      <c r="AI28" s="88">
         <v>8390</v>
       </c>
-      <c r="AJ28" s="89">
+      <c r="AJ28" s="88">
         <v>1120</v>
       </c>
-      <c r="AK28" s="94">
+      <c r="AK28" s="93">
         <v>0.57418856259659967</v>
       </c>
     </row>
     <row r="29" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B29" s="34" t="s">
         <v>102</v>
       </c>
       <c r="C29" s="79"/>
       <c r="D29" s="79"/>
       <c r="E29" s="79"/>
       <c r="F29" s="79"/>
       <c r="G29" s="79"/>
       <c r="H29" s="79"/>
       <c r="I29" s="79"/>
       <c r="J29" s="79"/>
       <c r="K29" s="79"/>
       <c r="L29" s="79"/>
       <c r="M29" s="79"/>
       <c r="N29" s="79"/>
       <c r="O29" s="80"/>
       <c r="P29" s="79"/>
       <c r="Q29" s="79"/>
       <c r="R29" s="80"/>
       <c r="S29" s="79"/>
       <c r="T29" s="79"/>
@@ -9273,75 +9273,75 @@
       <c r="B9" s="4" t="str">
         <f>+Contents!B9</f>
         <v>Data as at 31 July 2025</v>
       </c>
       <c r="D9" s="11"/>
     </row>
     <row r="10" spans="2:6" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="127"/>
       <c r="C10" s="128"/>
       <c r="D10" s="128"/>
     </row>
     <row r="11" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B12" s="35" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="13" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B13" s="130" t="s">
         <v>146</v>
       </c>
-      <c r="C13" s="96" t="s">
+      <c r="C13" s="95" t="s">
         <v>87</v>
       </c>
-      <c r="D13" s="96" t="s">
+      <c r="D13" s="95" t="s">
         <v>88</v>
       </c>
-      <c r="E13" s="96" t="s">
+      <c r="E13" s="95" t="s">
         <v>89</v>
       </c>
-      <c r="F13" s="96" t="s">
+      <c r="F13" s="95" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="14" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B14" s="131"/>
-      <c r="C14" s="96" t="s">
+      <c r="C14" s="95" t="s">
         <v>86</v>
       </c>
-      <c r="D14" s="96" t="s">
+      <c r="D14" s="95" t="s">
         <v>86</v>
       </c>
-      <c r="E14" s="96" t="s">
+      <c r="E14" s="95" t="s">
         <v>86</v>
       </c>
-      <c r="F14" s="96" t="s">
+      <c r="F14" s="95" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="15" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B15" s="38" t="s">
         <v>147</v>
       </c>
       <c r="C15" s="36">
         <v>45</v>
       </c>
       <c r="D15" s="36">
         <v>45</v>
       </c>
       <c r="E15" s="36">
         <v>105</v>
       </c>
       <c r="F15" s="36">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B16" s="38" t="s">
         <v>148</v>
       </c>
       <c r="C16" s="36">
@@ -9661,100 +9661,100 @@
       <c r="E34" s="36">
         <v>160</v>
       </c>
       <c r="F34" s="36">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B35" s="38" t="s">
         <v>167</v>
       </c>
       <c r="C35" s="36">
         <v>850</v>
       </c>
       <c r="D35" s="36">
         <v>625</v>
       </c>
       <c r="E35" s="36">
         <v>795</v>
       </c>
       <c r="F35" s="36">
         <v>80</v>
       </c>
     </row>
     <row r="36" spans="2:6" x14ac:dyDescent="0.25">
-      <c r="B36" s="97" t="s">
+      <c r="B36" s="96" t="s">
         <v>101</v>
       </c>
-      <c r="C36" s="92">
+      <c r="C36" s="91">
         <v>5380</v>
       </c>
-      <c r="D36" s="92">
+      <c r="D36" s="91">
         <v>7640</v>
       </c>
-      <c r="E36" s="92">
+      <c r="E36" s="91">
         <v>7320</v>
       </c>
-      <c r="F36" s="92">
+      <c r="F36" s="91">
         <v>275</v>
       </c>
     </row>
     <row r="38" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B38" s="44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B39" s="132" t="s">
         <v>146</v>
       </c>
-      <c r="C39" s="96" t="s">
+      <c r="C39" s="95" t="s">
         <v>87</v>
       </c>
-      <c r="D39" s="96" t="s">
+      <c r="D39" s="95" t="s">
         <v>88</v>
       </c>
-      <c r="E39" s="96" t="s">
+      <c r="E39" s="95" t="s">
         <v>89</v>
       </c>
-      <c r="F39" s="96" t="s">
+      <c r="F39" s="95" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="40" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B40" s="133"/>
-      <c r="C40" s="96" t="s">
+      <c r="C40" s="95" t="s">
         <v>168</v>
       </c>
-      <c r="D40" s="96" t="s">
+      <c r="D40" s="95" t="s">
         <v>168</v>
       </c>
-      <c r="E40" s="96" t="s">
+      <c r="E40" s="95" t="s">
         <v>168</v>
       </c>
-      <c r="F40" s="96" t="s">
+      <c r="F40" s="95" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="41" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B41" s="38" t="s">
         <v>148</v>
       </c>
       <c r="C41" s="36">
         <v>70</v>
       </c>
       <c r="D41" s="36">
         <v>180</v>
       </c>
       <c r="E41" s="36">
         <v>30</v>
       </c>
       <c r="F41" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B42" s="38" t="s">
         <v>151</v>
       </c>
       <c r="C42" s="36">
@@ -9834,63 +9834,63 @@
       <c r="E46" s="36">
         <v>715</v>
       </c>
       <c r="F46" s="36">
         <v>25</v>
       </c>
     </row>
     <row r="47" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B47" s="38" t="s">
         <v>154</v>
       </c>
       <c r="C47" s="36">
         <v>1940</v>
       </c>
       <c r="D47" s="36">
         <v>3035</v>
       </c>
       <c r="E47" s="36">
         <v>7500</v>
       </c>
       <c r="F47" s="36">
         <v>370</v>
       </c>
     </row>
     <row r="48" spans="2:6" x14ac:dyDescent="0.25">
-      <c r="B48" s="97" t="s">
+      <c r="B48" s="96" t="s">
         <v>101</v>
       </c>
-      <c r="C48" s="92">
+      <c r="C48" s="91">
         <v>2115</v>
       </c>
-      <c r="D48" s="92">
+      <c r="D48" s="91">
         <v>3550</v>
       </c>
-      <c r="E48" s="92">
+      <c r="E48" s="91">
         <v>8385</v>
       </c>
-      <c r="F48" s="92">
+      <c r="F48" s="91">
         <v>415</v>
       </c>
     </row>
     <row r="49" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="39"/>
       <c r="C49" s="39"/>
       <c r="D49" s="39"/>
     </row>
     <row r="50" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="39"/>
       <c r="C50" s="39"/>
       <c r="D50" s="39"/>
     </row>
     <row r="51" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="39"/>
       <c r="C51" s="39"/>
       <c r="D51" s="39"/>
     </row>
     <row r="52" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="39"/>
       <c r="C52" s="39"/>
       <c r="D52" s="39"/>
     </row>
     <row r="53" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B53" s="129"/>
@@ -10085,66 +10085,66 @@
       <c r="D8" s="11"/>
     </row>
     <row r="9" spans="2:7" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="4" t="str">
         <f>+Contents!B9</f>
         <v>Data as at 31 July 2025</v>
       </c>
       <c r="D9" s="11"/>
     </row>
     <row r="10" spans="2:7" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="127"/>
       <c r="C10" s="128"/>
       <c r="D10" s="128"/>
     </row>
     <row r="11" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="44" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B12" s="35" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="13" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B13" s="98" t="s">
+      <c r="B13" s="97" t="s">
         <v>174</v>
       </c>
-      <c r="C13" s="98" t="s">
+      <c r="C13" s="97" t="s">
         <v>175</v>
       </c>
-      <c r="D13" s="98" t="s">
+      <c r="D13" s="97" t="s">
         <v>176</v>
       </c>
-      <c r="E13" s="98" t="s">
+      <c r="E13" s="97" t="s">
         <v>141</v>
       </c>
-      <c r="F13" s="98" t="s">
+      <c r="F13" s="97" t="s">
         <v>177</v>
       </c>
-      <c r="G13" s="98" t="s">
+      <c r="G13" s="97" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="14" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B14" s="38" t="s">
         <v>179</v>
       </c>
       <c r="C14" s="38" t="s">
         <v>180</v>
       </c>
       <c r="D14" s="36">
         <v>390</v>
       </c>
       <c r="E14" s="36">
         <v>300</v>
       </c>
       <c r="F14" s="36">
         <v>35</v>
       </c>
       <c r="G14" s="36">
         <v>70</v>
       </c>
     </row>
     <row r="15" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B15" s="38" t="s">
@@ -11167,60 +11167,60 @@
       </c>
     </row>
     <row r="66" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B66" s="134" t="s">
         <v>249</v>
       </c>
       <c r="C66" s="135"/>
       <c r="D66" s="36">
         <v>365</v>
       </c>
       <c r="E66" s="36">
         <v>320</v>
       </c>
       <c r="F66" s="36">
         <v>70</v>
       </c>
       <c r="G66" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B67" s="136" t="s">
         <v>101</v>
       </c>
       <c r="C67" s="136"/>
-      <c r="D67" s="92">
+      <c r="D67" s="91">
         <v>28360</v>
       </c>
-      <c r="E67" s="92">
+      <c r="E67" s="91">
         <v>23785</v>
       </c>
-      <c r="F67" s="92">
+      <c r="F67" s="91">
         <v>1455</v>
       </c>
-      <c r="G67" s="92">
+      <c r="G67" s="91">
         <v>1930</v>
       </c>
     </row>
     <row r="68" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B68" s="34" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="69" spans="2:12" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="39"/>
       <c r="C69" s="39"/>
       <c r="D69" s="39"/>
     </row>
     <row r="70" spans="2:12" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="39"/>
       <c r="C70" s="39"/>
       <c r="D70" s="39"/>
     </row>
     <row r="71" spans="2:12" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="39"/>
       <c r="C71" s="39"/>
       <c r="D71" s="39"/>
     </row>
     <row r="72" spans="2:12" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="39"/>
@@ -11633,110 +11633,110 @@
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{259AC4E8-728E-4678-AB03-991E326F9F16}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="811bef87-b317-4239-89d2-1f3b6fba6559"/>
     <ds:schemaRef ds:uri="ae7c9846-b409-431d-9ec7-76b30568bf70"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCF0D95E-30D0-47A2-B9FB-1BB140BDCD7E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="811bef87-b317-4239-89d2-1f3b6fba6559"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="ae7c9846-b409-431d-9ec7-76b30568bf70"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="ae7c9846-b409-431d-9ec7-76b30568bf70"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Contents</vt:lpstr>
       <vt:lpstr>Data descriptors</vt:lpstr>
       <vt:lpstr>Caveats</vt:lpstr>
       <vt:lpstr>Data glossary and metadata</vt:lpstr>
       <vt:lpstr>Self-Employment Assistance</vt:lpstr>
       <vt:lpstr>Engagement by Cohorts </vt:lpstr>
       <vt:lpstr>Program Exits</vt:lpstr>
       <vt:lpstr>SBC Industry</vt:lpstr>
       <vt:lpstr>Contents!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Self-Employment Assistance Data - 31 July 2025</dc:title>
+  <dc:title>Self-Employment Assistance Data – 31 July 2025</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SetDate">
     <vt:lpwstr>2025-07-14T01:54:19Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Name">