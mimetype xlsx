--- v0 (2025-10-06)
+++ v1 (2025-12-16)
@@ -5,78 +5,75 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="41" documentId="8_{9EAB7E70-1DD6-4282-809C-82B2E0C88E9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3317B226-881D-4A9A-951B-72FA5DC878E3}"/>
+  <xr:revisionPtr revIDLastSave="50" documentId="8_{9EAB7E70-1DD6-4282-809C-82B2E0C88E9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{63B69D25-FEB4-47F0-9AB9-47911CC8B760}"/>
   <bookViews>
-    <workbookView xWindow="15" yWindow="360" windowWidth="28785" windowHeight="14190" tabRatio="789" xr2:uid="{95D0E74A-AB62-4264-B8F1-EEEECC8B6032}"/>
+    <workbookView xWindow="2250" yWindow="675" windowWidth="25290" windowHeight="14655" tabRatio="789" firstSheet="5" activeTab="5" xr2:uid="{95D0E74A-AB62-4264-B8F1-EEEECC8B6032}"/>
   </bookViews>
   <sheets>
     <sheet name="Contents" sheetId="22" r:id="rId1"/>
     <sheet name="Data descriptors" sheetId="34" r:id="rId2"/>
     <sheet name="Caveats" sheetId="35" r:id="rId3"/>
     <sheet name="Data glossary and metadata" sheetId="28" r:id="rId4"/>
-    <sheet name="Self-Employment Assistance" sheetId="30" r:id="rId5"/>
-    <sheet name="Engagement by Cohorts " sheetId="36" r:id="rId6"/>
+    <sheet name="Engagement by Cohorts " sheetId="36" r:id="rId5"/>
+    <sheet name="Self-Employment Assistance" sheetId="30" r:id="rId6"/>
     <sheet name="Program Exits" sheetId="32" r:id="rId7"/>
     <sheet name="SBC Industry" sheetId="33" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Contents!$A$1:$P$23</definedName>
     <definedName name="rngDate">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -358,268 +355,271 @@
   <si>
     <t>Indicates the client's highest level of educational attainment.</t>
   </si>
   <si>
     <t>This information is derived from the client's response to the Education Qualifications section of the JSS and/or their Services Australia Registration data.</t>
   </si>
   <si>
     <t>Allowance Group</t>
   </si>
   <si>
     <t>Indicates the type of income support payment that the client is in receipt of.  'Allowance Group - Others' includes clients who are not on any income supports payments (Non-allowees).</t>
   </si>
   <si>
     <t>This information is derived from Services Australia Income Support Payment data.</t>
   </si>
   <si>
     <t>Refugee</t>
   </si>
   <si>
     <t>Indicates the client disclosed that they were granted a Refugee or Humanitarian Visa by the Australian Government.</t>
   </si>
   <si>
     <t>This information is derived from the client's response to the JSS’ Descent/Origin section.</t>
   </si>
   <si>
+    <t>Table 3. Self-Employment Assistance Referrals and Service Engagement by Cohort and Financial Year</t>
+  </si>
+  <si>
     <t>FY = Financial Year</t>
-  </si>
-[...148 lines deleted...]
-    <t>Table 3. Self-Employment Assistance Referrals and Service Engagement by Cohort and Financial Year</t>
   </si>
   <si>
     <t>Cohort</t>
   </si>
   <si>
     <t>Total Referrals</t>
   </si>
   <si>
     <r>
       <t>Current Referrals</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>#</t>
     </r>
   </si>
   <si>
     <t>Approved Business Plans</t>
   </si>
   <si>
     <t>Business Advice Sessions</t>
   </si>
   <si>
+    <t>Business Health Checks</t>
+  </si>
+  <si>
+    <t>Small Business Training</t>
+  </si>
+  <si>
     <t>Completion Rate**</t>
   </si>
   <si>
+    <t>Exploring Self-Employment Workshops</t>
+  </si>
+  <si>
+    <t>Small Business Coaching</t>
+  </si>
+  <si>
     <t xml:space="preserve">Completion Rate**^ </t>
   </si>
   <si>
+    <t>2022/23 FY</t>
+  </si>
+  <si>
+    <t>2023/24 FY</t>
+  </si>
+  <si>
+    <t>2024/25 FY</t>
+  </si>
+  <si>
+    <t>2025/26 FY</t>
+  </si>
+  <si>
     <t>2022/23 FY*</t>
   </si>
   <si>
+    <t>Culturally And Linguistically Diverse</t>
+  </si>
+  <si>
+    <t>People With Disability</t>
+  </si>
+  <si>
     <t>Homeless</t>
   </si>
   <si>
     <t>Ex-Offender</t>
   </si>
   <si>
     <t>Mental Health</t>
   </si>
   <si>
     <t>Drug and Alcohol</t>
   </si>
   <si>
     <t>Received SEA Allowance</t>
   </si>
   <si>
+    <t>On Any Allowance</t>
+  </si>
+  <si>
     <t>National Total</t>
   </si>
   <si>
+    <t>* Approved Business Plans and Small Business Training in 2022/23 FY include those from NEIS (New Enterprise Incentive Scheme) transition clients</t>
+  </si>
+  <si>
     <t>** The completion rate calculation includes cases since July 2022. See the Caveats and Data Descriptions tab for further information on the completion rate for Small Business Training and Exploring Self-Employment Workshops.</t>
   </si>
   <si>
     <t>^ Completion of Small Business Coaching occurs when a person has been engaged in Small Business Coaching for 12 months without exit. The Small Business Coaching - Completion Rate is a reflection of the number of instances where a person exited 12 months after starting Small Business Coaching due to exit reason 'Completed Successfully', as a proportion of all participants who exited Small Business Coaching after twelve months for any reason.</t>
   </si>
   <si>
+    <t># Current Referrals are reflective of the FY the referral initially began in (i.e., there are 1,915 participants whose referral began in FY 2023/24 and are still in the program)</t>
+  </si>
+  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
+    <t>Business Plans</t>
+  </si>
+  <si>
+    <t>Business Advice Sessions (BAS)</t>
+  </si>
+  <si>
+    <t>Service Use</t>
+  </si>
+  <si>
+    <t>Service Use*</t>
+  </si>
+  <si>
+    <t>ACT</t>
+  </si>
+  <si>
+    <t>NSW</t>
+  </si>
+  <si>
+    <t>NT</t>
+  </si>
+  <si>
+    <t>QLD</t>
+  </si>
+  <si>
+    <t>SA</t>
+  </si>
+  <si>
+    <t>TAS</t>
+  </si>
+  <si>
+    <t>VIC</t>
+  </si>
+  <si>
+    <t>WA</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Female - Age Under 25 Years</t>
+  </si>
+  <si>
+    <t>Female - Age 25-34 Years</t>
+  </si>
+  <si>
+    <t>Female - Age 35 - 44 Years</t>
+  </si>
+  <si>
+    <t>Female - Age 45 - 54 Years</t>
+  </si>
+  <si>
+    <t>Female - Age 55+ Years</t>
+  </si>
+  <si>
+    <t>Male - Age Under 25 Years</t>
+  </si>
+  <si>
+    <t>Male - Age 25 - 34 Years</t>
+  </si>
+  <si>
+    <t>Male - Age 35 - 44 Years</t>
+  </si>
+  <si>
+    <t>Male - Age 45 - 54 Years</t>
+  </si>
+  <si>
+    <t>Male - Age 55+ Years</t>
+  </si>
+  <si>
+    <t>Allowance Group: JobSeeker Payment</t>
+  </si>
+  <si>
+    <t>Allowance Group: Youth Allowance</t>
+  </si>
+  <si>
+    <t>Allowance Group: Others</t>
+  </si>
+  <si>
+    <t>With Declared Earnings</t>
+  </si>
+  <si>
+    <t>Education: Less Than Year 12</t>
+  </si>
+  <si>
+    <t>Education: Completed Year 12</t>
+  </si>
+  <si>
+    <t>Education: Non- School Qualification</t>
+  </si>
+  <si>
+    <t>On SEA Allowance</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SA </t>
+  </si>
+  <si>
+    <t xml:space="preserve">WA </t>
+  </si>
+  <si>
+    <t>^The methodology for calculating Small Business Coaching Place Usage was changed in January 2025. This may lead to minor discrepancies with Small Business Coaching Service Engagement reported in other tabs. Place Usage and Service Engagement are distinct concepts as a place is not necessarily triggered each time a person commences in Small Business Coaching.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">data@dewr.gov.au </t>
+  </si>
+  <si>
     <t>Exit Reason</t>
   </si>
   <si>
     <t>Absent due to Travel</t>
   </si>
   <si>
     <t>Business Idea not eligible</t>
   </si>
   <si>
     <t>Business no longer viable</t>
   </si>
   <si>
     <t>Change of Circumstances</t>
   </si>
   <si>
     <t>Completed Successfully</t>
   </si>
   <si>
     <t>Failed to lodge Income Statement</t>
   </si>
   <si>
     <t>Insurance missing or inadequate</t>
   </si>
   <si>
     <t>Job Seeker withdraws</t>
@@ -886,53 +886,50 @@
     <t>Road Transport</t>
   </si>
   <si>
     <t>Storage</t>
   </si>
   <si>
     <t>Water Transport</t>
   </si>
   <si>
     <t>Wholesale Trade</t>
   </si>
   <si>
     <t>Basic Material Wholesaling</t>
   </si>
   <si>
     <t>Machinery and Motor Vehicle Wholesaling</t>
   </si>
   <si>
     <t>Personal and Household Good Wholesaling</t>
   </si>
   <si>
     <t>Unknown</t>
   </si>
   <si>
     <t>* This includes any SBC commencements from July 2022</t>
-  </si>
-[...1 lines deleted...]
-    <t># Current Referrals are reflective of the FY the referral initially began in (i.e., there are 1,915 participants whose referral began in FY 2023/24 and are still in the program)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1578,174 +1575,174 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="17" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="31" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="3" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="31" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="31" fillId="5" borderId="2" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="18" fillId="3" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="31" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="31" fillId="5" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="5" borderId="3" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="4" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="14" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="3" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="3" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="20% - Accent1" xfId="5" builtinId="30"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{D47DBF07-8D30-42E3-9EB9-7AFB3795776A}"/>
     <cellStyle name="Normal 2 4" xfId="3" xr:uid="{66170423-7A9B-4DD7-AFEF-0D343E3DFCF4}"/>
     <cellStyle name="Percent" xfId="4" builtinId="5"/>
   </cellStyles>
@@ -1846,75 +1843,75 @@
       <tableStyleElement type="secondColumnStripe" dxfId="3"/>
     </tableStyle>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FFDAE9F8"/>
       <color rgb="FFF2F2F2"/>
       <color rgb="FFEEEDED"/>
       <color rgb="FF082354"/>
       <color rgb="FF404246"/>
       <color rgb="FF7A9F4C"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>181610</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>47624</xdr:rowOff>
     </xdr:to>
@@ -2299,78 +2296,133 @@
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="1209675" y="2076450"/>
             <a:ext cx="2865120" cy="874395"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>17145</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>47463</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B26E451D-D8E3-4921-9B11-BB02071AE772}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="7941945" cy="998693"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1695451</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>46989</xdr:rowOff>
+      <xdr:rowOff>50164</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="Group 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{981598A6-3284-4960-B59A-69A56AF8A4E3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
           <a:off x="1" y="0"/>
-          <a:ext cx="8039100" cy="999489"/>
+          <a:ext cx="8039100" cy="1002664"/>
           <a:chOff x="885825" y="1933576"/>
           <a:chExt cx="10688322" cy="1409699"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:pic>
         <xdr:nvPicPr>
           <xdr:cNvPr id="3" name="Picture 2" descr="A picture containing text&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0F3E555-F63C-B591-0842-746A904E700C}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr>
           <a:xfrm>
@@ -2396,105 +2448,50 @@
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="1209675" y="2076450"/>
             <a:ext cx="2865120" cy="874395"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
-    <xdr:clientData/>
-[...53 lines deleted...]
-    </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>588645</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>49368</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -2878,74 +2875,74 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dewr.gov.au/self-employment-assistance/services" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:data@dewr.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dewr.gov.au/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{007402D4-ED7C-4AD9-9CC1-CD955644A0CE}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M41"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="23.5703125" style="2" customWidth="1"/>
     <col min="4" max="5" width="8.5703125" style="2"/>
     <col min="6" max="6" width="8.5703125" style="2" customWidth="1"/>
     <col min="7" max="10" width="8.5703125" style="2"/>
     <col min="11" max="11" width="8.5703125" style="2" customWidth="1"/>
     <col min="12" max="14" width="8.5703125" style="2"/>
     <col min="15" max="15" width="8.5703125" style="2" customWidth="1"/>
     <col min="16" max="16384" width="8.5703125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
     </row>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -3706,118 +3703,118 @@
       <c r="C11" s="10"/>
       <c r="D11" s="10"/>
       <c r="E11" s="10"/>
       <c r="F11" s="10"/>
       <c r="G11" s="10"/>
     </row>
     <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="9"/>
       <c r="C12" s="10"/>
       <c r="D12" s="10"/>
       <c r="E12" s="10"/>
       <c r="F12" s="10"/>
       <c r="G12" s="10"/>
     </row>
     <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="21" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="10"/>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="10"/>
       <c r="G13" s="10"/>
     </row>
     <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="111" t="s">
+      <c r="B14" s="113" t="s">
         <v>29</v>
       </c>
-      <c r="C14" s="111"/>
-[...8 lines deleted...]
-      <c r="L14" s="111"/>
+      <c r="C14" s="113"/>
+      <c r="D14" s="113"/>
+      <c r="E14" s="113"/>
+      <c r="F14" s="113"/>
+      <c r="G14" s="113"/>
+      <c r="H14" s="113"/>
+      <c r="I14" s="113"/>
+      <c r="J14" s="113"/>
+      <c r="K14" s="113"/>
+      <c r="L14" s="113"/>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B15" s="111" t="s">
+      <c r="B15" s="113" t="s">
         <v>30</v>
       </c>
-      <c r="C15" s="111"/>
-[...8 lines deleted...]
-      <c r="L15" s="111"/>
+      <c r="C15" s="113"/>
+      <c r="D15" s="113"/>
+      <c r="E15" s="113"/>
+      <c r="F15" s="113"/>
+      <c r="G15" s="113"/>
+      <c r="H15" s="113"/>
+      <c r="I15" s="113"/>
+      <c r="J15" s="113"/>
+      <c r="K15" s="113"/>
+      <c r="L15" s="113"/>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="B16" s="112" t="s">
+      <c r="B16" s="114" t="s">
         <v>31</v>
       </c>
-      <c r="C16" s="112"/>
-[...8 lines deleted...]
-      <c r="L16" s="112"/>
+      <c r="C16" s="114"/>
+      <c r="D16" s="114"/>
+      <c r="E16" s="114"/>
+      <c r="F16" s="114"/>
+      <c r="G16" s="114"/>
+      <c r="H16" s="114"/>
+      <c r="I16" s="114"/>
+      <c r="J16" s="114"/>
+      <c r="K16" s="114"/>
+      <c r="L16" s="114"/>
     </row>
     <row r="17" spans="2:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="9"/>
       <c r="C17" s="24"/>
       <c r="D17" s="24"/>
       <c r="E17" s="24"/>
       <c r="F17" s="24"/>
       <c r="G17" s="24"/>
       <c r="H17" s="24"/>
       <c r="I17" s="24"/>
       <c r="J17" s="24"/>
       <c r="K17" s="24"/>
       <c r="L17" s="24"/>
       <c r="M17" s="24"/>
       <c r="N17" s="24"/>
       <c r="O17" s="24"/>
       <c r="P17" s="24"/>
     </row>
     <row r="18" spans="2:16" s="34" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="113" t="s">
+      <c r="B18" s="115" t="s">
         <v>32</v>
       </c>
-      <c r="C18" s="113"/>
-[...1 lines deleted...]
-      <c r="E18" s="114"/>
+      <c r="C18" s="115"/>
+      <c r="D18" s="116"/>
+      <c r="E18" s="116"/>
       <c r="F18" s="59"/>
       <c r="G18" s="59"/>
       <c r="H18" s="59"/>
       <c r="I18" s="59"/>
       <c r="J18" s="59"/>
       <c r="K18" s="59"/>
       <c r="L18" s="59"/>
       <c r="M18" s="59"/>
     </row>
     <row r="19" spans="2:16" s="34" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="108" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="108"/>
       <c r="D19" s="108"/>
       <c r="E19" s="108"/>
       <c r="F19" s="59"/>
       <c r="G19" s="59"/>
       <c r="H19" s="59"/>
       <c r="I19" s="59"/>
       <c r="J19" s="59"/>
       <c r="K19" s="59"/>
       <c r="L19" s="59"/>
       <c r="M19" s="59"/>
     </row>
@@ -3888,238 +3885,238 @@
       <c r="H25" s="24"/>
       <c r="I25" s="24"/>
       <c r="J25" s="24"/>
       <c r="K25" s="24"/>
       <c r="L25" s="24"/>
       <c r="M25" s="24"/>
       <c r="N25" s="24"/>
       <c r="O25" s="24"/>
       <c r="P25" s="24"/>
     </row>
     <row r="26" spans="2:16" s="34" customFormat="1" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B26" s="33"/>
       <c r="C26" s="33"/>
       <c r="D26" s="33"/>
       <c r="E26" s="33"/>
       <c r="F26" s="59"/>
       <c r="G26" s="59"/>
       <c r="H26" s="59"/>
       <c r="I26" s="59"/>
       <c r="J26" s="59"/>
       <c r="K26" s="59"/>
       <c r="L26" s="59"/>
       <c r="M26" s="59"/>
     </row>
     <row r="27" spans="2:16" s="34" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B27" s="115" t="s">
+      <c r="B27" s="111" t="s">
         <v>37</v>
       </c>
-      <c r="C27" s="115"/>
-[...1 lines deleted...]
-      <c r="E27" s="115"/>
+      <c r="C27" s="111"/>
+      <c r="D27" s="111"/>
+      <c r="E27" s="111"/>
       <c r="F27" s="43"/>
       <c r="G27" s="43"/>
       <c r="H27" s="43"/>
       <c r="I27" s="43"/>
       <c r="J27" s="43"/>
       <c r="K27" s="43"/>
       <c r="L27" s="43"/>
     </row>
     <row r="28" spans="2:16" s="34" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="107" t="s">
         <v>38</v>
       </c>
       <c r="C28" s="107"/>
       <c r="D28" s="107"/>
       <c r="E28" s="107"/>
       <c r="F28" s="43"/>
       <c r="G28" s="43"/>
       <c r="H28" s="43"/>
       <c r="I28" s="43"/>
       <c r="J28" s="43"/>
       <c r="K28" s="43"/>
       <c r="L28" s="43"/>
       <c r="M28" s="43"/>
     </row>
     <row r="29" spans="2:16" s="34" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B29" s="108"/>
       <c r="C29" s="108"/>
       <c r="D29" s="108"/>
       <c r="E29" s="108"/>
       <c r="F29" s="43"/>
       <c r="G29" s="43"/>
       <c r="H29" s="43"/>
       <c r="I29" s="43"/>
       <c r="J29" s="43"/>
       <c r="K29" s="43"/>
       <c r="L29" s="43"/>
       <c r="M29" s="43"/>
     </row>
     <row r="30" spans="2:16" s="34" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B30" s="115" t="s">
+      <c r="B30" s="111" t="s">
         <v>39</v>
       </c>
-      <c r="C30" s="115"/>
-[...1 lines deleted...]
-      <c r="E30" s="115"/>
+      <c r="C30" s="111"/>
+      <c r="D30" s="111"/>
+      <c r="E30" s="111"/>
       <c r="F30" s="43"/>
       <c r="G30" s="43"/>
       <c r="H30" s="43"/>
       <c r="I30" s="43"/>
       <c r="J30" s="43"/>
       <c r="K30" s="43"/>
       <c r="L30" s="43"/>
     </row>
     <row r="31" spans="2:16" s="34" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="107" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="107"/>
       <c r="D31" s="107"/>
       <c r="E31" s="107"/>
       <c r="F31" s="43"/>
       <c r="G31" s="43"/>
       <c r="H31" s="43"/>
       <c r="I31" s="43"/>
       <c r="J31" s="43"/>
       <c r="K31" s="43"/>
       <c r="L31" s="43"/>
       <c r="M31" s="43"/>
     </row>
     <row r="32" spans="2:16" s="34" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B32" s="108"/>
       <c r="C32" s="108"/>
       <c r="D32" s="108"/>
       <c r="E32" s="108"/>
       <c r="F32" s="43"/>
       <c r="G32" s="43"/>
       <c r="H32" s="43"/>
       <c r="I32" s="43"/>
       <c r="J32" s="43"/>
       <c r="K32" s="43"/>
       <c r="L32" s="43"/>
       <c r="M32" s="43"/>
     </row>
     <row r="33" spans="2:16" s="34" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B33" s="115" t="s">
+      <c r="B33" s="111" t="s">
         <v>41</v>
       </c>
-      <c r="C33" s="115"/>
-[...1 lines deleted...]
-      <c r="E33" s="115"/>
+      <c r="C33" s="111"/>
+      <c r="D33" s="111"/>
+      <c r="E33" s="111"/>
       <c r="F33" s="43"/>
       <c r="G33" s="43"/>
       <c r="H33" s="43"/>
       <c r="I33" s="43"/>
       <c r="J33" s="43"/>
       <c r="K33" s="43"/>
       <c r="L33" s="43"/>
     </row>
     <row r="34" spans="2:16" s="34" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B34" s="107" t="s">
         <v>42</v>
       </c>
       <c r="C34" s="107"/>
       <c r="D34" s="107"/>
       <c r="E34" s="107"/>
       <c r="F34" s="43"/>
       <c r="G34" s="43"/>
       <c r="H34" s="43"/>
       <c r="I34" s="43"/>
       <c r="J34" s="43"/>
       <c r="K34" s="43"/>
       <c r="L34" s="43"/>
       <c r="M34" s="43"/>
     </row>
     <row r="35" spans="2:16" s="34" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="108"/>
       <c r="C35" s="108"/>
       <c r="D35" s="108"/>
       <c r="E35" s="108"/>
       <c r="F35" s="43"/>
       <c r="G35" s="43"/>
       <c r="H35" s="43"/>
       <c r="I35" s="43"/>
       <c r="J35" s="43"/>
       <c r="K35" s="43"/>
       <c r="L35" s="43"/>
       <c r="M35" s="43"/>
     </row>
     <row r="36" spans="2:16" s="34" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B36" s="115" t="s">
+      <c r="B36" s="111" t="s">
         <v>43</v>
       </c>
-      <c r="C36" s="115"/>
-[...1 lines deleted...]
-      <c r="E36" s="115"/>
+      <c r="C36" s="111"/>
+      <c r="D36" s="111"/>
+      <c r="E36" s="111"/>
       <c r="F36" s="72"/>
       <c r="G36" s="72"/>
       <c r="H36" s="72"/>
       <c r="I36" s="72"/>
       <c r="J36" s="72"/>
       <c r="K36" s="72"/>
       <c r="L36" s="72"/>
       <c r="M36" s="73"/>
       <c r="O36" s="33"/>
     </row>
     <row r="37" spans="2:16" s="34" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B37" s="102" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="102"/>
       <c r="D37" s="102"/>
       <c r="E37" s="102"/>
       <c r="F37" s="74"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="43"/>
       <c r="K37" s="43"/>
       <c r="L37" s="43"/>
       <c r="M37" s="43"/>
     </row>
     <row r="38" spans="2:16" s="34" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B38" s="59"/>
       <c r="C38" s="59"/>
       <c r="D38" s="59"/>
       <c r="E38" s="59"/>
       <c r="F38" s="74"/>
       <c r="G38" s="43"/>
       <c r="H38" s="43"/>
       <c r="I38" s="43"/>
       <c r="J38" s="43"/>
       <c r="K38" s="43"/>
       <c r="L38" s="43"/>
       <c r="M38" s="43"/>
     </row>
     <row r="39" spans="2:16" s="34" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B39" s="116" t="s">
+      <c r="B39" s="112" t="s">
         <v>45</v>
       </c>
-      <c r="C39" s="116"/>
-[...1 lines deleted...]
-      <c r="E39" s="116"/>
+      <c r="C39" s="112"/>
+      <c r="D39" s="112"/>
+      <c r="E39" s="112"/>
       <c r="F39" s="43"/>
       <c r="G39" s="43"/>
       <c r="H39" s="43"/>
       <c r="I39" s="43"/>
       <c r="J39" s="43"/>
       <c r="K39" s="43"/>
       <c r="L39" s="43"/>
       <c r="M39" s="43"/>
     </row>
     <row r="40" spans="2:16" s="34" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B40" s="102" t="s">
         <v>46</v>
       </c>
       <c r="C40" s="102"/>
       <c r="D40" s="102"/>
       <c r="E40" s="102"/>
       <c r="F40" s="43"/>
       <c r="G40" s="43"/>
       <c r="H40" s="43"/>
       <c r="I40" s="43"/>
       <c r="J40" s="43"/>
       <c r="K40" s="43"/>
       <c r="L40" s="43"/>
       <c r="M40" s="43"/>
     </row>
@@ -4211,70 +4208,70 @@
       <c r="D50" s="16"/>
       <c r="E50" s="16"/>
       <c r="F50" s="16"/>
       <c r="G50" s="16"/>
       <c r="H50" s="16"/>
     </row>
     <row r="51" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B51" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C51" s="18"/>
       <c r="D51" s="18" t="s">
         <v>17</v>
       </c>
       <c r="E51" s="18"/>
       <c r="F51" s="18"/>
       <c r="G51" s="18"/>
     </row>
     <row r="53" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B53" s="19" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
+    <mergeCell ref="B23:E23"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="B14:L14"/>
+    <mergeCell ref="B15:L15"/>
+    <mergeCell ref="B16:L16"/>
+    <mergeCell ref="B18:E18"/>
+    <mergeCell ref="B19:E19"/>
     <mergeCell ref="B33:E33"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B28:E28"/>
     <mergeCell ref="B29:E29"/>
     <mergeCell ref="B47:L47"/>
     <mergeCell ref="B40:E40"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="B39:E39"/>
     <mergeCell ref="B34:E34"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B36:E36"/>
     <mergeCell ref="B30:E30"/>
-    <mergeCell ref="B23:E23"/>
-[...6 lines deleted...]
-    <mergeCell ref="B19:E19"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B48" r:id="rId1" xr:uid="{FE9389E1-A686-40CB-A281-B254D3A1355B}"/>
     <hyperlink ref="B53" r:id="rId2" xr:uid="{845AD1E3-EC16-4B5F-8D3A-3B3CC113E6A8}"/>
     <hyperlink ref="D51" r:id="rId3" display="For further information, please contact data@dss.gov.au" xr:uid="{F607D50E-321E-478A-80FA-E74390659C0E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C931831-A666-4AF3-BBAD-7C1937992E2C}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:Q36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
@@ -4672,59 +4669,1994 @@
     <mergeCell ref="B30:L30"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="B20:C20"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B31" r:id="rId1" xr:uid="{EFC1663D-BBDC-42F4-ABD0-13259124875C}"/>
     <hyperlink ref="B36" r:id="rId2" xr:uid="{4ACF0E25-C82F-464B-83D6-130B772BE7E7}"/>
     <hyperlink ref="D34" r:id="rId3" display="For further information, please contact data@dss.gov.au" xr:uid="{11EE3D93-00E7-420A-97E9-9B05119CE8EB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" orientation="landscape" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A5876948-C39F-40D7-BB40-8CBDA0441645}">
+  <dimension ref="B8:AK46"/>
+  <sheetViews>
+    <sheetView showGridLines="0" topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AD28" sqref="AD28"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="3.42578125" style="34" customWidth="1"/>
+    <col min="2" max="2" width="45.5703125" style="34" bestFit="1" customWidth="1"/>
+    <col min="3" max="20" width="17.42578125" style="34" customWidth="1"/>
+    <col min="21" max="21" width="19.42578125" style="34" customWidth="1"/>
+    <col min="22" max="24" width="17.42578125" style="34" customWidth="1"/>
+    <col min="25" max="25" width="19.42578125" style="34" customWidth="1"/>
+    <col min="26" max="28" width="17.42578125" style="34" customWidth="1"/>
+    <col min="29" max="29" width="19.42578125" style="34" customWidth="1"/>
+    <col min="30" max="31" width="18.85546875" style="34" customWidth="1"/>
+    <col min="32" max="32" width="17.140625" style="34" customWidth="1"/>
+    <col min="33" max="36" width="18.85546875" style="34" customWidth="1"/>
+    <col min="37" max="37" width="17.140625" style="34" customWidth="1"/>
+    <col min="38" max="16384" width="9.140625" style="34"/>
+  </cols>
+  <sheetData>
+    <row r="8" spans="2:37" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="3" t="str">
+        <f>+Contents!B8</f>
+        <v>Self-Employment Assistance Program</v>
+      </c>
+      <c r="D8" s="11"/>
+    </row>
+    <row r="9" spans="2:37" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="4" t="str">
+        <f>+Contents!B9</f>
+        <v>Data as at 31 August 2025</v>
+      </c>
+      <c r="D9" s="11"/>
+    </row>
+    <row r="10" spans="2:37" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="132"/>
+      <c r="C10" s="133"/>
+      <c r="D10" s="133"/>
+    </row>
+    <row r="11" spans="2:37" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B11" s="44" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B12" s="35" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="13" spans="2:37" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="125" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" s="127" t="s">
+        <v>83</v>
+      </c>
+      <c r="D13" s="128"/>
+      <c r="E13" s="128"/>
+      <c r="F13" s="129"/>
+      <c r="G13" s="127" t="s">
+        <v>84</v>
+      </c>
+      <c r="H13" s="128"/>
+      <c r="I13" s="128"/>
+      <c r="J13" s="129"/>
+      <c r="K13" s="127" t="s">
+        <v>85</v>
+      </c>
+      <c r="L13" s="128"/>
+      <c r="M13" s="128"/>
+      <c r="N13" s="129"/>
+      <c r="O13" s="127" t="s">
+        <v>86</v>
+      </c>
+      <c r="P13" s="128"/>
+      <c r="Q13" s="128"/>
+      <c r="R13" s="129"/>
+      <c r="S13" s="127" t="s">
+        <v>87</v>
+      </c>
+      <c r="T13" s="128"/>
+      <c r="U13" s="128"/>
+      <c r="V13" s="129"/>
+      <c r="W13" s="127" t="s">
+        <v>88</v>
+      </c>
+      <c r="X13" s="128"/>
+      <c r="Y13" s="128"/>
+      <c r="Z13" s="129"/>
+      <c r="AA13" s="130" t="s">
+        <v>89</v>
+      </c>
+      <c r="AB13" s="127" t="s">
+        <v>90</v>
+      </c>
+      <c r="AC13" s="128"/>
+      <c r="AD13" s="128"/>
+      <c r="AE13" s="129"/>
+      <c r="AF13" s="130" t="s">
+        <v>89</v>
+      </c>
+      <c r="AG13" s="127" t="s">
+        <v>91</v>
+      </c>
+      <c r="AH13" s="128"/>
+      <c r="AI13" s="128"/>
+      <c r="AJ13" s="129"/>
+      <c r="AK13" s="130" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B14" s="126"/>
+      <c r="C14" s="94" t="s">
+        <v>93</v>
+      </c>
+      <c r="D14" s="94" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" s="94" t="s">
+        <v>95</v>
+      </c>
+      <c r="F14" s="94" t="s">
+        <v>96</v>
+      </c>
+      <c r="G14" s="94" t="s">
+        <v>93</v>
+      </c>
+      <c r="H14" s="94" t="s">
+        <v>94</v>
+      </c>
+      <c r="I14" s="94" t="s">
+        <v>95</v>
+      </c>
+      <c r="J14" s="94" t="s">
+        <v>96</v>
+      </c>
+      <c r="K14" s="94" t="s">
+        <v>97</v>
+      </c>
+      <c r="L14" s="94" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" s="94" t="s">
+        <v>95</v>
+      </c>
+      <c r="N14" s="94" t="s">
+        <v>96</v>
+      </c>
+      <c r="O14" s="94" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" s="94" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q14" s="94" t="s">
+        <v>95</v>
+      </c>
+      <c r="R14" s="94" t="s">
+        <v>96</v>
+      </c>
+      <c r="S14" s="94" t="s">
+        <v>93</v>
+      </c>
+      <c r="T14" s="94" t="s">
+        <v>94</v>
+      </c>
+      <c r="U14" s="94" t="s">
+        <v>95</v>
+      </c>
+      <c r="V14" s="94" t="s">
+        <v>96</v>
+      </c>
+      <c r="W14" s="94" t="s">
+        <v>93</v>
+      </c>
+      <c r="X14" s="94" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y14" s="94" t="s">
+        <v>95</v>
+      </c>
+      <c r="Z14" s="94" t="s">
+        <v>96</v>
+      </c>
+      <c r="AA14" s="131"/>
+      <c r="AB14" s="94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AC14" s="94" t="s">
+        <v>94</v>
+      </c>
+      <c r="AD14" s="94" t="s">
+        <v>95</v>
+      </c>
+      <c r="AE14" s="94" t="s">
+        <v>96</v>
+      </c>
+      <c r="AF14" s="131"/>
+      <c r="AG14" s="94" t="s">
+        <v>93</v>
+      </c>
+      <c r="AH14" s="94" t="s">
+        <v>94</v>
+      </c>
+      <c r="AI14" s="94" t="s">
+        <v>95</v>
+      </c>
+      <c r="AJ14" s="94" t="s">
+        <v>96</v>
+      </c>
+      <c r="AK14" s="131"/>
+    </row>
+    <row r="15" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B15" s="83" t="s">
+        <v>51</v>
+      </c>
+      <c r="C15" s="82">
+        <v>14660</v>
+      </c>
+      <c r="D15" s="82">
+        <v>11720</v>
+      </c>
+      <c r="E15" s="82">
+        <v>12495</v>
+      </c>
+      <c r="F15" s="82">
+        <v>2390</v>
+      </c>
+      <c r="G15" s="82">
+        <v>100</v>
+      </c>
+      <c r="H15" s="82">
+        <v>1065</v>
+      </c>
+      <c r="I15" s="82">
+        <v>6965</v>
+      </c>
+      <c r="J15" s="82">
+        <v>2080</v>
+      </c>
+      <c r="K15" s="82">
+        <v>6590</v>
+      </c>
+      <c r="L15" s="82">
+        <v>4600</v>
+      </c>
+      <c r="M15" s="82">
+        <v>4730</v>
+      </c>
+      <c r="N15" s="82">
+        <v>980</v>
+      </c>
+      <c r="O15" s="82">
+        <v>1360</v>
+      </c>
+      <c r="P15" s="82">
+        <v>2065</v>
+      </c>
+      <c r="Q15" s="82">
+        <v>2100</v>
+      </c>
+      <c r="R15" s="82">
+        <v>505</v>
+      </c>
+      <c r="S15" s="82">
+        <v>190</v>
+      </c>
+      <c r="T15" s="82">
+        <v>520</v>
+      </c>
+      <c r="U15" s="82">
+        <v>735</v>
+      </c>
+      <c r="V15" s="82">
+        <v>130</v>
+      </c>
+      <c r="W15" s="82">
+        <v>5050</v>
+      </c>
+      <c r="X15" s="82">
+        <v>5110</v>
+      </c>
+      <c r="Y15" s="82">
+        <v>5600</v>
+      </c>
+      <c r="Z15" s="82">
+        <v>885</v>
+      </c>
+      <c r="AA15" s="84">
+        <v>0.45690834473324216</v>
+      </c>
+      <c r="AB15" s="82">
+        <v>1265</v>
+      </c>
+      <c r="AC15" s="82">
+        <v>1530</v>
+      </c>
+      <c r="AD15" s="82">
+        <v>1570</v>
+      </c>
+      <c r="AE15" s="82">
+        <v>395</v>
+      </c>
+      <c r="AF15" s="84">
+        <v>0.84337349397590367</v>
+      </c>
+      <c r="AG15" s="82">
+        <v>3410</v>
+      </c>
+      <c r="AH15" s="82">
+        <v>4420</v>
+      </c>
+      <c r="AI15" s="82">
+        <v>4545</v>
+      </c>
+      <c r="AJ15" s="82">
+        <v>1045</v>
+      </c>
+      <c r="AK15" s="84">
+        <v>0.58264997842037114</v>
+      </c>
+    </row>
+    <row r="16" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B16" s="83" t="s">
+        <v>54</v>
+      </c>
+      <c r="C16" s="82">
+        <v>11325</v>
+      </c>
+      <c r="D16" s="82">
+        <v>9890</v>
+      </c>
+      <c r="E16" s="82">
+        <v>10805</v>
+      </c>
+      <c r="F16" s="82">
+        <v>2085</v>
+      </c>
+      <c r="G16" s="82">
+        <v>90</v>
+      </c>
+      <c r="H16" s="82">
+        <v>790</v>
+      </c>
+      <c r="I16" s="82">
+        <v>5915</v>
+      </c>
+      <c r="J16" s="82">
+        <v>1830</v>
+      </c>
+      <c r="K16" s="82">
+        <v>4650</v>
+      </c>
+      <c r="L16" s="82">
+        <v>3785</v>
+      </c>
+      <c r="M16" s="82">
+        <v>3985</v>
+      </c>
+      <c r="N16" s="82">
+        <v>780</v>
+      </c>
+      <c r="O16" s="82">
+        <v>935</v>
+      </c>
+      <c r="P16" s="82">
+        <v>1565</v>
+      </c>
+      <c r="Q16" s="82">
+        <v>1570</v>
+      </c>
+      <c r="R16" s="82">
+        <v>380</v>
+      </c>
+      <c r="S16" s="82">
+        <v>125</v>
+      </c>
+      <c r="T16" s="82">
+        <v>320</v>
+      </c>
+      <c r="U16" s="82">
+        <v>475</v>
+      </c>
+      <c r="V16" s="82">
+        <v>95</v>
+      </c>
+      <c r="W16" s="82">
+        <v>3295</v>
+      </c>
+      <c r="X16" s="82">
+        <v>3935</v>
+      </c>
+      <c r="Y16" s="82">
+        <v>4240</v>
+      </c>
+      <c r="Z16" s="82">
+        <v>675</v>
+      </c>
+      <c r="AA16" s="84">
+        <v>0.41504702194357368</v>
+      </c>
+      <c r="AB16" s="82">
+        <v>760</v>
+      </c>
+      <c r="AC16" s="82">
+        <v>965</v>
+      </c>
+      <c r="AD16" s="82">
+        <v>1060</v>
+      </c>
+      <c r="AE16" s="82">
+        <v>290</v>
+      </c>
+      <c r="AF16" s="84">
+        <v>0.82939189189189189</v>
+      </c>
+      <c r="AG16" s="82">
+        <v>2360</v>
+      </c>
+      <c r="AH16" s="82">
+        <v>3600</v>
+      </c>
+      <c r="AI16" s="82">
+        <v>3825</v>
+      </c>
+      <c r="AJ16" s="82">
+        <v>855</v>
+      </c>
+      <c r="AK16" s="84">
+        <v>0.56590909090909092</v>
+      </c>
+    </row>
+    <row r="17" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B17" s="83" t="s">
+        <v>59</v>
+      </c>
+      <c r="C17" s="82">
+        <v>1465</v>
+      </c>
+      <c r="D17" s="82">
+        <v>1210</v>
+      </c>
+      <c r="E17" s="82">
+        <v>1310</v>
+      </c>
+      <c r="F17" s="82">
+        <v>280</v>
+      </c>
+      <c r="G17" s="82">
+        <v>10</v>
+      </c>
+      <c r="H17" s="82">
+        <v>80</v>
+      </c>
+      <c r="I17" s="82">
+        <v>565</v>
+      </c>
+      <c r="J17" s="82">
+        <v>240</v>
+      </c>
+      <c r="K17" s="82">
+        <v>415</v>
+      </c>
+      <c r="L17" s="82">
+        <v>330</v>
+      </c>
+      <c r="M17" s="82">
+        <v>355</v>
+      </c>
+      <c r="N17" s="82">
+        <v>50</v>
+      </c>
+      <c r="O17" s="82">
+        <v>100</v>
+      </c>
+      <c r="P17" s="82">
+        <v>165</v>
+      </c>
+      <c r="Q17" s="82">
+        <v>155</v>
+      </c>
+      <c r="R17" s="82">
+        <v>50</v>
+      </c>
+      <c r="S17" s="82">
+        <v>10</v>
+      </c>
+      <c r="T17" s="82">
+        <v>25</v>
+      </c>
+      <c r="U17" s="82">
+        <v>50</v>
+      </c>
+      <c r="V17" s="82">
+        <v>10</v>
+      </c>
+      <c r="W17" s="82">
+        <v>390</v>
+      </c>
+      <c r="X17" s="82">
+        <v>380</v>
+      </c>
+      <c r="Y17" s="82">
+        <v>425</v>
+      </c>
+      <c r="Z17" s="82">
+        <v>80</v>
+      </c>
+      <c r="AA17" s="84">
+        <v>0.31952662721893493</v>
+      </c>
+      <c r="AB17" s="82">
+        <v>115</v>
+      </c>
+      <c r="AC17" s="82">
+        <v>120</v>
+      </c>
+      <c r="AD17" s="82">
+        <v>125</v>
+      </c>
+      <c r="AE17" s="82">
+        <v>45</v>
+      </c>
+      <c r="AF17" s="84">
+        <v>0.76623376623376627</v>
+      </c>
+      <c r="AG17" s="82">
+        <v>235</v>
+      </c>
+      <c r="AH17" s="82">
+        <v>305</v>
+      </c>
+      <c r="AI17" s="82">
+        <v>345</v>
+      </c>
+      <c r="AJ17" s="82">
+        <v>55</v>
+      </c>
+      <c r="AK17" s="84">
+        <v>0.48344370860927155</v>
+      </c>
+    </row>
+    <row r="18" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B18" s="83" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" s="82">
+        <v>4570</v>
+      </c>
+      <c r="D18" s="82">
+        <v>4340</v>
+      </c>
+      <c r="E18" s="82">
+        <v>4745</v>
+      </c>
+      <c r="F18" s="82">
+        <v>910</v>
+      </c>
+      <c r="G18" s="82">
+        <v>50</v>
+      </c>
+      <c r="H18" s="82">
+        <v>535</v>
+      </c>
+      <c r="I18" s="82">
+        <v>2835</v>
+      </c>
+      <c r="J18" s="82">
+        <v>810</v>
+      </c>
+      <c r="K18" s="82">
+        <v>1855</v>
+      </c>
+      <c r="L18" s="82">
+        <v>1465</v>
+      </c>
+      <c r="M18" s="82">
+        <v>1620</v>
+      </c>
+      <c r="N18" s="82">
+        <v>345</v>
+      </c>
+      <c r="O18" s="82">
+        <v>460</v>
+      </c>
+      <c r="P18" s="82">
+        <v>815</v>
+      </c>
+      <c r="Q18" s="82">
+        <v>790</v>
+      </c>
+      <c r="R18" s="82">
+        <v>215</v>
+      </c>
+      <c r="S18" s="82">
+        <v>70</v>
+      </c>
+      <c r="T18" s="82">
+        <v>140</v>
+      </c>
+      <c r="U18" s="82">
+        <v>200</v>
+      </c>
+      <c r="V18" s="82">
+        <v>40</v>
+      </c>
+      <c r="W18" s="82">
+        <v>1495</v>
+      </c>
+      <c r="X18" s="82">
+        <v>1850</v>
+      </c>
+      <c r="Y18" s="82">
+        <v>2075</v>
+      </c>
+      <c r="Z18" s="82">
+        <v>335</v>
+      </c>
+      <c r="AA18" s="84">
+        <v>0.45116918844566711</v>
+      </c>
+      <c r="AB18" s="82">
+        <v>505</v>
+      </c>
+      <c r="AC18" s="82">
+        <v>700</v>
+      </c>
+      <c r="AD18" s="82">
+        <v>715</v>
+      </c>
+      <c r="AE18" s="82">
+        <v>165</v>
+      </c>
+      <c r="AF18" s="84">
+        <v>0.8383084577114428</v>
+      </c>
+      <c r="AG18" s="82">
+        <v>950</v>
+      </c>
+      <c r="AH18" s="82">
+        <v>1415</v>
+      </c>
+      <c r="AI18" s="82">
+        <v>1555</v>
+      </c>
+      <c r="AJ18" s="82">
+        <v>370</v>
+      </c>
+      <c r="AK18" s="84">
+        <v>0.5722543352601156</v>
+      </c>
+    </row>
+    <row r="19" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B19" s="83" t="s">
+        <v>99</v>
+      </c>
+      <c r="C19" s="82">
+        <v>6880</v>
+      </c>
+      <c r="D19" s="82">
+        <v>5680</v>
+      </c>
+      <c r="E19" s="82">
+        <v>5895</v>
+      </c>
+      <c r="F19" s="82">
+        <v>1065</v>
+      </c>
+      <c r="G19" s="82">
+        <v>65</v>
+      </c>
+      <c r="H19" s="82">
+        <v>510</v>
+      </c>
+      <c r="I19" s="82">
+        <v>3125</v>
+      </c>
+      <c r="J19" s="82">
+        <v>915</v>
+      </c>
+      <c r="K19" s="82">
+        <v>2445</v>
+      </c>
+      <c r="L19" s="82">
+        <v>1865</v>
+      </c>
+      <c r="M19" s="82">
+        <v>1870</v>
+      </c>
+      <c r="N19" s="82">
+        <v>375</v>
+      </c>
+      <c r="O19" s="82">
+        <v>580</v>
+      </c>
+      <c r="P19" s="82">
+        <v>890</v>
+      </c>
+      <c r="Q19" s="82">
+        <v>915</v>
+      </c>
+      <c r="R19" s="82">
+        <v>240</v>
+      </c>
+      <c r="S19" s="82">
+        <v>55</v>
+      </c>
+      <c r="T19" s="82">
+        <v>180</v>
+      </c>
+      <c r="U19" s="82">
+        <v>260</v>
+      </c>
+      <c r="V19" s="82">
+        <v>40</v>
+      </c>
+      <c r="W19" s="82">
+        <v>2120</v>
+      </c>
+      <c r="X19" s="82">
+        <v>2085</v>
+      </c>
+      <c r="Y19" s="82">
+        <v>2335</v>
+      </c>
+      <c r="Z19" s="82">
+        <v>360</v>
+      </c>
+      <c r="AA19" s="84">
+        <v>0.3995703544575725</v>
+      </c>
+      <c r="AB19" s="82">
+        <v>565</v>
+      </c>
+      <c r="AC19" s="82">
+        <v>695</v>
+      </c>
+      <c r="AD19" s="82">
+        <v>695</v>
+      </c>
+      <c r="AE19" s="82">
+        <v>145</v>
+      </c>
+      <c r="AF19" s="84">
+        <v>0.83374689826302728</v>
+      </c>
+      <c r="AG19" s="82">
+        <v>1310</v>
+      </c>
+      <c r="AH19" s="82">
+        <v>1805</v>
+      </c>
+      <c r="AI19" s="82">
+        <v>1785</v>
+      </c>
+      <c r="AJ19" s="82">
+        <v>405</v>
+      </c>
+      <c r="AK19" s="84">
+        <v>0.54729729729729726</v>
+      </c>
+    </row>
+    <row r="20" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B20" s="83" t="s">
+        <v>100</v>
+      </c>
+      <c r="C20" s="82">
+        <v>1785</v>
+      </c>
+      <c r="D20" s="82">
+        <v>1560</v>
+      </c>
+      <c r="E20" s="82">
+        <v>1700</v>
+      </c>
+      <c r="F20" s="82">
+        <v>325</v>
+      </c>
+      <c r="G20" s="82">
+        <v>15</v>
+      </c>
+      <c r="H20" s="82">
+        <v>110</v>
+      </c>
+      <c r="I20" s="82">
+        <v>830</v>
+      </c>
+      <c r="J20" s="82">
+        <v>285</v>
+      </c>
+      <c r="K20" s="82">
+        <v>580</v>
+      </c>
+      <c r="L20" s="82">
+        <v>470</v>
+      </c>
+      <c r="M20" s="82">
+        <v>540</v>
+      </c>
+      <c r="N20" s="82">
+        <v>100</v>
+      </c>
+      <c r="O20" s="82">
+        <v>130</v>
+      </c>
+      <c r="P20" s="82">
+        <v>230</v>
+      </c>
+      <c r="Q20" s="82">
+        <v>240</v>
+      </c>
+      <c r="R20" s="82">
+        <v>60</v>
+      </c>
+      <c r="S20" s="82">
+        <v>20</v>
+      </c>
+      <c r="T20" s="82">
+        <v>45</v>
+      </c>
+      <c r="U20" s="82">
+        <v>55</v>
+      </c>
+      <c r="V20" s="82">
+        <v>5</v>
+      </c>
+      <c r="W20" s="82">
+        <v>525</v>
+      </c>
+      <c r="X20" s="82">
+        <v>550</v>
+      </c>
+      <c r="Y20" s="82">
+        <v>635</v>
+      </c>
+      <c r="Z20" s="82">
+        <v>95</v>
+      </c>
+      <c r="AA20" s="84">
+        <v>0.37959183673469388</v>
+      </c>
+      <c r="AB20" s="82">
+        <v>140</v>
+      </c>
+      <c r="AC20" s="82">
+        <v>165</v>
+      </c>
+      <c r="AD20" s="82">
+        <v>180</v>
+      </c>
+      <c r="AE20" s="82">
+        <v>45</v>
+      </c>
+      <c r="AF20" s="84">
+        <v>0.83168316831683164</v>
+      </c>
+      <c r="AG20" s="82">
+        <v>295</v>
+      </c>
+      <c r="AH20" s="82">
+        <v>450</v>
+      </c>
+      <c r="AI20" s="82">
+        <v>505</v>
+      </c>
+      <c r="AJ20" s="82">
+        <v>110</v>
+      </c>
+      <c r="AK20" s="84">
+        <v>0.50909090909090904</v>
+      </c>
+    </row>
+    <row r="21" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B21" s="83" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" s="82">
+        <v>1630</v>
+      </c>
+      <c r="D21" s="82">
+        <v>1615</v>
+      </c>
+      <c r="E21" s="82">
+        <v>1655</v>
+      </c>
+      <c r="F21" s="82">
+        <v>325</v>
+      </c>
+      <c r="G21" s="82">
+        <v>10</v>
+      </c>
+      <c r="H21" s="82">
+        <v>110</v>
+      </c>
+      <c r="I21" s="82">
+        <v>735</v>
+      </c>
+      <c r="J21" s="82">
+        <v>285</v>
+      </c>
+      <c r="K21" s="82">
+        <v>350</v>
+      </c>
+      <c r="L21" s="82">
+        <v>365</v>
+      </c>
+      <c r="M21" s="82">
+        <v>370</v>
+      </c>
+      <c r="N21" s="82">
+        <v>60</v>
+      </c>
+      <c r="O21" s="82">
+        <v>95</v>
+      </c>
+      <c r="P21" s="82">
+        <v>170</v>
+      </c>
+      <c r="Q21" s="82">
+        <v>190</v>
+      </c>
+      <c r="R21" s="82">
+        <v>55</v>
+      </c>
+      <c r="S21" s="82">
+        <v>15</v>
+      </c>
+      <c r="T21" s="82">
+        <v>30</v>
+      </c>
+      <c r="U21" s="82">
+        <v>40</v>
+      </c>
+      <c r="V21" s="82">
+        <v>5</v>
+      </c>
+      <c r="W21" s="82">
+        <v>380</v>
+      </c>
+      <c r="X21" s="82">
+        <v>515</v>
+      </c>
+      <c r="Y21" s="82">
+        <v>520</v>
+      </c>
+      <c r="Z21" s="82">
+        <v>95</v>
+      </c>
+      <c r="AA21" s="84">
+        <v>0.3127962085308057</v>
+      </c>
+      <c r="AB21" s="82">
+        <v>100</v>
+      </c>
+      <c r="AC21" s="82">
+        <v>130</v>
+      </c>
+      <c r="AD21" s="82">
+        <v>150</v>
+      </c>
+      <c r="AE21" s="82">
+        <v>35</v>
+      </c>
+      <c r="AF21" s="84">
+        <v>0.759493670886076</v>
+      </c>
+      <c r="AG21" s="82">
+        <v>180</v>
+      </c>
+      <c r="AH21" s="82">
+        <v>335</v>
+      </c>
+      <c r="AI21" s="82">
+        <v>360</v>
+      </c>
+      <c r="AJ21" s="82">
+        <v>65</v>
+      </c>
+      <c r="AK21" s="84">
+        <v>0.48299319727891155</v>
+      </c>
+    </row>
+    <row r="22" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B22" s="83" t="s">
+        <v>77</v>
+      </c>
+      <c r="C22" s="82">
+        <v>555</v>
+      </c>
+      <c r="D22" s="82">
+        <v>570</v>
+      </c>
+      <c r="E22" s="82">
+        <v>640</v>
+      </c>
+      <c r="F22" s="82">
+        <v>105</v>
+      </c>
+      <c r="G22" s="82">
+        <v>5</v>
+      </c>
+      <c r="H22" s="82">
+        <v>75</v>
+      </c>
+      <c r="I22" s="82">
+        <v>365</v>
+      </c>
+      <c r="J22" s="82">
+        <v>100</v>
+      </c>
+      <c r="K22" s="82">
+        <v>160</v>
+      </c>
+      <c r="L22" s="82">
+        <v>150</v>
+      </c>
+      <c r="M22" s="82">
+        <v>190</v>
+      </c>
+      <c r="N22" s="82">
+        <v>45</v>
+      </c>
+      <c r="O22" s="82">
+        <v>55</v>
+      </c>
+      <c r="P22" s="82">
+        <v>105</v>
+      </c>
+      <c r="Q22" s="82">
+        <v>90</v>
+      </c>
+      <c r="R22" s="82">
+        <v>20</v>
+      </c>
+      <c r="S22" s="82">
+        <v>5</v>
+      </c>
+      <c r="T22" s="82">
+        <v>15</v>
+      </c>
+      <c r="U22" s="82">
+        <v>10</v>
+      </c>
+      <c r="V22" s="82">
+        <v>5</v>
+      </c>
+      <c r="W22" s="82">
+        <v>135</v>
+      </c>
+      <c r="X22" s="82">
+        <v>205</v>
+      </c>
+      <c r="Y22" s="82">
+        <v>235</v>
+      </c>
+      <c r="Z22" s="82">
+        <v>30</v>
+      </c>
+      <c r="AA22" s="84">
+        <v>0.34285714285714286</v>
+      </c>
+      <c r="AB22" s="82">
+        <v>70</v>
+      </c>
+      <c r="AC22" s="82">
+        <v>90</v>
+      </c>
+      <c r="AD22" s="82">
+        <v>110</v>
+      </c>
+      <c r="AE22" s="82">
+        <v>15</v>
+      </c>
+      <c r="AF22" s="84">
+        <v>0.83333333333333337</v>
+      </c>
+      <c r="AG22" s="82">
+        <v>90</v>
+      </c>
+      <c r="AH22" s="82">
+        <v>150</v>
+      </c>
+      <c r="AI22" s="82">
+        <v>180</v>
+      </c>
+      <c r="AJ22" s="82">
+        <v>55</v>
+      </c>
+      <c r="AK22" s="84">
+        <v>0.52307692307692311</v>
+      </c>
+    </row>
+    <row r="23" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B23" s="83" t="s">
+        <v>65</v>
+      </c>
+      <c r="C23" s="82">
+        <v>3850</v>
+      </c>
+      <c r="D23" s="82">
+        <v>2770</v>
+      </c>
+      <c r="E23" s="82">
+        <v>3365</v>
+      </c>
+      <c r="F23" s="82">
+        <v>735</v>
+      </c>
+      <c r="G23" s="82">
+        <v>30</v>
+      </c>
+      <c r="H23" s="82">
+        <v>255</v>
+      </c>
+      <c r="I23" s="82">
+        <v>1705</v>
+      </c>
+      <c r="J23" s="82">
+        <v>645</v>
+      </c>
+      <c r="K23" s="82">
+        <v>1425</v>
+      </c>
+      <c r="L23" s="82">
+        <v>760</v>
+      </c>
+      <c r="M23" s="82">
+        <v>930</v>
+      </c>
+      <c r="N23" s="82">
+        <v>235</v>
+      </c>
+      <c r="O23" s="82">
+        <v>380</v>
+      </c>
+      <c r="P23" s="82">
+        <v>510</v>
+      </c>
+      <c r="Q23" s="82">
+        <v>570</v>
+      </c>
+      <c r="R23" s="82">
+        <v>145</v>
+      </c>
+      <c r="S23" s="82">
+        <v>35</v>
+      </c>
+      <c r="T23" s="82">
+        <v>100</v>
+      </c>
+      <c r="U23" s="82">
+        <v>155</v>
+      </c>
+      <c r="V23" s="82">
+        <v>30</v>
+      </c>
+      <c r="W23" s="82">
+        <v>1440</v>
+      </c>
+      <c r="X23" s="82">
+        <v>1350</v>
+      </c>
+      <c r="Y23" s="82">
+        <v>1635</v>
+      </c>
+      <c r="Z23" s="82">
+        <v>245</v>
+      </c>
+      <c r="AA23" s="84">
+        <v>0.40589198036006546</v>
+      </c>
+      <c r="AB23" s="82">
+        <v>335</v>
+      </c>
+      <c r="AC23" s="82">
+        <v>345</v>
+      </c>
+      <c r="AD23" s="82">
+        <v>405</v>
+      </c>
+      <c r="AE23" s="82">
+        <v>105</v>
+      </c>
+      <c r="AF23" s="84">
+        <v>0.80349344978165937</v>
+      </c>
+      <c r="AG23" s="82">
+        <v>795</v>
+      </c>
+      <c r="AH23" s="82">
+        <v>735</v>
+      </c>
+      <c r="AI23" s="82">
+        <v>885</v>
+      </c>
+      <c r="AJ23" s="82">
+        <v>240</v>
+      </c>
+      <c r="AK23" s="84">
+        <v>0.55849889624724058</v>
+      </c>
+    </row>
+    <row r="24" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B24" s="83" t="s">
+        <v>102</v>
+      </c>
+      <c r="C24" s="82">
+        <v>3680</v>
+      </c>
+      <c r="D24" s="82">
+        <v>3070</v>
+      </c>
+      <c r="E24" s="82">
+        <v>3305</v>
+      </c>
+      <c r="F24" s="82">
+        <v>600</v>
+      </c>
+      <c r="G24" s="82">
+        <v>40</v>
+      </c>
+      <c r="H24" s="82">
+        <v>250</v>
+      </c>
+      <c r="I24" s="82">
+        <v>1740</v>
+      </c>
+      <c r="J24" s="82">
+        <v>520</v>
+      </c>
+      <c r="K24" s="82">
+        <v>1300</v>
+      </c>
+      <c r="L24" s="82">
+        <v>1015</v>
+      </c>
+      <c r="M24" s="82">
+        <v>995</v>
+      </c>
+      <c r="N24" s="82">
+        <v>185</v>
+      </c>
+      <c r="O24" s="82">
+        <v>295</v>
+      </c>
+      <c r="P24" s="82">
+        <v>510</v>
+      </c>
+      <c r="Q24" s="82">
+        <v>475</v>
+      </c>
+      <c r="R24" s="82">
+        <v>120</v>
+      </c>
+      <c r="S24" s="82">
+        <v>25</v>
+      </c>
+      <c r="T24" s="82">
+        <v>85</v>
+      </c>
+      <c r="U24" s="82">
+        <v>150</v>
+      </c>
+      <c r="V24" s="82">
+        <v>25</v>
+      </c>
+      <c r="W24" s="82">
+        <v>1135</v>
+      </c>
+      <c r="X24" s="82">
+        <v>1130</v>
+      </c>
+      <c r="Y24" s="82">
+        <v>1300</v>
+      </c>
+      <c r="Z24" s="82">
+        <v>230</v>
+      </c>
+      <c r="AA24" s="84">
+        <v>0.36738703339882123</v>
+      </c>
+      <c r="AB24" s="82">
+        <v>330</v>
+      </c>
+      <c r="AC24" s="82">
+        <v>360</v>
+      </c>
+      <c r="AD24" s="82">
+        <v>415</v>
+      </c>
+      <c r="AE24" s="82">
+        <v>90</v>
+      </c>
+      <c r="AF24" s="84">
+        <v>0.8441558441558441</v>
+      </c>
+      <c r="AG24" s="82">
+        <v>685</v>
+      </c>
+      <c r="AH24" s="82">
+        <v>990</v>
+      </c>
+      <c r="AI24" s="82">
+        <v>955</v>
+      </c>
+      <c r="AJ24" s="82">
+        <v>200</v>
+      </c>
+      <c r="AK24" s="84">
+        <v>0.5220125786163522</v>
+      </c>
+    </row>
+    <row r="25" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B25" s="83" t="s">
+        <v>103</v>
+      </c>
+      <c r="C25" s="82">
+        <v>870</v>
+      </c>
+      <c r="D25" s="82">
+        <v>845</v>
+      </c>
+      <c r="E25" s="82">
+        <v>730</v>
+      </c>
+      <c r="F25" s="82">
+        <v>150</v>
+      </c>
+      <c r="G25" s="82">
+        <v>10</v>
+      </c>
+      <c r="H25" s="82">
+        <v>70</v>
+      </c>
+      <c r="I25" s="82">
+        <v>335</v>
+      </c>
+      <c r="J25" s="82">
+        <v>125</v>
+      </c>
+      <c r="K25" s="82">
+        <v>210</v>
+      </c>
+      <c r="L25" s="82">
+        <v>205</v>
+      </c>
+      <c r="M25" s="82">
+        <v>175</v>
+      </c>
+      <c r="N25" s="82">
+        <v>40</v>
+      </c>
+      <c r="O25" s="82">
+        <v>50</v>
+      </c>
+      <c r="P25" s="82">
+        <v>110</v>
+      </c>
+      <c r="Q25" s="82">
+        <v>95</v>
+      </c>
+      <c r="R25" s="82">
+        <v>20</v>
+      </c>
+      <c r="S25" s="82">
+        <v>5</v>
+      </c>
+      <c r="T25" s="82">
+        <v>10</v>
+      </c>
+      <c r="U25" s="82">
+        <v>25</v>
+      </c>
+      <c r="V25" s="82">
+        <v>5</v>
+      </c>
+      <c r="W25" s="82">
+        <v>215</v>
+      </c>
+      <c r="X25" s="82">
+        <v>270</v>
+      </c>
+      <c r="Y25" s="82">
+        <v>265</v>
+      </c>
+      <c r="Z25" s="82">
+        <v>50</v>
+      </c>
+      <c r="AA25" s="84">
+        <v>0.29729729729729731</v>
+      </c>
+      <c r="AB25" s="82">
+        <v>45</v>
+      </c>
+      <c r="AC25" s="82">
+        <v>95</v>
+      </c>
+      <c r="AD25" s="82">
+        <v>85</v>
+      </c>
+      <c r="AE25" s="82">
+        <v>10</v>
+      </c>
+      <c r="AF25" s="84">
+        <v>0.80434782608695654</v>
+      </c>
+      <c r="AG25" s="82">
+        <v>110</v>
+      </c>
+      <c r="AH25" s="82">
+        <v>185</v>
+      </c>
+      <c r="AI25" s="82">
+        <v>170</v>
+      </c>
+      <c r="AJ25" s="82">
+        <v>40</v>
+      </c>
+      <c r="AK25" s="84">
+        <v>0.49411764705882399</v>
+      </c>
+    </row>
+    <row r="26" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B26" s="83" t="s">
+        <v>104</v>
+      </c>
+      <c r="C26" s="82">
+        <v>11230</v>
+      </c>
+      <c r="D26" s="82">
+        <v>6595</v>
+      </c>
+      <c r="E26" s="82">
+        <v>6265</v>
+      </c>
+      <c r="F26" s="82">
+        <v>315</v>
+      </c>
+      <c r="G26" s="82">
+        <v>35</v>
+      </c>
+      <c r="H26" s="82">
+        <v>475</v>
+      </c>
+      <c r="I26" s="82">
+        <v>5465</v>
+      </c>
+      <c r="J26" s="82">
+        <v>315</v>
+      </c>
+      <c r="K26" s="82">
+        <v>9815</v>
+      </c>
+      <c r="L26" s="82">
+        <v>6545</v>
+      </c>
+      <c r="M26" s="82">
+        <v>6785</v>
+      </c>
+      <c r="N26" s="82">
+        <v>1165</v>
+      </c>
+      <c r="O26" s="82">
+        <v>1025</v>
+      </c>
+      <c r="P26" s="82">
+        <v>1615</v>
+      </c>
+      <c r="Q26" s="82">
+        <v>1400</v>
+      </c>
+      <c r="R26" s="82">
+        <v>170</v>
+      </c>
+      <c r="S26" s="82">
+        <v>90</v>
+      </c>
+      <c r="T26" s="82">
+        <v>220</v>
+      </c>
+      <c r="U26" s="82">
+        <v>285</v>
+      </c>
+      <c r="V26" s="82">
+        <v>30</v>
+      </c>
+      <c r="W26" s="82">
+        <v>4455</v>
+      </c>
+      <c r="X26" s="82">
+        <v>4280</v>
+      </c>
+      <c r="Y26" s="82">
+        <v>4340</v>
+      </c>
+      <c r="Z26" s="82">
+        <v>225</v>
+      </c>
+      <c r="AA26" s="84">
+        <v>0.62507392075694856</v>
+      </c>
+      <c r="AB26" s="82">
+        <v>520</v>
+      </c>
+      <c r="AC26" s="82">
+        <v>650</v>
+      </c>
+      <c r="AD26" s="82">
+        <v>555</v>
+      </c>
+      <c r="AE26" s="82">
+        <v>30</v>
+      </c>
+      <c r="AF26" s="84">
+        <v>0.83582089552238803</v>
+      </c>
+      <c r="AG26" s="82">
+        <v>5005</v>
+      </c>
+      <c r="AH26" s="82">
+        <v>6540</v>
+      </c>
+      <c r="AI26" s="82">
+        <v>6720</v>
+      </c>
+      <c r="AJ26" s="82">
+        <v>1505</v>
+      </c>
+      <c r="AK26" s="84">
+        <v>0.59105248064238602</v>
+      </c>
+    </row>
+    <row r="27" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B27" s="83" t="s">
+        <v>105</v>
+      </c>
+      <c r="C27" s="82">
+        <v>14820</v>
+      </c>
+      <c r="D27" s="82">
+        <v>13635</v>
+      </c>
+      <c r="E27" s="82">
+        <v>16230</v>
+      </c>
+      <c r="F27" s="82">
+        <v>3690</v>
+      </c>
+      <c r="G27" s="82">
+        <v>115</v>
+      </c>
+      <c r="H27" s="82">
+        <v>1115</v>
+      </c>
+      <c r="I27" s="82">
+        <v>8220</v>
+      </c>
+      <c r="J27" s="82">
+        <v>3225</v>
+      </c>
+      <c r="K27" s="82">
+        <v>3950</v>
+      </c>
+      <c r="L27" s="82">
+        <v>4135</v>
+      </c>
+      <c r="M27" s="82">
+        <v>4430</v>
+      </c>
+      <c r="N27" s="82">
+        <v>1205</v>
+      </c>
+      <c r="O27" s="82">
+        <v>1830</v>
+      </c>
+      <c r="P27" s="82">
+        <v>2815</v>
+      </c>
+      <c r="Q27" s="82">
+        <v>2925</v>
+      </c>
+      <c r="R27" s="82">
+        <v>710</v>
+      </c>
+      <c r="S27" s="82">
+        <v>175</v>
+      </c>
+      <c r="T27" s="82">
+        <v>495</v>
+      </c>
+      <c r="U27" s="82">
+        <v>810</v>
+      </c>
+      <c r="V27" s="82">
+        <v>150</v>
+      </c>
+      <c r="W27" s="82">
+        <v>6915</v>
+      </c>
+      <c r="X27" s="82">
+        <v>7255</v>
+      </c>
+      <c r="Y27" s="82">
+        <v>8215</v>
+      </c>
+      <c r="Z27" s="82">
+        <v>1305</v>
+      </c>
+      <c r="AA27" s="84">
+        <v>0.43419788664745435</v>
+      </c>
+      <c r="AB27" s="82">
+        <v>1705</v>
+      </c>
+      <c r="AC27" s="82">
+        <v>1985</v>
+      </c>
+      <c r="AD27" s="82">
+        <v>2185</v>
+      </c>
+      <c r="AE27" s="82">
+        <v>575</v>
+      </c>
+      <c r="AF27" s="84">
+        <v>0.83951612903225803</v>
+      </c>
+      <c r="AG27" s="82">
+        <v>2720</v>
+      </c>
+      <c r="AH27" s="82">
+        <v>3920</v>
+      </c>
+      <c r="AI27" s="82">
+        <v>4160</v>
+      </c>
+      <c r="AJ27" s="82">
+        <v>1240</v>
+      </c>
+      <c r="AK27" s="84">
+        <v>0.63091671659676452</v>
+      </c>
+    </row>
+    <row r="28" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B28" s="92" t="s">
+        <v>106</v>
+      </c>
+      <c r="C28" s="88">
+        <v>26005</v>
+      </c>
+      <c r="D28" s="88">
+        <v>21720</v>
+      </c>
+      <c r="E28" s="88">
+        <v>23390</v>
+      </c>
+      <c r="F28" s="88">
+        <v>4495</v>
+      </c>
+      <c r="G28" s="88">
+        <v>190</v>
+      </c>
+      <c r="H28" s="88">
+        <v>1915</v>
+      </c>
+      <c r="I28" s="88">
+        <v>12930</v>
+      </c>
+      <c r="J28" s="88">
+        <v>3930</v>
+      </c>
+      <c r="K28" s="88">
+        <v>11245</v>
+      </c>
+      <c r="L28" s="88">
+        <v>8410</v>
+      </c>
+      <c r="M28" s="88">
+        <v>8745</v>
+      </c>
+      <c r="N28" s="88">
+        <v>1760</v>
+      </c>
+      <c r="O28" s="88">
+        <v>2295</v>
+      </c>
+      <c r="P28" s="88">
+        <v>3650</v>
+      </c>
+      <c r="Q28" s="88">
+        <v>3685</v>
+      </c>
+      <c r="R28" s="88">
+        <v>890</v>
+      </c>
+      <c r="S28" s="88">
+        <v>315</v>
+      </c>
+      <c r="T28" s="88">
+        <v>845</v>
+      </c>
+      <c r="U28" s="88">
+        <v>1215</v>
+      </c>
+      <c r="V28" s="88">
+        <v>225</v>
+      </c>
+      <c r="W28" s="88">
+        <v>8350</v>
+      </c>
+      <c r="X28" s="88">
+        <v>9090</v>
+      </c>
+      <c r="Y28" s="88">
+        <v>9875</v>
+      </c>
+      <c r="Z28" s="88">
+        <v>1565</v>
+      </c>
+      <c r="AA28" s="93">
+        <v>0.43879968412740195</v>
+      </c>
+      <c r="AB28" s="88">
+        <v>2025</v>
+      </c>
+      <c r="AC28" s="88">
+        <v>2505</v>
+      </c>
+      <c r="AD28" s="88">
+        <v>2640</v>
+      </c>
+      <c r="AE28" s="88">
+        <v>685</v>
+      </c>
+      <c r="AF28" s="93">
+        <v>0.83896620278330025</v>
+      </c>
+      <c r="AG28" s="88">
+        <v>5775</v>
+      </c>
+      <c r="AH28" s="88">
+        <v>8030</v>
+      </c>
+      <c r="AI28" s="88">
+        <v>8390</v>
+      </c>
+      <c r="AJ28" s="88">
+        <v>1905</v>
+      </c>
+      <c r="AK28" s="93">
+        <v>0.57520823125918663</v>
+      </c>
+    </row>
+    <row r="29" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B29" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="C29" s="79"/>
+      <c r="D29" s="79"/>
+      <c r="E29" s="79"/>
+      <c r="F29" s="79"/>
+      <c r="G29" s="79"/>
+      <c r="H29" s="79"/>
+      <c r="I29" s="79"/>
+      <c r="J29" s="79"/>
+      <c r="K29" s="79"/>
+      <c r="L29" s="79"/>
+      <c r="M29" s="79"/>
+      <c r="N29" s="79"/>
+      <c r="O29" s="80"/>
+      <c r="P29" s="79"/>
+      <c r="Q29" s="79"/>
+      <c r="R29" s="80"/>
+      <c r="S29" s="79"/>
+      <c r="T29" s="79"/>
+      <c r="U29" s="80"/>
+    </row>
+    <row r="30" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B30" s="34" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="31" spans="2:37" x14ac:dyDescent="0.25">
+      <c r="B31" s="34" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="32" spans="2:37" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="34" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="33" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="D33" s="79"/>
+      <c r="E33" s="79"/>
+      <c r="F33" s="79"/>
+      <c r="G33" s="79"/>
+    </row>
+    <row r="34" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="D34" s="79"/>
+      <c r="E34" s="79"/>
+      <c r="F34" s="79"/>
+      <c r="G34" s="79"/>
+    </row>
+    <row r="35" spans="2:12" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="39"/>
+      <c r="C35" s="39"/>
+      <c r="D35" s="39"/>
+    </row>
+    <row r="36" spans="2:12" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="134"/>
+      <c r="C36" s="134"/>
+      <c r="D36" s="134"/>
+      <c r="I36" s="40" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="37" spans="2:12" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B37" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C37" s="14"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="14"/>
+      <c r="F37" s="14"/>
+      <c r="G37" s="14"/>
+      <c r="H37" s="14"/>
+    </row>
+    <row r="38" spans="2:12" s="2" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="106" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" s="106"/>
+      <c r="D38" s="106"/>
+      <c r="E38" s="106"/>
+      <c r="F38" s="106"/>
+      <c r="G38" s="106"/>
+      <c r="H38" s="106"/>
+      <c r="I38" s="106"/>
+      <c r="J38" s="106"/>
+      <c r="K38" s="106"/>
+      <c r="L38" s="106"/>
+    </row>
+    <row r="39" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B39" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="16"/>
+      <c r="D39" s="16"/>
+      <c r="E39" s="16"/>
+      <c r="F39" s="16"/>
+      <c r="G39" s="16"/>
+      <c r="H39" s="16"/>
+    </row>
+    <row r="40" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="15"/>
+      <c r="C40" s="16"/>
+      <c r="D40" s="16"/>
+      <c r="E40" s="16"/>
+      <c r="F40" s="16"/>
+      <c r="G40" s="16"/>
+      <c r="H40" s="16"/>
+    </row>
+    <row r="41" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B41" s="17" t="s">
+        <v>15</v>
+      </c>
+      <c r="C41" s="16"/>
+      <c r="D41" s="16"/>
+      <c r="E41" s="16"/>
+      <c r="F41" s="16"/>
+      <c r="G41" s="16"/>
+      <c r="H41" s="16"/>
+    </row>
+    <row r="42" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E42" s="18"/>
+      <c r="F42" s="18"/>
+      <c r="G42" s="18"/>
+    </row>
+    <row r="43" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C43" s="18"/>
+      <c r="E43" s="18"/>
+      <c r="F43" s="18"/>
+      <c r="G43" s="18"/>
+    </row>
+    <row r="44" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="45" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B45" s="19" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="15">
+    <mergeCell ref="AF13:AF14"/>
+    <mergeCell ref="AG13:AJ13"/>
+    <mergeCell ref="AK13:AK14"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="O13:R13"/>
+    <mergeCell ref="S13:V13"/>
+    <mergeCell ref="W13:Z13"/>
+    <mergeCell ref="AA13:AA14"/>
+    <mergeCell ref="AB13:AE13"/>
+    <mergeCell ref="B38:L38"/>
+    <mergeCell ref="B13:B14"/>
+    <mergeCell ref="C13:F13"/>
+    <mergeCell ref="G13:J13"/>
+    <mergeCell ref="K13:N13"/>
+  </mergeCells>
+  <conditionalFormatting sqref="A8:XFD10">
+    <cfRule type="containsText" dxfId="2" priority="3" operator="containsText" text="TRUE">
+      <formula>NOT(ISERROR(SEARCH("TRUE",A8)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <hyperlinks>
+    <hyperlink ref="B43" r:id="rId1" display="For further information, please contact data@dss.gov.au" xr:uid="{AF303C9D-E024-4ADD-B4D8-5D07E3CE8D31}"/>
+    <hyperlink ref="B45" r:id="rId2" xr:uid="{2CD5AA03-AE11-445E-90E6-353DAF3DBE62}"/>
+    <hyperlink ref="B39" r:id="rId3" xr:uid="{C2F7AC53-D650-41FA-A34F-1ED352E59EC0}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId4"/>
+  <drawing r:id="rId5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38070CDD-6625-4188-9A69-7D9BFB42683E}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AD82"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.42578125" style="2" customWidth="1"/>
     <col min="3" max="3" width="25.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" style="2" customWidth="1"/>
     <col min="5" max="5" width="26.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="24" width="25.5703125" style="2" customWidth="1"/>
     <col min="25" max="25" width="27.28515625" style="2" customWidth="1"/>
     <col min="26" max="29" width="25.5703125" style="2" customWidth="1"/>
     <col min="30" max="16384" width="8.5703125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
     </row>
     <row r="2" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="J2" s="31"/>
     </row>
     <row r="3" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
@@ -4758,1015 +6690,1015 @@
       <c r="N10" s="28"/>
       <c r="O10" s="28"/>
       <c r="P10" s="28"/>
     </row>
     <row r="11" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="44" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="34"/>
       <c r="D11" s="34"/>
       <c r="E11" s="34"/>
       <c r="F11" s="29"/>
       <c r="G11" s="29"/>
       <c r="H11" s="28"/>
       <c r="I11" s="28"/>
       <c r="J11" s="29"/>
       <c r="K11" s="29"/>
       <c r="L11" s="28"/>
       <c r="M11" s="28"/>
       <c r="N11" s="29"/>
       <c r="O11" s="29"/>
       <c r="P11" s="27"/>
     </row>
     <row r="12" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C12" s="34"/>
       <c r="D12" s="34"/>
       <c r="E12" s="34"/>
       <c r="F12" s="29"/>
       <c r="G12" s="29"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="29"/>
       <c r="K12" s="29"/>
       <c r="L12" s="28"/>
       <c r="M12" s="28"/>
       <c r="N12" s="29"/>
       <c r="O12" s="29"/>
       <c r="P12" s="27"/>
     </row>
     <row r="13" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="34"/>
       <c r="B13" s="85" t="s">
         <v>43</v>
       </c>
-      <c r="C13" s="125" t="s">
-[...34 lines deleted...]
-      <c r="Z13" s="127"/>
+      <c r="C13" s="127" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" s="128"/>
+      <c r="E13" s="128"/>
+      <c r="F13" s="129"/>
+      <c r="G13" s="127" t="s">
+        <v>112</v>
+      </c>
+      <c r="H13" s="128"/>
+      <c r="I13" s="128"/>
+      <c r="J13" s="129"/>
+      <c r="K13" s="127" t="s">
+        <v>113</v>
+      </c>
+      <c r="L13" s="128"/>
+      <c r="M13" s="128"/>
+      <c r="N13" s="129"/>
+      <c r="O13" s="127" t="s">
+        <v>87</v>
+      </c>
+      <c r="P13" s="128"/>
+      <c r="Q13" s="128"/>
+      <c r="R13" s="129"/>
+      <c r="S13" s="127" t="s">
+        <v>90</v>
+      </c>
+      <c r="T13" s="128"/>
+      <c r="U13" s="128"/>
+      <c r="V13" s="129"/>
+      <c r="W13" s="127" t="s">
+        <v>91</v>
+      </c>
+      <c r="X13" s="128"/>
+      <c r="Y13" s="128"/>
+      <c r="Z13" s="129"/>
       <c r="AA13" s="34"/>
       <c r="AB13" s="34"/>
       <c r="AC13" s="34"/>
       <c r="AD13" s="34"/>
     </row>
     <row r="14" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="34"/>
       <c r="B14" s="85"/>
       <c r="C14" s="86" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="D14" s="86" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="E14" s="86" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="F14" s="86" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="G14" s="86" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="H14" s="86" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="I14" s="86" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="J14" s="86" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="K14" s="87" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="L14" s="87" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="M14" s="86" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="N14" s="86" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="O14" s="87" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="P14" s="87" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="Q14" s="86" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="R14" s="87" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="S14" s="87" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="T14" s="87" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="U14" s="86" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="V14" s="86" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="W14" s="87" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="X14" s="87" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="Y14" s="86" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="Z14" s="86" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="AA14" s="34"/>
       <c r="AB14" s="34"/>
       <c r="AC14" s="34"/>
       <c r="AD14" s="34"/>
     </row>
     <row r="15" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="34"/>
       <c r="B15" s="85"/>
       <c r="C15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="D15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="E15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="F15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="G15" s="87" t="s">
-        <v>92</v>
+        <v>115</v>
       </c>
       <c r="H15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="I15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="J15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="K15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="L15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="M15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="N15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="O15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="P15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="Q15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="R15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="S15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="T15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="U15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="V15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="W15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="X15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="Y15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="Z15" s="87" t="s">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="AA15" s="34"/>
       <c r="AB15" s="34"/>
       <c r="AC15" s="34"/>
       <c r="AD15" s="34"/>
     </row>
     <row r="16" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="34"/>
       <c r="B16" s="81" t="s">
-        <v>93</v>
+        <v>116</v>
       </c>
       <c r="C16" s="82">
         <v>145</v>
       </c>
       <c r="D16" s="82">
         <v>105</v>
       </c>
       <c r="E16" s="82">
         <v>130</v>
       </c>
       <c r="F16" s="82">
         <v>10</v>
       </c>
       <c r="G16" s="82">
         <v>100</v>
       </c>
       <c r="H16" s="82">
         <v>100</v>
       </c>
       <c r="I16" s="82">
         <v>115</v>
       </c>
       <c r="J16" s="82">
         <v>15</v>
       </c>
       <c r="K16" s="82">
         <v>30</v>
       </c>
       <c r="L16" s="82">
         <v>45</v>
       </c>
       <c r="M16" s="82">
         <v>65</v>
       </c>
       <c r="N16" s="82">
         <v>15</v>
       </c>
       <c r="O16" s="82">
         <v>5</v>
       </c>
       <c r="P16" s="82">
         <v>10</v>
       </c>
       <c r="Q16" s="82">
         <v>30</v>
       </c>
       <c r="R16" s="82">
         <v>5</v>
       </c>
       <c r="S16" s="82">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="T16" s="82">
-        <v>95</v>
+        <v>30</v>
       </c>
       <c r="U16" s="82">
-        <v>125</v>
+        <v>80</v>
       </c>
       <c r="V16" s="82">
         <v>20</v>
       </c>
       <c r="W16" s="82">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="X16" s="82">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="Y16" s="82">
-        <v>80</v>
+        <v>125</v>
       </c>
       <c r="Z16" s="82">
         <v>20</v>
       </c>
       <c r="AA16" s="34"/>
       <c r="AB16" s="34"/>
       <c r="AC16" s="34"/>
       <c r="AD16" s="34"/>
     </row>
     <row r="17" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="34"/>
       <c r="B17" s="81" t="s">
-        <v>94</v>
+        <v>117</v>
       </c>
       <c r="C17" s="82">
         <v>2280</v>
       </c>
       <c r="D17" s="82">
         <v>2460</v>
       </c>
       <c r="E17" s="82">
         <v>2520</v>
       </c>
       <c r="F17" s="82">
         <v>400</v>
       </c>
       <c r="G17" s="82">
         <v>2970</v>
       </c>
       <c r="H17" s="82">
         <v>2200</v>
       </c>
       <c r="I17" s="82">
         <v>2465</v>
       </c>
       <c r="J17" s="82">
         <v>540</v>
       </c>
       <c r="K17" s="82">
         <v>630</v>
       </c>
       <c r="L17" s="82">
         <v>1025</v>
       </c>
       <c r="M17" s="82">
         <v>1155</v>
       </c>
       <c r="N17" s="82">
         <v>335</v>
       </c>
       <c r="O17" s="82">
         <v>70</v>
       </c>
       <c r="P17" s="82">
         <v>250</v>
       </c>
       <c r="Q17" s="82">
         <v>390</v>
       </c>
       <c r="R17" s="82">
         <v>75</v>
       </c>
       <c r="S17" s="82">
+        <v>650</v>
+      </c>
+      <c r="T17" s="82">
+        <v>735</v>
+      </c>
+      <c r="U17" s="82">
+        <v>805</v>
+      </c>
+      <c r="V17" s="82">
+        <v>200</v>
+      </c>
+      <c r="W17" s="82">
         <v>1440</v>
       </c>
-      <c r="T17" s="82">
+      <c r="X17" s="82">
         <v>2005</v>
       </c>
-      <c r="U17" s="82">
+      <c r="Y17" s="82">
         <v>2250</v>
       </c>
-      <c r="V17" s="82">
+      <c r="Z17" s="82">
         <v>570</v>
-      </c>
-[...10 lines deleted...]
-        <v>200</v>
       </c>
       <c r="AA17" s="34"/>
       <c r="AB17" s="34"/>
       <c r="AC17" s="34"/>
       <c r="AD17" s="34"/>
     </row>
     <row r="18" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="34"/>
       <c r="B18" s="81" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="C18" s="82">
         <v>40</v>
       </c>
       <c r="D18" s="82">
         <v>15</v>
       </c>
       <c r="E18" s="82">
         <v>20</v>
       </c>
       <c r="F18" s="82">
         <v>5</v>
       </c>
       <c r="G18" s="82">
         <v>60</v>
       </c>
       <c r="H18" s="82">
         <v>25</v>
       </c>
       <c r="I18" s="82">
         <v>30</v>
       </c>
       <c r="J18" s="82">
         <v>5</v>
       </c>
       <c r="K18" s="82">
         <v>35</v>
       </c>
       <c r="L18" s="82">
         <v>30</v>
       </c>
       <c r="M18" s="82">
         <v>10</v>
       </c>
       <c r="N18" s="82">
         <v>5</v>
       </c>
       <c r="O18" s="82">
         <v>10</v>
       </c>
       <c r="P18" s="82">
         <v>10</v>
       </c>
       <c r="Q18" s="82">
         <v>5</v>
       </c>
       <c r="R18" s="82">
         <v>0</v>
       </c>
       <c r="S18" s="82">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="T18" s="82">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="U18" s="82">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="V18" s="82">
         <v>5</v>
       </c>
       <c r="W18" s="82">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="X18" s="82">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="Y18" s="82">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="Z18" s="82">
         <v>5</v>
       </c>
       <c r="AA18" s="34"/>
       <c r="AB18" s="34"/>
       <c r="AC18" s="34"/>
       <c r="AD18" s="34"/>
     </row>
     <row r="19" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="34"/>
       <c r="B19" s="81" t="s">
-        <v>96</v>
+        <v>119</v>
       </c>
       <c r="C19" s="82">
         <v>1730</v>
       </c>
       <c r="D19" s="82">
         <v>1710</v>
       </c>
       <c r="E19" s="82">
         <v>1925</v>
       </c>
       <c r="F19" s="82">
         <v>310</v>
       </c>
       <c r="G19" s="82">
         <v>3105</v>
       </c>
       <c r="H19" s="82">
         <v>2290</v>
       </c>
       <c r="I19" s="82">
         <v>2215</v>
       </c>
       <c r="J19" s="82">
         <v>415</v>
       </c>
       <c r="K19" s="82">
         <v>725</v>
       </c>
       <c r="L19" s="82">
         <v>930</v>
       </c>
       <c r="M19" s="82">
         <v>865</v>
       </c>
       <c r="N19" s="82">
         <v>190</v>
       </c>
       <c r="O19" s="82">
         <v>95</v>
       </c>
       <c r="P19" s="82">
         <v>200</v>
       </c>
       <c r="Q19" s="82">
         <v>285</v>
       </c>
       <c r="R19" s="82">
         <v>45</v>
       </c>
       <c r="S19" s="82">
+        <v>530</v>
+      </c>
+      <c r="T19" s="82">
+        <v>645</v>
+      </c>
+      <c r="U19" s="82">
+        <v>595</v>
+      </c>
+      <c r="V19" s="82">
+        <v>180</v>
+      </c>
+      <c r="W19" s="82">
         <v>1700</v>
       </c>
-      <c r="T19" s="82">
+      <c r="X19" s="82">
         <v>2270</v>
       </c>
-      <c r="U19" s="82">
+      <c r="Y19" s="82">
         <v>2225</v>
       </c>
-      <c r="V19" s="82">
+      <c r="Z19" s="82">
         <v>470</v>
-      </c>
-[...10 lines deleted...]
-        <v>180</v>
       </c>
       <c r="AA19" s="34"/>
       <c r="AB19" s="34"/>
       <c r="AC19" s="34"/>
       <c r="AD19" s="34"/>
     </row>
     <row r="20" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="34"/>
       <c r="B20" s="81" t="s">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="C20" s="82">
         <v>860</v>
       </c>
       <c r="D20" s="82">
         <v>1060</v>
       </c>
       <c r="E20" s="82">
         <v>985</v>
       </c>
       <c r="F20" s="82">
         <v>180</v>
       </c>
       <c r="G20" s="82">
         <v>880</v>
       </c>
       <c r="H20" s="82">
         <v>890</v>
       </c>
       <c r="I20" s="82">
         <v>830</v>
       </c>
       <c r="J20" s="82">
         <v>150</v>
       </c>
       <c r="K20" s="82">
         <v>250</v>
       </c>
       <c r="L20" s="82">
         <v>375</v>
       </c>
       <c r="M20" s="82">
         <v>285</v>
       </c>
       <c r="N20" s="82">
         <v>75</v>
       </c>
       <c r="O20" s="82">
         <v>60</v>
       </c>
       <c r="P20" s="82">
         <v>125</v>
       </c>
       <c r="Q20" s="82">
         <v>120</v>
       </c>
       <c r="R20" s="82">
         <v>35</v>
       </c>
       <c r="S20" s="82">
+        <v>170</v>
+      </c>
+      <c r="T20" s="82">
+        <v>250</v>
+      </c>
+      <c r="U20" s="82">
+        <v>210</v>
+      </c>
+      <c r="V20" s="82">
+        <v>70</v>
+      </c>
+      <c r="W20" s="82">
         <v>455</v>
       </c>
-      <c r="T20" s="82">
+      <c r="X20" s="82">
         <v>840</v>
       </c>
-      <c r="U20" s="82">
+      <c r="Y20" s="82">
         <v>765</v>
       </c>
-      <c r="V20" s="82">
+      <c r="Z20" s="82">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="AA20" s="34"/>
       <c r="AB20" s="34"/>
       <c r="AC20" s="34"/>
       <c r="AD20" s="34"/>
     </row>
     <row r="21" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="34"/>
       <c r="B21" s="81" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="C21" s="82">
         <v>310</v>
       </c>
       <c r="D21" s="82">
         <v>225</v>
       </c>
       <c r="E21" s="82">
         <v>285</v>
       </c>
       <c r="F21" s="82">
         <v>40</v>
       </c>
       <c r="G21" s="82">
         <v>410</v>
       </c>
       <c r="H21" s="82">
         <v>210</v>
       </c>
       <c r="I21" s="82">
         <v>240</v>
       </c>
       <c r="J21" s="82">
         <v>40</v>
       </c>
       <c r="K21" s="82">
         <v>50</v>
       </c>
       <c r="L21" s="82">
         <v>115</v>
       </c>
       <c r="M21" s="82">
         <v>95</v>
       </c>
       <c r="N21" s="82">
         <v>20</v>
       </c>
       <c r="O21" s="82">
         <v>15</v>
       </c>
       <c r="P21" s="82">
         <v>35</v>
       </c>
       <c r="Q21" s="82">
         <v>20</v>
       </c>
       <c r="R21" s="82">
         <v>5</v>
       </c>
       <c r="S21" s="82">
+        <v>25</v>
+      </c>
+      <c r="T21" s="82">
+        <v>35</v>
+      </c>
+      <c r="U21" s="82">
+        <v>45</v>
+      </c>
+      <c r="V21" s="82">
+        <v>5</v>
+      </c>
+      <c r="W21" s="82">
         <v>210</v>
       </c>
-      <c r="T21" s="82">
+      <c r="X21" s="82">
         <v>195</v>
       </c>
-      <c r="U21" s="82">
+      <c r="Y21" s="82">
         <v>235</v>
       </c>
-      <c r="V21" s="82">
+      <c r="Z21" s="82">
         <v>40</v>
-      </c>
-[...10 lines deleted...]
-        <v>5</v>
       </c>
       <c r="AA21" s="34"/>
       <c r="AB21" s="34"/>
       <c r="AC21" s="34"/>
       <c r="AD21" s="34"/>
     </row>
     <row r="22" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="34"/>
       <c r="B22" s="81" t="s">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="C22" s="82">
         <v>2000</v>
       </c>
       <c r="D22" s="82">
         <v>2165</v>
       </c>
       <c r="E22" s="82">
         <v>2535</v>
       </c>
       <c r="F22" s="82">
         <v>350</v>
       </c>
       <c r="G22" s="82">
         <v>2465</v>
       </c>
       <c r="H22" s="82">
         <v>1785</v>
       </c>
       <c r="I22" s="82">
         <v>1920</v>
       </c>
       <c r="J22" s="82">
         <v>415</v>
       </c>
       <c r="K22" s="82">
         <v>500</v>
       </c>
       <c r="L22" s="82">
         <v>860</v>
       </c>
       <c r="M22" s="82">
         <v>880</v>
       </c>
       <c r="N22" s="82">
         <v>195</v>
       </c>
       <c r="O22" s="82">
         <v>35</v>
       </c>
       <c r="P22" s="82">
         <v>140</v>
       </c>
       <c r="Q22" s="82">
         <v>255</v>
       </c>
       <c r="R22" s="82">
         <v>45</v>
       </c>
       <c r="S22" s="82">
+        <v>440</v>
+      </c>
+      <c r="T22" s="82">
+        <v>550</v>
+      </c>
+      <c r="U22" s="82">
+        <v>625</v>
+      </c>
+      <c r="V22" s="82">
+        <v>165</v>
+      </c>
+      <c r="W22" s="82">
         <v>1170</v>
       </c>
-      <c r="T22" s="82">
+      <c r="X22" s="82">
         <v>1740</v>
       </c>
-      <c r="U22" s="82">
+      <c r="Y22" s="82">
         <v>1915</v>
       </c>
-      <c r="V22" s="82">
+      <c r="Z22" s="82">
         <v>430</v>
-      </c>
-[...10 lines deleted...]
-        <v>165</v>
       </c>
       <c r="AA22" s="34"/>
       <c r="AB22" s="34"/>
       <c r="AC22" s="34"/>
       <c r="AD22" s="34"/>
     </row>
     <row r="23" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="34"/>
       <c r="B23" s="81" t="s">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="C23" s="82">
         <v>985</v>
       </c>
       <c r="D23" s="82">
         <v>1350</v>
       </c>
       <c r="E23" s="82">
         <v>1475</v>
       </c>
       <c r="F23" s="82">
         <v>270</v>
       </c>
       <c r="G23" s="82">
         <v>1250</v>
       </c>
       <c r="H23" s="82">
         <v>910</v>
       </c>
       <c r="I23" s="82">
         <v>935</v>
       </c>
       <c r="J23" s="82">
         <v>180</v>
       </c>
       <c r="K23" s="82">
         <v>80</v>
       </c>
       <c r="L23" s="82">
         <v>270</v>
       </c>
       <c r="M23" s="82">
         <v>330</v>
       </c>
       <c r="N23" s="82">
         <v>60</v>
       </c>
       <c r="O23" s="82">
         <v>30</v>
       </c>
       <c r="P23" s="82">
         <v>80</v>
       </c>
       <c r="Q23" s="82">
         <v>115</v>
       </c>
       <c r="R23" s="82">
         <v>15</v>
       </c>
       <c r="S23" s="82">
+        <v>175</v>
+      </c>
+      <c r="T23" s="82">
+        <v>240</v>
+      </c>
+      <c r="U23" s="82">
+        <v>265</v>
+      </c>
+      <c r="V23" s="82">
+        <v>50</v>
+      </c>
+      <c r="W23" s="82">
         <v>695</v>
       </c>
-      <c r="T23" s="82">
+      <c r="X23" s="82">
         <v>865</v>
       </c>
-      <c r="U23" s="82">
+      <c r="Y23" s="82">
         <v>890</v>
       </c>
-      <c r="V23" s="82">
+      <c r="Z23" s="82">
         <v>205</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
       <c r="AA23" s="34"/>
       <c r="AB23" s="34"/>
       <c r="AC23" s="34"/>
       <c r="AD23" s="34"/>
     </row>
     <row r="24" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="34"/>
-      <c r="B24" s="88" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="89">
+      <c r="B24" s="101" t="s">
+        <v>124</v>
+      </c>
+      <c r="C24" s="88">
         <v>8350</v>
       </c>
-      <c r="D24" s="89">
+      <c r="D24" s="88">
         <v>9090</v>
       </c>
-      <c r="E24" s="89">
+      <c r="E24" s="88">
         <v>9875</v>
       </c>
-      <c r="F24" s="89">
+      <c r="F24" s="88">
         <v>1565</v>
       </c>
-      <c r="G24" s="89">
+      <c r="G24" s="88">
         <v>11245</v>
       </c>
-      <c r="H24" s="89">
+      <c r="H24" s="88">
         <v>8410</v>
       </c>
-      <c r="I24" s="89">
+      <c r="I24" s="88">
         <v>8745</v>
       </c>
-      <c r="J24" s="89">
+      <c r="J24" s="88">
         <v>1760</v>
       </c>
-      <c r="K24" s="89">
+      <c r="K24" s="88">
         <v>2295</v>
       </c>
-      <c r="L24" s="89">
+      <c r="L24" s="88">
         <v>3650</v>
       </c>
-      <c r="M24" s="89">
+      <c r="M24" s="88">
         <v>3685</v>
       </c>
-      <c r="N24" s="89">
+      <c r="N24" s="88">
         <v>890</v>
       </c>
-      <c r="O24" s="89">
+      <c r="O24" s="88">
         <v>315</v>
       </c>
-      <c r="P24" s="89">
+      <c r="P24" s="88">
         <v>845</v>
       </c>
-      <c r="Q24" s="89">
+      <c r="Q24" s="88">
         <v>1215</v>
       </c>
-      <c r="R24" s="89">
+      <c r="R24" s="88">
         <v>225</v>
       </c>
-      <c r="S24" s="89">
+      <c r="S24" s="88">
+        <v>2025</v>
+      </c>
+      <c r="T24" s="88">
+        <v>2505</v>
+      </c>
+      <c r="U24" s="88">
+        <v>2640</v>
+      </c>
+      <c r="V24" s="88">
+        <v>685</v>
+      </c>
+      <c r="W24" s="88">
         <v>5775</v>
       </c>
-      <c r="T24" s="89">
+      <c r="X24" s="88">
         <v>8035</v>
       </c>
-      <c r="U24" s="89">
+      <c r="Y24" s="88">
         <v>8425</v>
       </c>
-      <c r="V24" s="89">
+      <c r="Z24" s="88">
         <v>1905</v>
-      </c>
-[...10 lines deleted...]
-        <v>685</v>
       </c>
       <c r="AA24" s="34"/>
       <c r="AB24" s="34"/>
       <c r="AC24" s="34"/>
       <c r="AD24" s="34"/>
     </row>
     <row r="25" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="34"/>
       <c r="B25" s="34" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
       <c r="E25" s="37"/>
       <c r="F25" s="37"/>
       <c r="G25" s="37"/>
       <c r="H25" s="37"/>
       <c r="I25" s="37"/>
       <c r="J25" s="37"/>
       <c r="K25" s="37"/>
       <c r="L25" s="37"/>
       <c r="M25" s="37"/>
       <c r="N25" s="37"/>
       <c r="O25" s="34"/>
       <c r="P25" s="34"/>
       <c r="Q25" s="34"/>
       <c r="R25" s="34"/>
       <c r="S25" s="34"/>
       <c r="T25" s="34"/>
       <c r="U25" s="34"/>
       <c r="V25" s="34"/>
       <c r="W25" s="34"/>
       <c r="X25" s="34"/>
       <c r="Y25" s="34"/>
       <c r="Z25" s="34"/>
@@ -5821,139 +7753,139 @@
       <c r="I27" s="34"/>
       <c r="J27" s="34"/>
       <c r="K27" s="34"/>
       <c r="L27" s="34"/>
       <c r="M27" s="34"/>
       <c r="N27" s="34"/>
       <c r="O27" s="34"/>
       <c r="P27" s="34"/>
       <c r="Q27" s="34"/>
       <c r="R27" s="34"/>
       <c r="S27" s="34"/>
       <c r="T27" s="34"/>
       <c r="U27" s="34"/>
       <c r="V27" s="34"/>
       <c r="W27" s="34"/>
       <c r="X27" s="34"/>
       <c r="Y27" s="34"/>
       <c r="Z27" s="34"/>
       <c r="AA27" s="34"/>
       <c r="AB27" s="34"/>
       <c r="AC27" s="34"/>
       <c r="AD27" s="34"/>
     </row>
     <row r="28" spans="1:30" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="34"/>
-      <c r="B28" s="90" t="s">
+      <c r="B28" s="89" t="s">
         <v>43</v>
       </c>
-      <c r="C28" s="90" t="s">
+      <c r="C28" s="89" t="s">
         <v>39</v>
       </c>
-      <c r="D28" s="90" t="s">
+      <c r="D28" s="89" t="s">
         <v>51</v>
       </c>
-      <c r="E28" s="90" t="s">
-[...5 lines deleted...]
-      <c r="G28" s="90" t="s">
+      <c r="E28" s="89" t="s">
+        <v>125</v>
+      </c>
+      <c r="F28" s="89" t="s">
+        <v>126</v>
+      </c>
+      <c r="G28" s="89" t="s">
+        <v>127</v>
+      </c>
+      <c r="H28" s="89" t="s">
+        <v>128</v>
+      </c>
+      <c r="I28" s="89" t="s">
+        <v>129</v>
+      </c>
+      <c r="J28" s="89" t="s">
+        <v>54</v>
+      </c>
+      <c r="K28" s="89" t="s">
+        <v>130</v>
+      </c>
+      <c r="L28" s="89" t="s">
+        <v>131</v>
+      </c>
+      <c r="M28" s="89" t="s">
+        <v>132</v>
+      </c>
+      <c r="N28" s="89" t="s">
+        <v>133</v>
+      </c>
+      <c r="O28" s="89" t="s">
+        <v>134</v>
+      </c>
+      <c r="P28" s="89" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q28" s="89" t="s">
+        <v>99</v>
+      </c>
+      <c r="R28" s="89" t="s">
+        <v>98</v>
+      </c>
+      <c r="S28" s="89" t="s">
+        <v>77</v>
+      </c>
+      <c r="T28" s="89" t="s">
+        <v>135</v>
+      </c>
+      <c r="U28" s="89" t="s">
+        <v>136</v>
+      </c>
+      <c r="V28" s="89" t="s">
+        <v>137</v>
+      </c>
+      <c r="W28" s="89" t="s">
+        <v>65</v>
+      </c>
+      <c r="X28" s="89" t="s">
+        <v>138</v>
+      </c>
+      <c r="Y28" s="89" t="s">
+        <v>139</v>
+      </c>
+      <c r="Z28" s="89" t="s">
+        <v>140</v>
+      </c>
+      <c r="AA28" s="89" t="s">
+        <v>141</v>
+      </c>
+      <c r="AB28" s="89" t="s">
+        <v>142</v>
+      </c>
+      <c r="AC28" s="99" t="s">
         <v>105</v>
-      </c>
-[...64 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="29" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="34"/>
       <c r="B29" s="38" t="s">
-        <v>93</v>
+        <v>116</v>
       </c>
       <c r="C29" s="36">
         <v>180</v>
       </c>
       <c r="D29" s="36">
         <v>95</v>
       </c>
       <c r="E29" s="36">
         <v>5</v>
       </c>
       <c r="F29" s="36">
         <v>25</v>
       </c>
       <c r="G29" s="36">
         <v>25</v>
       </c>
       <c r="H29" s="36">
         <v>25</v>
       </c>
       <c r="I29" s="36">
         <v>15</v>
       </c>
       <c r="J29" s="36">
         <v>85</v>
       </c>
@@ -5975,72 +7907,72 @@
       <c r="P29" s="36">
         <v>10</v>
       </c>
       <c r="Q29" s="36">
         <v>35</v>
       </c>
       <c r="R29" s="36">
         <v>55</v>
       </c>
       <c r="S29" s="36">
         <v>10</v>
       </c>
       <c r="T29" s="36">
         <v>80</v>
       </c>
       <c r="U29" s="36">
         <v>0</v>
       </c>
       <c r="V29" s="36">
         <v>100</v>
       </c>
       <c r="W29" s="36">
         <v>30</v>
       </c>
       <c r="X29" s="36" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="Y29" s="36">
         <v>15</v>
       </c>
       <c r="Z29" s="36">
         <v>25</v>
       </c>
       <c r="AA29" s="36">
         <v>135</v>
       </c>
       <c r="AB29" s="36">
         <v>60</v>
       </c>
-      <c r="AC29" s="99">
+      <c r="AC29" s="98">
         <v>110</v>
       </c>
     </row>
     <row r="30" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="34"/>
       <c r="B30" s="38" t="s">
-        <v>94</v>
+        <v>117</v>
       </c>
       <c r="C30" s="36">
         <v>5795</v>
       </c>
       <c r="D30" s="36">
         <v>3110</v>
       </c>
       <c r="E30" s="36">
         <v>140</v>
       </c>
       <c r="F30" s="36">
         <v>700</v>
       </c>
       <c r="G30" s="36">
         <v>895</v>
       </c>
       <c r="H30" s="36">
         <v>820</v>
       </c>
       <c r="I30" s="36">
         <v>555</v>
       </c>
       <c r="J30" s="36">
         <v>2685</v>
       </c>
@@ -6062,72 +7994,72 @@
       <c r="P30" s="36">
         <v>325</v>
       </c>
       <c r="Q30" s="36">
         <v>1320</v>
       </c>
       <c r="R30" s="36">
         <v>1600</v>
       </c>
       <c r="S30" s="36">
         <v>175</v>
       </c>
       <c r="T30" s="36">
         <v>3060</v>
       </c>
       <c r="U30" s="36">
         <v>35</v>
       </c>
       <c r="V30" s="36">
         <v>2700</v>
       </c>
       <c r="W30" s="36">
         <v>740</v>
       </c>
       <c r="X30" s="36" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="Y30" s="36">
         <v>755</v>
       </c>
       <c r="Z30" s="36">
         <v>745</v>
       </c>
       <c r="AA30" s="36">
         <v>3925</v>
       </c>
       <c r="AB30" s="36">
         <v>1885</v>
       </c>
-      <c r="AC30" s="99">
+      <c r="AC30" s="98">
         <v>3850</v>
       </c>
     </row>
     <row r="31" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="34"/>
       <c r="B31" s="38" t="s">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="C31" s="36">
         <v>35</v>
       </c>
       <c r="D31" s="36">
         <v>20</v>
       </c>
       <c r="E31" s="36">
         <v>0</v>
       </c>
       <c r="F31" s="36">
         <v>5</v>
       </c>
       <c r="G31" s="36">
         <v>5</v>
       </c>
       <c r="H31" s="36">
         <v>5</v>
       </c>
       <c r="I31" s="36">
         <v>5</v>
       </c>
       <c r="J31" s="36">
         <v>15</v>
       </c>
@@ -6149,72 +8081,72 @@
       <c r="P31" s="36">
         <v>10</v>
       </c>
       <c r="Q31" s="36">
         <v>10</v>
       </c>
       <c r="R31" s="36">
         <v>5</v>
       </c>
       <c r="S31" s="36">
         <v>5</v>
       </c>
       <c r="T31" s="36">
         <v>15</v>
       </c>
       <c r="U31" s="36">
         <v>0</v>
       </c>
       <c r="V31" s="36">
         <v>20</v>
       </c>
       <c r="W31" s="36">
         <v>5</v>
       </c>
       <c r="X31" s="36" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="Y31" s="36">
         <v>5</v>
       </c>
       <c r="Z31" s="36">
         <v>5</v>
       </c>
       <c r="AA31" s="36">
         <v>25</v>
       </c>
       <c r="AB31" s="36">
         <v>15</v>
       </c>
-      <c r="AC31" s="99">
+      <c r="AC31" s="98">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="34"/>
       <c r="B32" s="38" t="s">
-        <v>96</v>
+        <v>119</v>
       </c>
       <c r="C32" s="36">
         <v>4140</v>
       </c>
       <c r="D32" s="36">
         <v>2350</v>
       </c>
       <c r="E32" s="36">
         <v>135</v>
       </c>
       <c r="F32" s="36">
         <v>510</v>
       </c>
       <c r="G32" s="36">
         <v>660</v>
       </c>
       <c r="H32" s="36">
         <v>635</v>
       </c>
       <c r="I32" s="36">
         <v>405</v>
       </c>
       <c r="J32" s="36">
         <v>1790</v>
       </c>
@@ -6236,72 +8168,72 @@
       <c r="P32" s="36">
         <v>270</v>
       </c>
       <c r="Q32" s="36">
         <v>1020</v>
       </c>
       <c r="R32" s="36">
         <v>660</v>
       </c>
       <c r="S32" s="36">
         <v>60</v>
       </c>
       <c r="T32" s="36">
         <v>2055</v>
       </c>
       <c r="U32" s="36">
         <v>45</v>
       </c>
       <c r="V32" s="36">
         <v>2040</v>
       </c>
       <c r="W32" s="36">
         <v>665</v>
       </c>
       <c r="X32" s="36" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="Y32" s="36">
         <v>445</v>
       </c>
       <c r="Z32" s="36">
         <v>495</v>
       </c>
       <c r="AA32" s="36">
         <v>2925</v>
       </c>
       <c r="AB32" s="36">
         <v>1500</v>
       </c>
-      <c r="AC32" s="99">
+      <c r="AC32" s="98">
         <v>2770</v>
       </c>
     </row>
     <row r="33" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="34"/>
       <c r="B33" s="38" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="C33" s="36">
         <v>1555</v>
       </c>
       <c r="D33" s="36">
         <v>795</v>
       </c>
       <c r="E33" s="36">
         <v>55</v>
       </c>
       <c r="F33" s="36">
         <v>180</v>
       </c>
       <c r="G33" s="36">
         <v>210</v>
       </c>
       <c r="H33" s="36">
         <v>190</v>
       </c>
       <c r="I33" s="36">
         <v>160</v>
       </c>
       <c r="J33" s="36">
         <v>755</v>
       </c>
@@ -6323,72 +8255,72 @@
       <c r="P33" s="36">
         <v>95</v>
       </c>
       <c r="Q33" s="36">
         <v>445</v>
       </c>
       <c r="R33" s="36">
         <v>245</v>
       </c>
       <c r="S33" s="36">
         <v>45</v>
       </c>
       <c r="T33" s="36">
         <v>800</v>
       </c>
       <c r="U33" s="36">
         <v>15</v>
       </c>
       <c r="V33" s="36">
         <v>745</v>
       </c>
       <c r="W33" s="36">
         <v>225</v>
       </c>
       <c r="X33" s="36" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="Y33" s="36">
         <v>240</v>
       </c>
       <c r="Z33" s="36">
         <v>170</v>
       </c>
       <c r="AA33" s="36">
         <v>1015</v>
       </c>
       <c r="AB33" s="36">
         <v>545</v>
       </c>
-      <c r="AC33" s="99">
+      <c r="AC33" s="98">
         <v>1045</v>
       </c>
     </row>
     <row r="34" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="34"/>
       <c r="B34" s="38" t="s">
-        <v>98</v>
+        <v>121</v>
       </c>
       <c r="C34" s="36">
         <v>405</v>
       </c>
       <c r="D34" s="36">
         <v>210</v>
       </c>
       <c r="E34" s="36">
         <v>15</v>
       </c>
       <c r="F34" s="36">
         <v>60</v>
       </c>
       <c r="G34" s="36">
         <v>50</v>
       </c>
       <c r="H34" s="36">
         <v>40</v>
       </c>
       <c r="I34" s="36">
         <v>45</v>
       </c>
       <c r="J34" s="36">
         <v>195</v>
       </c>
@@ -6410,72 +8342,72 @@
       <c r="P34" s="36">
         <v>25</v>
       </c>
       <c r="Q34" s="36">
         <v>120</v>
       </c>
       <c r="R34" s="36">
         <v>20</v>
       </c>
       <c r="S34" s="36">
         <v>5</v>
       </c>
       <c r="T34" s="36">
         <v>235</v>
       </c>
       <c r="U34" s="36">
         <v>5</v>
       </c>
       <c r="V34" s="36">
         <v>170</v>
       </c>
       <c r="W34" s="36">
         <v>45</v>
       </c>
       <c r="X34" s="36" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="Y34" s="36">
         <v>60</v>
       </c>
       <c r="Z34" s="36">
         <v>50</v>
       </c>
       <c r="AA34" s="36">
         <v>285</v>
       </c>
       <c r="AB34" s="36">
         <v>200</v>
       </c>
-      <c r="AC34" s="99">
+      <c r="AC34" s="98">
         <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="34"/>
       <c r="B35" s="38" t="s">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="C35" s="36">
         <v>5260</v>
       </c>
       <c r="D35" s="36">
         <v>2785</v>
       </c>
       <c r="E35" s="36">
         <v>150</v>
       </c>
       <c r="F35" s="36">
         <v>745</v>
       </c>
       <c r="G35" s="36">
         <v>785</v>
       </c>
       <c r="H35" s="36">
         <v>715</v>
       </c>
       <c r="I35" s="36">
         <v>385</v>
       </c>
       <c r="J35" s="36">
         <v>2475</v>
       </c>
@@ -6497,72 +8429,72 @@
       <c r="P35" s="36">
         <v>115</v>
       </c>
       <c r="Q35" s="36">
         <v>1295</v>
       </c>
       <c r="R35" s="36">
         <v>1330</v>
       </c>
       <c r="S35" s="36">
         <v>215</v>
       </c>
       <c r="T35" s="36">
         <v>2870</v>
       </c>
       <c r="U35" s="36">
         <v>45</v>
       </c>
       <c r="V35" s="36">
         <v>2345</v>
       </c>
       <c r="W35" s="36">
         <v>705</v>
       </c>
       <c r="X35" s="36" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="Y35" s="36">
         <v>580</v>
       </c>
       <c r="Z35" s="36">
         <v>580</v>
       </c>
       <c r="AA35" s="36">
         <v>3755</v>
       </c>
       <c r="AB35" s="36">
         <v>1405</v>
       </c>
-      <c r="AC35" s="99">
+      <c r="AC35" s="98">
         <v>3630</v>
       </c>
     </row>
     <row r="36" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="34"/>
       <c r="B36" s="38" t="s">
-        <v>127</v>
+        <v>146</v>
       </c>
       <c r="C36" s="36">
         <v>1465</v>
       </c>
       <c r="D36" s="36">
         <v>845</v>
       </c>
       <c r="E36" s="36">
         <v>55</v>
       </c>
       <c r="F36" s="36">
         <v>175</v>
       </c>
       <c r="G36" s="36">
         <v>240</v>
       </c>
       <c r="H36" s="36">
         <v>230</v>
       </c>
       <c r="I36" s="36">
         <v>150</v>
       </c>
       <c r="J36" s="36">
         <v>615</v>
       </c>
@@ -6584,211 +8516,211 @@
       <c r="P36" s="36">
         <v>50</v>
       </c>
       <c r="Q36" s="36">
         <v>370</v>
       </c>
       <c r="R36" s="36">
         <v>315</v>
       </c>
       <c r="S36" s="36">
         <v>40</v>
       </c>
       <c r="T36" s="36">
         <v>750</v>
       </c>
       <c r="U36" s="36">
         <v>15</v>
       </c>
       <c r="V36" s="36">
         <v>705</v>
       </c>
       <c r="W36" s="36">
         <v>225</v>
       </c>
       <c r="X36" s="36" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="Y36" s="36">
         <v>155</v>
       </c>
       <c r="Z36" s="36">
         <v>140</v>
       </c>
       <c r="AA36" s="36">
         <v>1090</v>
       </c>
       <c r="AB36" s="36">
         <v>680</v>
       </c>
-      <c r="AC36" s="99">
+      <c r="AC36" s="98">
         <v>970</v>
       </c>
     </row>
     <row r="37" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="34"/>
-      <c r="B37" s="91" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="92">
+      <c r="B37" s="90" t="s">
+        <v>124</v>
+      </c>
+      <c r="C37" s="91">
         <v>18970</v>
       </c>
-      <c r="D37" s="92">
+      <c r="D37" s="91">
         <v>10210</v>
       </c>
-      <c r="E37" s="92">
+      <c r="E37" s="91">
         <v>555</v>
       </c>
-      <c r="F37" s="92">
+      <c r="F37" s="91">
         <v>2400</v>
       </c>
-      <c r="G37" s="92">
+      <c r="G37" s="91">
         <v>2865</v>
       </c>
-      <c r="H37" s="92">
+      <c r="H37" s="91">
         <v>2665</v>
       </c>
-      <c r="I37" s="92">
+      <c r="I37" s="91">
         <v>1720</v>
       </c>
-      <c r="J37" s="92">
+      <c r="J37" s="91">
         <v>8625</v>
       </c>
-      <c r="K37" s="92">
+      <c r="K37" s="91">
         <v>525</v>
       </c>
-      <c r="L37" s="92">
+      <c r="L37" s="91">
         <v>2340</v>
       </c>
-      <c r="M37" s="92">
+      <c r="M37" s="91">
         <v>2365</v>
       </c>
-      <c r="N37" s="92">
+      <c r="N37" s="91">
         <v>1960</v>
       </c>
-      <c r="O37" s="92">
+      <c r="O37" s="91">
         <v>1430</v>
       </c>
-      <c r="P37" s="92">
+      <c r="P37" s="91">
         <v>895</v>
       </c>
-      <c r="Q37" s="92">
+      <c r="Q37" s="91">
         <v>4615</v>
       </c>
-      <c r="R37" s="92">
+      <c r="R37" s="91">
         <v>4225</v>
       </c>
-      <c r="S37" s="92">
+      <c r="S37" s="91">
         <v>545</v>
       </c>
-      <c r="T37" s="92">
+      <c r="T37" s="91">
         <v>9865</v>
       </c>
-      <c r="U37" s="92">
+      <c r="U37" s="91">
         <v>155</v>
       </c>
-      <c r="V37" s="92">
+      <c r="V37" s="91">
         <v>8950</v>
       </c>
-      <c r="W37" s="92">
+      <c r="W37" s="91">
         <v>2640</v>
       </c>
-      <c r="X37" s="92" t="s">
-[...2 lines deleted...]
-      <c r="Y37" s="92">
+      <c r="X37" s="91" t="s">
+        <v>143</v>
+      </c>
+      <c r="Y37" s="91">
         <v>2255</v>
       </c>
-      <c r="Z37" s="92">
+      <c r="Z37" s="91">
         <v>2210</v>
       </c>
-      <c r="AA37" s="92">
+      <c r="AA37" s="91">
         <v>13150</v>
       </c>
-      <c r="AB37" s="92">
+      <c r="AB37" s="91">
         <v>6285</v>
       </c>
-      <c r="AC37" s="89">
+      <c r="AC37" s="88">
         <v>12680</v>
       </c>
     </row>
     <row r="38" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="34"/>
       <c r="B38" s="41"/>
       <c r="C38" s="37"/>
-      <c r="D38" s="101"/>
+      <c r="D38" s="100"/>
       <c r="E38" s="37"/>
       <c r="F38" s="37"/>
       <c r="G38" s="37"/>
       <c r="H38" s="37"/>
       <c r="I38" s="37"/>
-      <c r="J38" s="101"/>
+      <c r="J38" s="100"/>
       <c r="K38" s="37"/>
       <c r="L38" s="37"/>
       <c r="M38" s="37"/>
       <c r="N38" s="37"/>
       <c r="O38" s="37"/>
       <c r="P38" s="37"/>
       <c r="Q38" s="37"/>
       <c r="R38" s="37"/>
       <c r="S38" s="37"/>
       <c r="T38" s="37"/>
       <c r="U38" s="37"/>
       <c r="V38" s="37"/>
       <c r="W38" s="37"/>
       <c r="X38" s="42"/>
       <c r="Y38" s="37"/>
       <c r="Z38" s="37"/>
       <c r="AA38" s="37"/>
       <c r="AB38" s="37"/>
       <c r="AC38" s="37"/>
       <c r="AD38" s="34"/>
     </row>
     <row r="39" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="34"/>
       <c r="B39" s="34" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C39" s="34"/>
       <c r="D39" s="34"/>
       <c r="E39" s="34"/>
       <c r="F39" s="34"/>
       <c r="G39" s="34"/>
       <c r="H39" s="34"/>
       <c r="I39" s="34"/>
       <c r="J39" s="34"/>
       <c r="K39" s="34"/>
       <c r="L39" s="34"/>
       <c r="M39" s="34"/>
       <c r="N39" s="34"/>
       <c r="O39" s="34"/>
       <c r="P39" s="27"/>
     </row>
     <row r="40" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="34"/>
       <c r="B40" s="34" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="C40" s="34"/>
       <c r="D40" s="34"/>
       <c r="E40" s="34"/>
       <c r="F40" s="34"/>
       <c r="G40" s="34"/>
       <c r="H40" s="34"/>
       <c r="I40" s="34"/>
       <c r="J40" s="34"/>
       <c r="K40" s="34"/>
       <c r="L40" s="34"/>
       <c r="M40" s="34"/>
       <c r="N40" s="34"/>
       <c r="O40" s="34"/>
       <c r="P40" s="27"/>
     </row>
     <row r="41" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="40"/>
       <c r="B41" s="39"/>
       <c r="C41" s="39"/>
       <c r="D41" s="39"/>
       <c r="E41" s="40"/>
       <c r="F41" s="40"/>
       <c r="G41" s="40"/>
       <c r="H41" s="40"/>
@@ -6947,51 +8879,51 @@
       <c r="F50" s="16"/>
       <c r="G50" s="16"/>
       <c r="H50" s="16"/>
       <c r="M50" s="28"/>
       <c r="N50" s="29"/>
       <c r="O50" s="29"/>
       <c r="P50" s="27"/>
     </row>
     <row r="51" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="40"/>
       <c r="B51" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C51" s="18"/>
       <c r="E51" s="18"/>
       <c r="F51" s="18"/>
       <c r="G51" s="18"/>
       <c r="M51" s="28"/>
       <c r="N51" s="29"/>
       <c r="O51" s="29"/>
       <c r="P51" s="27"/>
     </row>
     <row r="52" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="40"/>
       <c r="B52" s="19" t="s">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="M52" s="28"/>
       <c r="N52" s="29"/>
       <c r="O52" s="29"/>
       <c r="P52" s="27"/>
     </row>
     <row r="53" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="40"/>
       <c r="B53" s="19"/>
       <c r="M53" s="28"/>
       <c r="N53" s="29"/>
       <c r="O53" s="29"/>
       <c r="P53" s="27"/>
     </row>
     <row r="54" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="40"/>
       <c r="B54" s="19" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="28"/>
       <c r="N54" s="29"/>
       <c r="O54" s="29"/>
       <c r="P54" s="27"/>
     </row>
     <row r="55" spans="1:16" ht="15.75" x14ac:dyDescent="0.25">
@@ -7326,2639 +9258,702 @@
       <c r="E80" s="18"/>
       <c r="F80" s="18"/>
       <c r="G80" s="18"/>
     </row>
     <row r="82" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B82" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="W13:Z13"/>
     <mergeCell ref="B75:L75"/>
     <mergeCell ref="B47:L47"/>
     <mergeCell ref="C13:F13"/>
     <mergeCell ref="G13:J13"/>
     <mergeCell ref="K13:N13"/>
     <mergeCell ref="O13:R13"/>
     <mergeCell ref="S13:V13"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B48" r:id="rId1" xr:uid="{895B5C49-1D83-4593-B981-5C7BCBADCB1A}"/>
     <hyperlink ref="B54" r:id="rId2" xr:uid="{33C3805A-D634-4D58-8912-5E8D3A3240CC}"/>
     <hyperlink ref="B52" r:id="rId3" xr:uid="{9A3FA841-E1CB-4F5E-B2E9-05BF8C07D4DB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId4"/>
-  <drawing r:id="rId5"/>
-[...1935 lines deleted...]
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3E28EF9-7531-41B3-BF52-BDD24D4A86EB}">
   <dimension ref="B8:M63"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A7" sqref="A7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.42578125" style="34" customWidth="1"/>
     <col min="2" max="2" width="41.42578125" style="34" bestFit="1" customWidth="1"/>
     <col min="3" max="6" width="32.5703125" style="34" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="34"/>
   </cols>
   <sheetData>
     <row r="8" spans="2:6" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="3" t="str">
         <f>+Contents!B8</f>
         <v>Self-Employment Assistance Program</v>
       </c>
       <c r="D8" s="11"/>
     </row>
     <row r="9" spans="2:6" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="4" t="str">
         <f>+Contents!B9</f>
         <v>Data as at 31 August 2025</v>
       </c>
       <c r="D9" s="11"/>
     </row>
     <row r="10" spans="2:6" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="130"/>
-[...1 lines deleted...]
-      <c r="D10" s="131"/>
+      <c r="B10" s="132"/>
+      <c r="C10" s="133"/>
+      <c r="D10" s="133"/>
     </row>
     <row r="11" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="44" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B12" s="35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="13" spans="2:6" x14ac:dyDescent="0.25">
-      <c r="B13" s="133" t="s">
-[...12 lines deleted...]
-        <v>90</v>
+      <c r="B13" s="125" t="s">
+        <v>149</v>
+      </c>
+      <c r="C13" s="95" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" s="95" t="s">
+        <v>94</v>
+      </c>
+      <c r="E13" s="95" t="s">
+        <v>95</v>
+      </c>
+      <c r="F13" s="95" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="14" spans="2:6" x14ac:dyDescent="0.25">
-      <c r="B14" s="134"/>
-[...10 lines deleted...]
-        <v>86</v>
+      <c r="B14" s="126"/>
+      <c r="C14" s="95" t="s">
+        <v>91</v>
+      </c>
+      <c r="D14" s="95" t="s">
+        <v>91</v>
+      </c>
+      <c r="E14" s="95" t="s">
+        <v>91</v>
+      </c>
+      <c r="F14" s="95" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="15" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B15" s="38" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C15" s="36">
         <v>45</v>
       </c>
       <c r="D15" s="36">
         <v>45</v>
       </c>
       <c r="E15" s="36">
         <v>105</v>
       </c>
       <c r="F15" s="36">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B16" s="38" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C16" s="36">
         <v>0</v>
       </c>
       <c r="D16" s="36">
         <v>5</v>
       </c>
       <c r="E16" s="36">
         <v>0</v>
       </c>
       <c r="F16" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B17" s="38" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C17" s="36">
         <v>125</v>
       </c>
       <c r="D17" s="36">
         <v>160</v>
       </c>
       <c r="E17" s="36">
         <v>280</v>
       </c>
       <c r="F17" s="36">
         <v>65</v>
       </c>
     </row>
     <row r="18" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B18" s="38" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C18" s="36">
         <v>55</v>
       </c>
       <c r="D18" s="36">
         <v>90</v>
       </c>
       <c r="E18" s="36">
         <v>160</v>
       </c>
       <c r="F18" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B19" s="38" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C19" s="36">
         <v>2330</v>
       </c>
       <c r="D19" s="36">
         <v>4940</v>
       </c>
       <c r="E19" s="36">
         <v>4435</v>
       </c>
       <c r="F19" s="36">
         <v>30</v>
       </c>
       <c r="G19" s="45"/>
       <c r="H19" s="45"/>
     </row>
     <row r="20" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B20" s="38" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C20" s="36">
         <v>950</v>
       </c>
       <c r="D20" s="36">
         <v>740</v>
       </c>
       <c r="E20" s="36">
         <v>765</v>
       </c>
       <c r="F20" s="36">
         <v>140</v>
       </c>
     </row>
     <row r="21" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B21" s="38" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C21" s="36">
         <v>5</v>
       </c>
       <c r="D21" s="36">
         <v>5</v>
       </c>
       <c r="E21" s="36">
         <v>0</v>
       </c>
       <c r="F21" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B22" s="38" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C22" s="36">
         <v>5</v>
       </c>
       <c r="D22" s="36">
         <v>0</v>
       </c>
       <c r="E22" s="36">
         <v>0</v>
       </c>
       <c r="F22" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B23" s="38" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C23" s="36">
         <v>180</v>
       </c>
       <c r="D23" s="36">
         <v>165</v>
       </c>
       <c r="E23" s="36">
         <v>195</v>
       </c>
       <c r="F23" s="36">
         <v>40</v>
       </c>
     </row>
     <row r="24" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B24" s="38" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C24" s="36">
         <v>10</v>
       </c>
       <c r="D24" s="36">
         <v>5</v>
       </c>
       <c r="E24" s="36">
         <v>0</v>
       </c>
       <c r="F24" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B25" s="38" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C25" s="36">
         <v>300</v>
       </c>
       <c r="D25" s="36">
         <v>220</v>
       </c>
       <c r="E25" s="36">
         <v>255</v>
       </c>
       <c r="F25" s="36">
         <v>55</v>
       </c>
     </row>
     <row r="26" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B26" s="38" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C26" s="36">
         <v>50</v>
       </c>
       <c r="D26" s="36">
         <v>35</v>
       </c>
       <c r="E26" s="36">
         <v>55</v>
       </c>
       <c r="F26" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B27" s="38" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C27" s="36">
         <v>220</v>
       </c>
       <c r="D27" s="36">
         <v>350</v>
       </c>
       <c r="E27" s="36">
         <v>345</v>
       </c>
       <c r="F27" s="36">
         <v>70</v>
       </c>
     </row>
     <row r="28" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B28" s="38" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C28" s="36">
         <v>5</v>
       </c>
       <c r="D28" s="36">
         <v>0</v>
       </c>
       <c r="E28" s="36">
         <v>0</v>
       </c>
       <c r="F28" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B29" s="38" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C29" s="36">
         <v>65</v>
       </c>
       <c r="D29" s="36">
         <v>75</v>
       </c>
       <c r="E29" s="36">
         <v>125</v>
       </c>
       <c r="F29" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B30" s="38" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C30" s="36">
         <v>45</v>
       </c>
       <c r="D30" s="36">
         <v>35</v>
       </c>
       <c r="E30" s="36">
         <v>25</v>
       </c>
       <c r="F30" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B31" s="38" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C31" s="36">
         <v>5</v>
       </c>
       <c r="D31" s="36">
         <v>0</v>
       </c>
       <c r="E31" s="36">
         <v>0</v>
       </c>
       <c r="F31" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="2:8" x14ac:dyDescent="0.25">
       <c r="B32" s="38" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C32" s="36">
         <v>35</v>
       </c>
       <c r="D32" s="36">
         <v>40</v>
       </c>
       <c r="E32" s="36">
         <v>40</v>
       </c>
       <c r="F32" s="36">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B33" s="38" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C33" s="36">
         <v>5</v>
       </c>
       <c r="D33" s="36">
         <v>5</v>
       </c>
       <c r="E33" s="36">
         <v>5</v>
       </c>
       <c r="F33" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B34" s="38" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C34" s="36">
         <v>105</v>
       </c>
       <c r="D34" s="36">
         <v>110</v>
       </c>
       <c r="E34" s="36">
         <v>160</v>
       </c>
       <c r="F34" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B35" s="38" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C35" s="36">
         <v>850</v>
       </c>
       <c r="D35" s="36">
         <v>625</v>
       </c>
       <c r="E35" s="36">
         <v>795</v>
       </c>
       <c r="F35" s="36">
         <v>150</v>
       </c>
     </row>
     <row r="36" spans="2:6" x14ac:dyDescent="0.25">
-      <c r="B36" s="97" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="92">
+      <c r="B36" s="96" t="s">
+        <v>124</v>
+      </c>
+      <c r="C36" s="91">
         <v>5380</v>
       </c>
-      <c r="D36" s="92">
+      <c r="D36" s="91">
         <v>7640</v>
       </c>
-      <c r="E36" s="92">
+      <c r="E36" s="91">
         <v>7745</v>
       </c>
-      <c r="F36" s="92">
+      <c r="F36" s="91">
         <v>665</v>
       </c>
     </row>
     <row r="38" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B38" s="44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B39" s="135" t="s">
-        <v>148</v>
-[...11 lines deleted...]
-        <v>90</v>
+        <v>149</v>
+      </c>
+      <c r="C39" s="95" t="s">
+        <v>93</v>
+      </c>
+      <c r="D39" s="95" t="s">
+        <v>94</v>
+      </c>
+      <c r="E39" s="95" t="s">
+        <v>95</v>
+      </c>
+      <c r="F39" s="95" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="40" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B40" s="136"/>
-      <c r="C40" s="96" t="s">
-[...9 lines deleted...]
-        <v>170</v>
+      <c r="C40" s="95" t="s">
+        <v>171</v>
+      </c>
+      <c r="D40" s="95" t="s">
+        <v>171</v>
+      </c>
+      <c r="E40" s="95" t="s">
+        <v>171</v>
+      </c>
+      <c r="F40" s="95" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="41" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B41" s="38" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C41" s="36">
         <v>70</v>
       </c>
       <c r="D41" s="36">
         <v>180</v>
       </c>
       <c r="E41" s="36">
         <v>30</v>
       </c>
       <c r="F41" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B42" s="38" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C42" s="36">
         <v>0</v>
       </c>
       <c r="D42" s="36">
         <v>0</v>
       </c>
       <c r="E42" s="36">
         <v>5</v>
       </c>
       <c r="F42" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B43" s="38" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C43" s="36">
         <v>5</v>
       </c>
       <c r="D43" s="36">
         <v>5</v>
       </c>
       <c r="E43" s="36">
         <v>0</v>
       </c>
       <c r="F43" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B44" s="38" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C44" s="36">
         <v>0</v>
       </c>
       <c r="D44" s="36">
         <v>10</v>
       </c>
       <c r="E44" s="36">
         <v>10</v>
       </c>
       <c r="F44" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B45" s="38" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C45" s="36">
         <v>35</v>
       </c>
       <c r="D45" s="36">
         <v>35</v>
       </c>
       <c r="E45" s="36">
         <v>130</v>
       </c>
       <c r="F45" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B46" s="38" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C46" s="36">
         <v>70</v>
       </c>
       <c r="D46" s="36">
         <v>275</v>
       </c>
       <c r="E46" s="36">
         <v>715</v>
       </c>
       <c r="F46" s="36">
         <v>50</v>
       </c>
     </row>
     <row r="47" spans="2:6" x14ac:dyDescent="0.25">
       <c r="B47" s="38" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C47" s="36">
         <v>1940</v>
       </c>
       <c r="D47" s="36">
         <v>3035</v>
       </c>
       <c r="E47" s="36">
         <v>7500</v>
       </c>
       <c r="F47" s="36">
         <v>725</v>
       </c>
     </row>
     <row r="48" spans="2:6" x14ac:dyDescent="0.25">
-      <c r="B48" s="97" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="92">
+      <c r="B48" s="96" t="s">
+        <v>124</v>
+      </c>
+      <c r="C48" s="91">
         <v>2115</v>
       </c>
-      <c r="D48" s="92">
+      <c r="D48" s="91">
         <v>3550</v>
       </c>
-      <c r="E48" s="92">
+      <c r="E48" s="91">
         <v>8385</v>
       </c>
-      <c r="F48" s="92">
+      <c r="F48" s="91">
         <v>800</v>
       </c>
     </row>
     <row r="49" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B49" s="39"/>
       <c r="C49" s="39"/>
       <c r="D49" s="39"/>
     </row>
     <row r="50" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B50" s="39"/>
       <c r="C50" s="39"/>
       <c r="D50" s="39"/>
     </row>
     <row r="51" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B51" s="39"/>
       <c r="C51" s="39"/>
       <c r="D51" s="39"/>
     </row>
     <row r="52" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B52" s="39"/>
       <c r="C52" s="39"/>
       <c r="D52" s="39"/>
     </row>
     <row r="53" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B53" s="132"/>
+      <c r="B53" s="134"/>
       <c r="C53" s="108"/>
       <c r="D53" s="108"/>
     </row>
     <row r="54" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B54" s="14" t="s">
         <v>12</v>
       </c>
       <c r="D54" s="14"/>
       <c r="E54" s="14"/>
       <c r="F54" s="14"/>
       <c r="G54" s="14"/>
       <c r="H54" s="14"/>
       <c r="I54" s="14"/>
       <c r="J54" s="2"/>
       <c r="K54" s="2"/>
       <c r="L54" s="2"/>
       <c r="M54" s="2"/>
     </row>
     <row r="55" spans="2:13" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B55" s="106" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="106"/>
       <c r="D55" s="106"/>
       <c r="E55" s="106"/>
@@ -10113,1187 +10108,1187 @@
     <col min="1" max="1" width="3.42578125" style="34" customWidth="1"/>
     <col min="2" max="2" width="45.5703125" style="34" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="60.42578125" style="34" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.5703125" style="34" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="23" style="34" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.42578125" style="34" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="21" style="34" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="34"/>
   </cols>
   <sheetData>
     <row r="8" spans="2:7" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="3" t="str">
         <f>+Contents!B8</f>
         <v>Self-Employment Assistance Program</v>
       </c>
       <c r="D8" s="11"/>
     </row>
     <row r="9" spans="2:7" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="4" t="str">
         <f>+Contents!B9</f>
         <v>Data as at 31 August 2025</v>
       </c>
       <c r="D9" s="11"/>
     </row>
     <row r="10" spans="2:7" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="130"/>
-[...1 lines deleted...]
-      <c r="D10" s="131"/>
+      <c r="B10" s="132"/>
+      <c r="C10" s="133"/>
+      <c r="D10" s="133"/>
     </row>
     <row r="11" spans="2:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="44" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B12" s="35" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="13" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B13" s="98" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="98" t="s">
+      <c r="B13" s="97" t="s">
         <v>177</v>
       </c>
-      <c r="D13" s="98" t="s">
+      <c r="C13" s="97" t="s">
         <v>178</v>
       </c>
-      <c r="E13" s="98" t="s">
-[...2 lines deleted...]
-      <c r="F13" s="98" t="s">
+      <c r="D13" s="97" t="s">
         <v>179</v>
       </c>
-      <c r="G13" s="98" t="s">
+      <c r="E13" s="97" t="s">
+        <v>104</v>
+      </c>
+      <c r="F13" s="97" t="s">
         <v>180</v>
+      </c>
+      <c r="G13" s="97" t="s">
+        <v>181</v>
       </c>
     </row>
     <row r="14" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B14" s="38" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C14" s="38" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D14" s="36">
         <v>400</v>
       </c>
       <c r="E14" s="36">
         <v>310</v>
       </c>
       <c r="F14" s="36">
         <v>35</v>
       </c>
       <c r="G14" s="36">
         <v>70</v>
       </c>
     </row>
     <row r="15" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B15" s="38" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C15" s="38" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D15" s="36">
         <v>10</v>
       </c>
       <c r="E15" s="36">
         <v>10</v>
       </c>
       <c r="F15" s="36">
         <v>0</v>
       </c>
       <c r="G15" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B16" s="38" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C16" s="38" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D16" s="36">
         <v>270</v>
       </c>
       <c r="E16" s="36">
         <v>235</v>
       </c>
       <c r="F16" s="36">
         <v>5</v>
       </c>
       <c r="G16" s="36">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B17" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C17" s="38" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D17" s="36">
         <v>10</v>
       </c>
       <c r="E17" s="36">
         <v>10</v>
       </c>
       <c r="F17" s="36">
         <v>0</v>
       </c>
       <c r="G17" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B18" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C18" s="38" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D18" s="36">
         <v>20</v>
       </c>
       <c r="E18" s="36">
         <v>15</v>
       </c>
       <c r="F18" s="36">
         <v>0</v>
       </c>
       <c r="G18" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B19" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C19" s="38" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D19" s="36">
         <v>65</v>
       </c>
       <c r="E19" s="36">
         <v>60</v>
       </c>
       <c r="F19" s="36">
         <v>5</v>
       </c>
       <c r="G19" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B20" s="38" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C20" s="38" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D20" s="36">
         <v>1580</v>
       </c>
       <c r="E20" s="36">
         <v>1390</v>
       </c>
       <c r="F20" s="36">
         <v>100</v>
       </c>
       <c r="G20" s="36">
         <v>90</v>
       </c>
     </row>
     <row r="21" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B21" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C21" s="38" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D21" s="36">
         <v>300</v>
       </c>
       <c r="E21" s="36">
         <v>285</v>
       </c>
       <c r="F21" s="36">
         <v>20</v>
       </c>
       <c r="G21" s="36">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B22" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C22" s="38" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D22" s="36">
         <v>1095</v>
       </c>
       <c r="E22" s="36">
         <v>935</v>
       </c>
       <c r="F22" s="36">
         <v>40</v>
       </c>
       <c r="G22" s="36">
         <v>70</v>
       </c>
     </row>
     <row r="23" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B23" s="38" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C23" s="38" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D23" s="36">
         <v>680</v>
       </c>
       <c r="E23" s="36">
         <v>615</v>
       </c>
       <c r="F23" s="36">
         <v>40</v>
       </c>
       <c r="G23" s="36">
         <v>50</v>
       </c>
     </row>
     <row r="24" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B24" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C24" s="38" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D24" s="36">
         <v>155</v>
       </c>
       <c r="E24" s="36">
         <v>140</v>
       </c>
       <c r="F24" s="36">
         <v>10</v>
       </c>
       <c r="G24" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B25" s="38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C25" s="38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D25" s="36">
         <v>820</v>
       </c>
       <c r="E25" s="36">
         <v>660</v>
       </c>
       <c r="F25" s="36">
         <v>45</v>
       </c>
       <c r="G25" s="36">
         <v>55</v>
       </c>
     </row>
     <row r="26" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B26" s="38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C26" s="38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D26" s="36">
         <v>30</v>
       </c>
       <c r="E26" s="36">
         <v>25</v>
       </c>
       <c r="F26" s="36">
         <v>5</v>
       </c>
       <c r="G26" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B27" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C27" s="38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D27" s="36">
         <v>10</v>
       </c>
       <c r="E27" s="36">
         <v>10</v>
       </c>
       <c r="F27" s="36">
         <v>0</v>
       </c>
       <c r="G27" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B28" s="38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C28" s="38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D28" s="36">
         <v>60</v>
       </c>
       <c r="E28" s="36">
         <v>50</v>
       </c>
       <c r="F28" s="36">
         <v>5</v>
       </c>
       <c r="G28" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B29" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C29" s="38" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D29" s="36">
         <v>5</v>
       </c>
       <c r="E29" s="36">
         <v>5</v>
       </c>
       <c r="F29" s="36">
         <v>0</v>
       </c>
       <c r="G29" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B30" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C30" s="38" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D30" s="36">
         <v>90</v>
       </c>
       <c r="E30" s="36">
         <v>85</v>
       </c>
       <c r="F30" s="36">
         <v>5</v>
       </c>
       <c r="G30" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B31" s="38" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C31" s="38" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D31" s="36">
         <v>390</v>
       </c>
       <c r="E31" s="36">
         <v>295</v>
       </c>
       <c r="F31" s="36">
         <v>20</v>
       </c>
       <c r="G31" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B32" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C32" s="38" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D32" s="36">
         <v>1595</v>
       </c>
       <c r="E32" s="36">
         <v>1265</v>
       </c>
       <c r="F32" s="36">
         <v>80</v>
       </c>
       <c r="G32" s="36">
         <v>60</v>
       </c>
     </row>
     <row r="33" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B33" s="38" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C33" s="38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D33" s="36">
         <v>70</v>
       </c>
       <c r="E33" s="36">
         <v>65</v>
       </c>
       <c r="F33" s="36">
         <v>5</v>
       </c>
       <c r="G33" s="36">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B34" s="38" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C34" s="38" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D34" s="36">
         <v>225</v>
       </c>
       <c r="E34" s="36">
         <v>190</v>
       </c>
       <c r="F34" s="36">
         <v>10</v>
       </c>
       <c r="G34" s="36">
         <v>35</v>
       </c>
     </row>
     <row r="35" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B35" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C35" s="38" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D35" s="36">
         <v>40</v>
       </c>
       <c r="E35" s="36">
         <v>30</v>
       </c>
       <c r="F35" s="36">
         <v>5</v>
       </c>
       <c r="G35" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B36" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C36" s="38" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D36" s="36">
         <v>50</v>
       </c>
       <c r="E36" s="36">
         <v>45</v>
       </c>
       <c r="F36" s="36">
         <v>5</v>
       </c>
       <c r="G36" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B37" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C37" s="38" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D37" s="36">
         <v>30</v>
       </c>
       <c r="E37" s="36">
         <v>25</v>
       </c>
       <c r="F37" s="36">
         <v>0</v>
       </c>
       <c r="G37" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B38" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C38" s="38" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D38" s="36">
         <v>555</v>
       </c>
       <c r="E38" s="36">
         <v>475</v>
       </c>
       <c r="F38" s="36">
         <v>20</v>
       </c>
       <c r="G38" s="36">
         <v>50</v>
       </c>
     </row>
     <row r="39" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B39" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C39" s="38" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D39" s="36">
         <v>30</v>
       </c>
       <c r="E39" s="36">
         <v>25</v>
       </c>
       <c r="F39" s="36">
         <v>0</v>
       </c>
       <c r="G39" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B40" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C40" s="38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D40" s="36">
         <v>105</v>
       </c>
       <c r="E40" s="36">
         <v>100</v>
       </c>
       <c r="F40" s="36">
         <v>5</v>
       </c>
       <c r="G40" s="36">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B41" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C41" s="38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D41" s="36">
         <v>300</v>
       </c>
       <c r="E41" s="36">
         <v>250</v>
       </c>
       <c r="F41" s="36">
         <v>10</v>
       </c>
       <c r="G41" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B42" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C42" s="38" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D42" s="36">
         <v>75</v>
       </c>
       <c r="E42" s="36">
         <v>65</v>
       </c>
       <c r="F42" s="36">
         <v>5</v>
       </c>
       <c r="G42" s="36">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B43" s="38" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C43" s="38" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D43" s="36">
         <v>5</v>
       </c>
       <c r="E43" s="36">
         <v>5</v>
       </c>
       <c r="F43" s="36">
         <v>0</v>
       </c>
       <c r="G43" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B44" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C44" s="38" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D44" s="36">
         <v>10</v>
       </c>
       <c r="E44" s="36">
         <v>10</v>
       </c>
       <c r="F44" s="36">
         <v>0</v>
       </c>
       <c r="G44" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B45" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C45" s="38" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D45" s="36">
         <v>10</v>
       </c>
       <c r="E45" s="36">
         <v>5</v>
       </c>
       <c r="F45" s="36">
         <v>5</v>
       </c>
       <c r="G45" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B46" s="38" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C46" s="38" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D46" s="36">
         <v>1840</v>
       </c>
       <c r="E46" s="36">
         <v>1525</v>
       </c>
       <c r="F46" s="36">
         <v>125</v>
       </c>
       <c r="G46" s="36">
         <v>155</v>
       </c>
     </row>
     <row r="47" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B47" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C47" s="38" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D47" s="36">
         <v>155</v>
       </c>
       <c r="E47" s="36">
         <v>130</v>
       </c>
       <c r="F47" s="36">
         <v>10</v>
       </c>
       <c r="G47" s="36">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B48" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C48" s="38" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D48" s="36">
         <v>8750</v>
       </c>
       <c r="E48" s="36">
         <v>7215</v>
       </c>
       <c r="F48" s="36">
         <v>420</v>
       </c>
       <c r="G48" s="36">
         <v>445</v>
       </c>
     </row>
     <row r="49" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B49" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C49" s="38" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D49" s="36">
         <v>15</v>
       </c>
       <c r="E49" s="36">
         <v>10</v>
       </c>
       <c r="F49" s="36">
         <v>0</v>
       </c>
       <c r="G49" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B50" s="38" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C50" s="38" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D50" s="36">
         <v>3870</v>
       </c>
       <c r="E50" s="36">
         <v>3235</v>
       </c>
       <c r="F50" s="36">
         <v>225</v>
       </c>
       <c r="G50" s="36">
         <v>295</v>
       </c>
     </row>
     <row r="51" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B51" s="38" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C51" s="38" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D51" s="36">
         <v>5</v>
       </c>
       <c r="E51" s="36">
         <v>0</v>
       </c>
       <c r="F51" s="36">
         <v>0</v>
       </c>
       <c r="G51" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B52" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C52" s="38" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D52" s="36">
         <v>5</v>
       </c>
       <c r="E52" s="36">
         <v>5</v>
       </c>
       <c r="F52" s="36">
         <v>0</v>
       </c>
       <c r="G52" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B53" s="38" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C53" s="38" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D53" s="36">
         <v>240</v>
       </c>
       <c r="E53" s="36">
         <v>210</v>
       </c>
       <c r="F53" s="36">
         <v>15</v>
       </c>
       <c r="G53" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B54" s="38" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C54" s="38" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D54" s="36">
         <v>635</v>
       </c>
       <c r="E54" s="36">
         <v>520</v>
       </c>
       <c r="F54" s="36">
         <v>40</v>
       </c>
       <c r="G54" s="36">
         <v>70</v>
       </c>
     </row>
     <row r="55" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B55" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C55" s="38" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D55" s="36">
         <v>165</v>
       </c>
       <c r="E55" s="36">
         <v>150</v>
       </c>
       <c r="F55" s="36">
         <v>10</v>
       </c>
       <c r="G55" s="36">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B56" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C56" s="38" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D56" s="36">
         <v>3595</v>
       </c>
       <c r="E56" s="36">
         <v>3050</v>
       </c>
       <c r="F56" s="36">
         <v>165</v>
       </c>
       <c r="G56" s="36">
         <v>255</v>
       </c>
     </row>
     <row r="57" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B57" s="38" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C57" s="38" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D57" s="36">
         <v>5</v>
       </c>
       <c r="E57" s="36">
         <v>5</v>
       </c>
       <c r="F57" s="36">
         <v>5</v>
       </c>
       <c r="G57" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B58" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C58" s="38" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D58" s="36">
         <v>65</v>
       </c>
       <c r="E58" s="36">
         <v>60</v>
       </c>
       <c r="F58" s="36">
         <v>5</v>
       </c>
       <c r="G58" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B59" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C59" s="38" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D59" s="36">
         <v>85</v>
       </c>
       <c r="E59" s="36">
         <v>75</v>
       </c>
       <c r="F59" s="36">
         <v>5</v>
       </c>
       <c r="G59" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B60" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C60" s="38" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D60" s="36">
         <v>115</v>
       </c>
       <c r="E60" s="36">
         <v>100</v>
       </c>
       <c r="F60" s="36">
         <v>5</v>
       </c>
       <c r="G60" s="36">
         <v>10</v>
       </c>
     </row>
     <row r="61" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B61" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C61" s="38" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D61" s="36">
         <v>5</v>
       </c>
       <c r="E61" s="36">
         <v>5</v>
       </c>
       <c r="F61" s="36">
         <v>0</v>
       </c>
       <c r="G61" s="36">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B62" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C62" s="38" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D62" s="36">
         <v>5</v>
       </c>
       <c r="E62" s="36">
         <v>5</v>
       </c>
       <c r="F62" s="36">
         <v>5</v>
       </c>
       <c r="G62" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B63" s="38" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C63" s="38" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D63" s="36">
         <v>25</v>
       </c>
       <c r="E63" s="36">
         <v>25</v>
       </c>
       <c r="F63" s="36">
         <v>5</v>
       </c>
       <c r="G63" s="36">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="2:7" x14ac:dyDescent="0.25">
       <c r="B64" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C64" s="38" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D64" s="36">
         <v>15</v>
       </c>
       <c r="E64" s="36">
         <v>10</v>
       </c>
       <c r="F64" s="36">
         <v>0</v>
       </c>
       <c r="G64" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B65" s="38" t="s">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="C65" s="38" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D65" s="36">
         <v>110</v>
       </c>
       <c r="E65" s="36">
         <v>85</v>
       </c>
       <c r="F65" s="36">
         <v>10</v>
       </c>
       <c r="G65" s="36">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B66" s="137" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C66" s="138"/>
       <c r="D66" s="36">
         <v>365</v>
       </c>
       <c r="E66" s="36">
         <v>315</v>
       </c>
       <c r="F66" s="36">
         <v>70</v>
       </c>
       <c r="G66" s="36">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B67" s="139" t="s">
-        <v>101</v>
+        <v>124</v>
       </c>
       <c r="C67" s="139"/>
-      <c r="D67" s="92">
+      <c r="D67" s="91">
         <v>29145</v>
       </c>
-      <c r="E67" s="92">
+      <c r="E67" s="91">
         <v>24400</v>
       </c>
-      <c r="F67" s="92">
+      <c r="F67" s="91">
         <v>1565</v>
       </c>
-      <c r="G67" s="92">
+      <c r="G67" s="91">
         <v>1980</v>
       </c>
     </row>
     <row r="68" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B68" s="34" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="69" spans="2:12" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B69" s="39"/>
       <c r="C69" s="39"/>
       <c r="D69" s="39"/>
     </row>
     <row r="70" spans="2:12" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B70" s="39"/>
       <c r="C70" s="39"/>
       <c r="D70" s="39"/>
     </row>
     <row r="71" spans="2:12" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B71" s="39"/>
       <c r="C71" s="39"/>
       <c r="D71" s="39"/>
     </row>
     <row r="72" spans="2:12" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B72" s="39"/>
       <c r="C72" s="39"/>
       <c r="D72" s="39"/>
     </row>
     <row r="73" spans="2:12" s="40" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B73" s="132"/>
+      <c r="B73" s="134"/>
       <c r="C73" s="108"/>
       <c r="D73" s="108"/>
     </row>
     <row r="74" spans="2:12" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B74" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C74" s="14"/>
       <c r="D74" s="14"/>
       <c r="E74" s="14"/>
       <c r="F74" s="14"/>
       <c r="G74" s="14"/>
       <c r="H74" s="14"/>
     </row>
     <row r="75" spans="2:12" s="2" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B75" s="106" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="106"/>
       <c r="D75" s="106"/>
       <c r="E75" s="106"/>
       <c r="F75" s="106"/>
       <c r="G75" s="106"/>
       <c r="H75" s="106"/>
       <c r="I75" s="106"/>
@@ -11356,458 +11351,115 @@
       </c>
     </row>
     <row r="83" spans="2:2" s="2" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B73:D73"/>
     <mergeCell ref="B75:L75"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="B66:C66"/>
     <mergeCell ref="B67:C67"/>
   </mergeCells>
   <conditionalFormatting sqref="A8:XFD10">
     <cfRule type="containsText" dxfId="0" priority="1" operator="containsText" text="TRUE">
       <formula>NOT(ISERROR(SEARCH("TRUE",A8)))</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
     <hyperlink ref="B76" r:id="rId1" xr:uid="{EB4D2327-A22A-4AE1-BDCA-260F950CA0FC}"/>
     <hyperlink ref="B82" r:id="rId2" xr:uid="{B1AC9338-F9D7-4205-BECA-B4E70197777F}"/>
     <hyperlink ref="B80" r:id="rId3" display="For further information, please contact data@dss.gov.au" xr:uid="{C43B4FE8-7638-4DF1-8B9B-847558F1ADBB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
 </worksheet>
-</file>
-[...329 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Contents</vt:lpstr>
       <vt:lpstr>Data descriptors</vt:lpstr>
       <vt:lpstr>Caveats</vt:lpstr>
       <vt:lpstr>Data glossary and metadata</vt:lpstr>
+      <vt:lpstr>Engagement by Cohorts </vt:lpstr>
       <vt:lpstr>Self-Employment Assistance</vt:lpstr>
-      <vt:lpstr>Engagement by Cohorts </vt:lpstr>
       <vt:lpstr>Program Exits</vt:lpstr>
       <vt:lpstr>SBC Industry</vt:lpstr>
       <vt:lpstr>Contents!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Self-Employment Assistance Data - 31 August 2025</dc:title>
+  <dc:title>Self-Employment Assistance Data – 31 August 2025</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SetDate">
-    <vt:lpwstr>2025-07-14T01:54:19Z</vt:lpwstr>
+    <vt:lpwstr>2025-10-15T22:26:42Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Name">
     <vt:lpwstr>79d889eb-932f-4752-8739-64d25806ef64</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_SiteId">
     <vt:lpwstr>dd0cfd15-4558-4b12-8bad-ea26984fc417</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ActionId">
-    <vt:lpwstr>64e77ccc-852b-4fc5-8ce2-3e695a7f25f4</vt:lpwstr>
+    <vt:lpwstr>57d2399c-ea8c-4d92-aeb4-7649e7b855c9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_79d889eb-932f-4752-8739-64d25806ef64_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
-[...10 lines deleted...]
-  </property>
 </Properties>
 </file>